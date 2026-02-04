--- v0 (2025-10-03)
+++ v1 (2026-02-04)
@@ -36,84 +36,73 @@
   <Override PartName="/xl/ctrlProps/ctrlProp18.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp19.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp20.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp21.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp22.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp23.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp24.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp25.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp26.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp27.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp28.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp29.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp30.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user09\Desktop\GAI書式\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user09\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FE8383CF-D379-4003-A782-AF83A545A7E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7B470F59-AECA-4A9A-9991-BFC35EA8B127}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{E2FBA9CA-CC0E-4543-86E4-07049FD321D2}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" firstSheet="1" activeTab="1" xr2:uid="{E2FBA9CA-CC0E-4543-86E4-07049FD321D2}"/>
   </bookViews>
   <sheets>
     <sheet name="85既存不適格調書" sheetId="1" r:id="rId1"/>
     <sheet name="86現況の調査書" sheetId="4" r:id="rId2"/>
     <sheet name="既存不適格調書 記載例" sheetId="6" r:id="rId3"/>
     <sheet name="現況の調査書　記載例" sheetId="5" r:id="rId4"/>
   </sheets>
   <calcPr calcId="145621"/>
-  <extLst>
-[...9 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="113">
   <si>
     <t>年</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>月</t>
     <rPh sb="0" eb="1">
       <t>ツキ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>第</t>
     <rPh sb="0" eb="1">
       <t>ダイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>日</t>
     <rPh sb="0" eb="1">
       <t>ヒ</t>
@@ -1207,66 +1196,50 @@
     <rPh sb="17" eb="18">
       <t>カ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>この書類に記載の事項は事実に相違ありません。</t>
     <rPh sb="2" eb="4">
       <t>ショルイ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>キサイ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ジコウ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ジジツ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>ソウイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>ＡＩ確認検査センター株式会社</t>
-[...14 lines deleted...]
-  <si>
     <t>　記載例</t>
     <rPh sb="1" eb="3">
       <t>キサイ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>レイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>東京都○○区○○○丁目○番○号</t>
     <rPh sb="0" eb="3">
       <t>トウキョウト</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>ク</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>チョウ</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>メ</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>バン</t>
@@ -1718,85 +1691,79 @@
       <t>ナンド</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ベンジョ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>カイシュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>株式会社ＧＡＩ建築確認</t>
     <rPh sb="0" eb="11">
       <t>ジ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[DBNum3][$-411]0"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
-      <charset val="128"/>
-[...4 lines deleted...]
-      <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="ＭＳ 明朝"/>
@@ -2290,135 +2257,108 @@
       <left/>
       <right/>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="191">
+  <cellXfs count="176">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1">
@@ -2444,469 +2384,451 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="20" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="20" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
-[...52 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="distributed" vertical="center"/>
-[...59 lines deleted...]
-      <alignment horizontal="left" vertical="center" indent="1"/>
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="distributed" vertical="center"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...50 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="38" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="176" fontId="4" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...89 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" indent="1" shrinkToFit="1"/>
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" indent="1" shrinkToFit="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...18 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
@@ -3012,270 +2934,270 @@
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1026" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1026"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FE9D0D6-1948-524C-9A9B-A81954C59A81}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>32</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1027" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1027"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5E0998B-7E8A-AF7C-FBD0-424C861E8809}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1028" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1028"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AED928EA-0721-7615-1CBE-53F4A8C2420E}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>32</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1029" name="Check Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1029"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C67C591-FA75-6AE5-7755-1B58BA5051E1}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -3285,136 +3207,136 @@
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2057" name="Check Box 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2057"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC734468-2F46-3357-E45C-0C74233259E4}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000009080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>32</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2058" name="Check Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2058"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{945B8F90-385F-1969-1170-1FD1D13960F2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000A080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -3437,51 +3359,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2059" name="Check Box 11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2059"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D1050D4-D047-33C7-2541-4E36B52C5845}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000B080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -3504,51 +3426,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>27</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>29</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2060" name="Check Box 12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2060"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA97EF7B-4237-182A-ADAA-92812323FDA0}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000C080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -3571,118 +3493,118 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>27</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>29</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>32</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2061" name="Check Box 13" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2061"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6344B0C3-1B80-9D4C-6466-BD207298A507}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000D080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>33</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>34</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2062" name="Check Box 14" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2062"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{917F7466-54E7-629A-EF03-522B5F044742}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000E080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -3705,118 +3627,118 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>33</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>34</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2063" name="Check Box 15" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2063"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{390875DE-EE1F-34F2-F20E-3465ED38DB62}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00000F080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>35</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>36</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2068" name="Check Box 20" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2068"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0FB8D97-9E40-E757-DD84-1BE493F1C0C5}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000014080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -3839,118 +3761,118 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>35</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>36</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2069" name="Check Box 21" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2069"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC57B0A2-5404-FDF6-8B6D-23FC2F1F139A}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000015080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>37</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>38</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2070" name="Check Box 22" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2070"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{996BE603-E0ED-898A-E0B5-6677C1099B47}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000016080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -3973,51 +3895,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>37</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>38</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="2071" name="Check Box 23" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s2071"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A326660-5907-9DB8-094B-D893C7E8DF04}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000017080000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4027,270 +3949,270 @@
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5121" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5121"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58BA78F4-DC21-D678-CB7E-7D3170A0F2B1}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000001140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>32</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5122" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5122"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6501833-8578-2A1A-8386-A0B2C346756F}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5123" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5123"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3ABD423-410D-0C7B-0003-6ACDCD0BC730}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000003140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>30</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>32</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5124" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5124"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AAAFCFB-019F-913F-8B45-CE3190FBEB80}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000004140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4300,136 +4222,136 @@
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4097" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4097"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60592333-13C4-EA07-0ABD-0F0CFFC333D2}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000001100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>32</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4098" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4098"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3745D2-F93D-633B-9770-CFEDFFDBF5F3}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4452,51 +4374,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4099" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4099"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D9F720E-8337-8B21-CF10-186F3526E3C9}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000003100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4519,51 +4441,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>27</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>29</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4100" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4100"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A8DA459-EA34-7607-03CB-B37C5E4DDF3D}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000004100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4586,118 +4508,118 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>27</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>31</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>29</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>32</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4101" name="Check Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4101"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C8EA92A-FFBB-B367-0423-FD0DA70FC491}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000005100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>33</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>34</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4102" name="Check Box 6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4102"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3045811-7798-4E35-75AF-688562140DDE}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000006100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4720,118 +4642,118 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>33</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>34</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4103" name="Check Box 7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4103"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAE21892-B059-8ABB-BD5A-FC5FAEE7ED97}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000007100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>35</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>36</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4104" name="Check Box 8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4104"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACB4915B-20B1-77CB-34C7-F9899037FF19}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000008100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4854,118 +4776,118 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>35</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>36</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4105" name="Check Box 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4105"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83F7EF6B-8BBB-FE72-CA43-483E2567B93C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000009100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>142875</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>39</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>40</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4106" name="Check Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4106"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9DA05D5-2149-9B4F-36FE-0C8AE7B2DB44}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000A100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4988,51 +4910,51 @@
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>39</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>40</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4107" name="Check Box 11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4107"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07913ED2-C930-DE5C-E049-F1DC5764B93C}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000B100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -5341,2886 +5263,2717 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6EAC68CB-0E22-441D-8292-1049156EF2DF}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AV41"/>
+  <dimension ref="B1:AV41"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.25" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="41" max="41" width="2.25" style="1" customWidth="1"/>
+    <col min="1" max="1" width="2.26953125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="1.08984375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="0.7265625" style="1" customWidth="1"/>
+    <col min="4" max="14" width="2.26953125" style="1" customWidth="1"/>
+    <col min="15" max="15" width="0.7265625" style="1" customWidth="1"/>
+    <col min="16" max="16" width="1.453125" style="1" customWidth="1"/>
+    <col min="17" max="39" width="2.26953125" style="1" customWidth="1"/>
+    <col min="40" max="40" width="0.7265625" style="1" customWidth="1"/>
+    <col min="41" max="41" width="2.26953125" style="1" customWidth="1"/>
     <col min="42" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:41" ht="6.75" customHeight="1" x14ac:dyDescent="0.15"/>
-[...5 lines deleted...]
-      <c r="B4" s="94" t="s">
+    <row r="1" spans="2:41" ht="6.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="2:41" x14ac:dyDescent="0.2">
+      <c r="B2" s="2"/>
+    </row>
+    <row r="3" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="2:41" ht="19" x14ac:dyDescent="0.2">
+      <c r="B4" s="59" t="s">
         <v>74</v>
       </c>
-      <c r="C4" s="94"/>
-[...40 lines deleted...]
-    <row r="6" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C4" s="59"/>
+      <c r="D4" s="59"/>
+      <c r="E4" s="59"/>
+      <c r="F4" s="59"/>
+      <c r="G4" s="59"/>
+      <c r="H4" s="59"/>
+      <c r="I4" s="59"/>
+      <c r="J4" s="59"/>
+      <c r="K4" s="59"/>
+      <c r="L4" s="59"/>
+      <c r="M4" s="59"/>
+      <c r="N4" s="59"/>
+      <c r="O4" s="59"/>
+      <c r="P4" s="59"/>
+      <c r="Q4" s="59"/>
+      <c r="R4" s="59"/>
+      <c r="S4" s="59"/>
+      <c r="T4" s="59"/>
+      <c r="U4" s="59"/>
+      <c r="V4" s="59"/>
+      <c r="W4" s="59"/>
+      <c r="X4" s="59"/>
+      <c r="Y4" s="59"/>
+      <c r="Z4" s="59"/>
+      <c r="AA4" s="59"/>
+      <c r="AB4" s="59"/>
+      <c r="AC4" s="59"/>
+      <c r="AD4" s="59"/>
+      <c r="AE4" s="59"/>
+      <c r="AF4" s="59"/>
+      <c r="AG4" s="59"/>
+      <c r="AH4" s="59"/>
+      <c r="AI4" s="59"/>
+      <c r="AJ4" s="59"/>
+      <c r="AK4" s="59"/>
+      <c r="AL4" s="59"/>
+      <c r="AM4" s="59"/>
+      <c r="AN4" s="59"/>
+      <c r="AO4" s="59"/>
+    </row>
+    <row r="5" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AC6" s="1" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-      <c r="AF6" s="95"/>
+        <v>106</v>
+      </c>
+      <c r="AE6" s="60"/>
+      <c r="AF6" s="60"/>
       <c r="AG6" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="AH6" s="95"/>
-      <c r="AI6" s="95"/>
+      <c r="AH6" s="60"/>
+      <c r="AI6" s="60"/>
       <c r="AJ6" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="AK6" s="95"/>
-      <c r="AL6" s="95"/>
+      <c r="AK6" s="60"/>
+      <c r="AL6" s="60"/>
       <c r="AM6" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.15"/>
-    <row r="8" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="7" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="8" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="1" t="s">
-        <v>113</v>
-[...11 lines deleted...]
-    <row r="12" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="9" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="10" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="11" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="12" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="W12" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="AE12" s="4"/>
-[...7 lines deleted...]
-    <row r="13" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    </row>
+    <row r="13" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="W13" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="Z13" s="100"/>
-[...13 lines deleted...]
-    <row r="14" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="Z13" s="65"/>
+      <c r="AA13" s="65"/>
+      <c r="AB13" s="65"/>
+      <c r="AC13" s="65"/>
+      <c r="AD13" s="65"/>
+      <c r="AE13" s="65"/>
+      <c r="AF13" s="65"/>
+      <c r="AG13" s="65"/>
+      <c r="AH13" s="65"/>
+      <c r="AI13" s="65"/>
+      <c r="AJ13" s="65"/>
+      <c r="AK13" s="65"/>
+      <c r="AL13" s="65"/>
+    </row>
+    <row r="14" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="W14" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="Z14" s="100"/>
-[...28 lines deleted...]
-    <row r="16" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="Z14" s="65"/>
+      <c r="AA14" s="65"/>
+      <c r="AB14" s="65"/>
+      <c r="AC14" s="65"/>
+      <c r="AD14" s="65"/>
+      <c r="AE14" s="65"/>
+      <c r="AF14" s="65"/>
+      <c r="AG14" s="65"/>
+      <c r="AH14" s="65"/>
+      <c r="AI14" s="65"/>
+      <c r="AJ14" s="65"/>
+      <c r="AK14" s="65"/>
+      <c r="AL14" s="65"/>
+    </row>
+    <row r="15" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Z15" s="65"/>
+      <c r="AA15" s="65"/>
+      <c r="AB15" s="65"/>
+      <c r="AC15" s="65"/>
+      <c r="AD15" s="65"/>
+      <c r="AE15" s="65"/>
+      <c r="AF15" s="65"/>
+      <c r="AG15" s="65"/>
+      <c r="AH15" s="65"/>
+      <c r="AI15" s="65"/>
+      <c r="AJ15" s="65"/>
+      <c r="AK15" s="65"/>
+      <c r="AL15" s="65"/>
+    </row>
+    <row r="16" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D16" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="17" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="D17" s="72" t="s">
+    <row r="17" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D17" s="79" t="s">
         <v>80</v>
       </c>
-      <c r="E17" s="73"/>
-[...36 lines deleted...]
-      <c r="D18" s="96" t="s">
+      <c r="E17" s="80"/>
+      <c r="F17" s="80"/>
+      <c r="G17" s="80"/>
+      <c r="H17" s="80"/>
+      <c r="I17" s="80"/>
+      <c r="J17" s="80"/>
+      <c r="K17" s="80"/>
+      <c r="L17" s="80"/>
+      <c r="M17" s="80"/>
+      <c r="N17" s="80"/>
+      <c r="O17" s="80"/>
+      <c r="P17" s="80"/>
+      <c r="Q17" s="80"/>
+      <c r="R17" s="80"/>
+      <c r="S17" s="80"/>
+      <c r="T17" s="80"/>
+      <c r="U17" s="80"/>
+      <c r="V17" s="80"/>
+      <c r="W17" s="80"/>
+      <c r="X17" s="80"/>
+      <c r="Y17" s="80"/>
+      <c r="Z17" s="80"/>
+      <c r="AA17" s="80"/>
+      <c r="AB17" s="80"/>
+      <c r="AC17" s="80"/>
+      <c r="AD17" s="80"/>
+      <c r="AE17" s="80"/>
+      <c r="AF17" s="80"/>
+      <c r="AG17" s="80"/>
+      <c r="AH17" s="80"/>
+      <c r="AI17" s="80"/>
+      <c r="AJ17" s="80"/>
+    </row>
+    <row r="18" spans="3:48" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C18" s="29"/>
+      <c r="D18" s="61" t="s">
         <v>17</v>
       </c>
-      <c r="E18" s="96"/>
-[...5 lines deleted...]
-      <c r="K18" s="39" t="s">
+      <c r="E18" s="61"/>
+      <c r="F18" s="61"/>
+      <c r="G18" s="61"/>
+      <c r="H18" s="62"/>
+      <c r="I18" s="30"/>
+      <c r="J18" s="30"/>
+      <c r="K18" s="30" t="s">
         <v>19</v>
       </c>
-      <c r="L18" s="39"/>
-[...15 lines deleted...]
-      <c r="AB18" s="39" t="s">
+      <c r="L18" s="30"/>
+      <c r="M18" s="30"/>
+      <c r="N18" s="66"/>
+      <c r="O18" s="66"/>
+      <c r="P18" s="66"/>
+      <c r="Q18" s="66"/>
+      <c r="R18" s="66"/>
+      <c r="S18" s="66"/>
+      <c r="T18" s="66"/>
+      <c r="U18" s="66"/>
+      <c r="V18" s="66"/>
+      <c r="W18" s="66"/>
+      <c r="X18" s="66"/>
+      <c r="Y18" s="66"/>
+      <c r="Z18" s="66"/>
+      <c r="AA18" s="66"/>
+      <c r="AB18" s="30" t="s">
         <v>20</v>
       </c>
-      <c r="AC18" s="39"/>
-[...3 lines deleted...]
-      <c r="AG18" s="39" t="s">
+      <c r="AC18" s="30"/>
+      <c r="AD18" s="30"/>
+      <c r="AE18" s="30"/>
+      <c r="AF18" s="30"/>
+      <c r="AG18" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="AH18" s="39"/>
-[...12 lines deleted...]
-      <c r="D19" s="98" t="s">
+      <c r="AH18" s="30"/>
+      <c r="AI18" s="30"/>
+      <c r="AJ18" s="30"/>
+      <c r="AK18" s="30"/>
+      <c r="AL18" s="30"/>
+      <c r="AM18" s="30"/>
+      <c r="AN18" s="31"/>
+    </row>
+    <row r="19" spans="3:48" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C19" s="32"/>
+      <c r="D19" s="63" t="s">
         <v>18</v>
       </c>
-      <c r="E19" s="98"/>
-[...5 lines deleted...]
-      <c r="K19" s="28" t="s">
+      <c r="E19" s="63"/>
+      <c r="F19" s="63"/>
+      <c r="G19" s="63"/>
+      <c r="H19" s="64"/>
+      <c r="I19" s="19"/>
+      <c r="J19" s="19"/>
+      <c r="K19" s="19" t="s">
         <v>19</v>
       </c>
-      <c r="L19" s="28"/>
-[...15 lines deleted...]
-      <c r="AB19" s="28" t="s">
+      <c r="L19" s="19"/>
+      <c r="M19" s="19"/>
+      <c r="N19" s="87"/>
+      <c r="O19" s="87"/>
+      <c r="P19" s="87"/>
+      <c r="Q19" s="87"/>
+      <c r="R19" s="87"/>
+      <c r="S19" s="87"/>
+      <c r="T19" s="87"/>
+      <c r="U19" s="87"/>
+      <c r="V19" s="87"/>
+      <c r="W19" s="87"/>
+      <c r="X19" s="87"/>
+      <c r="Y19" s="87"/>
+      <c r="Z19" s="87"/>
+      <c r="AA19" s="87"/>
+      <c r="AB19" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="AC19" s="28"/>
-[...3 lines deleted...]
-      <c r="AG19" s="28" t="s">
+      <c r="AC19" s="19"/>
+      <c r="AD19" s="19"/>
+      <c r="AE19" s="19"/>
+      <c r="AF19" s="19"/>
+      <c r="AG19" s="19" t="s">
         <v>21</v>
       </c>
-      <c r="AH19" s="28"/>
-[...9 lines deleted...]
-      <c r="D20" s="74" t="s">
+      <c r="AH19" s="19"/>
+      <c r="AI19" s="19"/>
+      <c r="AJ19" s="19"/>
+      <c r="AK19" s="19"/>
+      <c r="AL19" s="19"/>
+      <c r="AM19" s="19"/>
+      <c r="AN19" s="33"/>
+    </row>
+    <row r="20" spans="3:48" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C20" s="34"/>
+      <c r="D20" s="81" t="s">
         <v>9</v>
       </c>
-      <c r="E20" s="74"/>
-[...38 lines deleted...]
-      <c r="D21" s="76" t="s">
+      <c r="E20" s="81"/>
+      <c r="F20" s="81"/>
+      <c r="G20" s="81"/>
+      <c r="H20" s="82"/>
+      <c r="I20" s="88"/>
+      <c r="J20" s="88"/>
+      <c r="K20" s="88"/>
+      <c r="L20" s="88"/>
+      <c r="M20" s="88"/>
+      <c r="N20" s="88"/>
+      <c r="O20" s="88"/>
+      <c r="P20" s="88"/>
+      <c r="Q20" s="88"/>
+      <c r="R20" s="88"/>
+      <c r="S20" s="88"/>
+      <c r="T20" s="88"/>
+      <c r="U20" s="88"/>
+      <c r="V20" s="88"/>
+      <c r="W20" s="88"/>
+      <c r="X20" s="88"/>
+      <c r="Y20" s="88"/>
+      <c r="Z20" s="88"/>
+      <c r="AA20" s="88"/>
+      <c r="AB20" s="88"/>
+      <c r="AC20" s="88"/>
+      <c r="AD20" s="88"/>
+      <c r="AE20" s="88"/>
+      <c r="AF20" s="88"/>
+      <c r="AG20" s="88"/>
+      <c r="AH20" s="88"/>
+      <c r="AI20" s="88"/>
+      <c r="AJ20" s="88"/>
+      <c r="AK20" s="88"/>
+      <c r="AL20" s="88"/>
+      <c r="AM20" s="88"/>
+      <c r="AN20" s="35"/>
+    </row>
+    <row r="21" spans="3:48" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C21" s="34"/>
+      <c r="D21" s="83" t="s">
         <v>73</v>
       </c>
-      <c r="E21" s="76"/>
-[...3 lines deleted...]
-      <c r="I21" s="29" t="s">
+      <c r="E21" s="83"/>
+      <c r="F21" s="83"/>
+      <c r="G21" s="83"/>
+      <c r="H21" s="84"/>
+      <c r="I21" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="J21" s="81"/>
-[...2 lines deleted...]
-      <c r="M21" s="30" t="s">
+      <c r="J21" s="70"/>
+      <c r="K21" s="70"/>
+      <c r="L21" s="70"/>
+      <c r="M21" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="N21" s="30"/>
-[...6 lines deleted...]
-      <c r="U21" s="29" t="s">
+      <c r="N21" s="21"/>
+      <c r="O21" s="21"/>
+      <c r="P21" s="21"/>
+      <c r="Q21" s="21"/>
+      <c r="R21" s="21"/>
+      <c r="S21" s="21"/>
+      <c r="T21" s="21"/>
+      <c r="U21" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="V21" s="81"/>
-[...4 lines deleted...]
-      <c r="AA21" s="30" t="s">
+      <c r="V21" s="70"/>
+      <c r="W21" s="70"/>
+      <c r="X21" s="70"/>
+      <c r="Y21" s="70"/>
+      <c r="Z21" s="70"/>
+      <c r="AA21" s="21" t="s">
         <v>13</v>
       </c>
-      <c r="AB21" s="30"/>
-[...2 lines deleted...]
-      <c r="AE21" s="30" t="s">
+      <c r="AB21" s="21"/>
+      <c r="AC21" s="21"/>
+      <c r="AD21" s="21"/>
+      <c r="AE21" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="AF21" s="81"/>
-[...5 lines deleted...]
-      <c r="AL21" s="30" t="s">
+      <c r="AF21" s="70"/>
+      <c r="AG21" s="70"/>
+      <c r="AH21" s="70"/>
+      <c r="AI21" s="70"/>
+      <c r="AJ21" s="70"/>
+      <c r="AK21" s="70"/>
+      <c r="AL21" s="21" t="s">
         <v>4</v>
       </c>
-      <c r="AM21" s="30"/>
-[...9 lines deleted...]
-      <c r="I22" s="6" t="s">
+      <c r="AM21" s="21"/>
+      <c r="AN21" s="35"/>
+    </row>
+    <row r="22" spans="3:48" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C22" s="27"/>
+      <c r="D22" s="85"/>
+      <c r="E22" s="85"/>
+      <c r="F22" s="85"/>
+      <c r="G22" s="85"/>
+      <c r="H22" s="86"/>
+      <c r="I22" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="J22" s="82"/>
-[...2 lines deleted...]
-      <c r="M22" s="2" t="s">
+      <c r="J22" s="69"/>
+      <c r="K22" s="69"/>
+      <c r="L22" s="69"/>
+      <c r="M22" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="N22" s="2"/>
-[...6 lines deleted...]
-      <c r="U22" s="6" t="s">
+      <c r="U22" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="V22" s="82"/>
-[...4 lines deleted...]
-      <c r="AA22" s="2" t="s">
+      <c r="V22" s="69"/>
+      <c r="W22" s="69"/>
+      <c r="X22" s="69"/>
+      <c r="Y22" s="69"/>
+      <c r="Z22" s="69"/>
+      <c r="AA22" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="AB22" s="2"/>
-[...2 lines deleted...]
-      <c r="AE22" s="2" t="s">
+      <c r="AE22" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="AF22" s="82"/>
-[...5 lines deleted...]
-      <c r="AL22" s="2" t="s">
+      <c r="AF22" s="69"/>
+      <c r="AG22" s="69"/>
+      <c r="AH22" s="69"/>
+      <c r="AI22" s="69"/>
+      <c r="AJ22" s="69"/>
+      <c r="AK22" s="69"/>
+      <c r="AL22" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="AM22" s="2"/>
-[...4 lines deleted...]
-      <c r="D23" s="86" t="s">
+      <c r="AN22" s="28"/>
+    </row>
+    <row r="23" spans="3:48" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C23" s="27"/>
+      <c r="D23" s="71" t="s">
         <v>5</v>
       </c>
-      <c r="E23" s="86"/>
-[...38 lines deleted...]
-      <c r="D24" s="89" t="s">
+      <c r="E23" s="71"/>
+      <c r="F23" s="71"/>
+      <c r="G23" s="71"/>
+      <c r="H23" s="72"/>
+      <c r="I23" s="77"/>
+      <c r="J23" s="78"/>
+      <c r="K23" s="78"/>
+      <c r="L23" s="78"/>
+      <c r="M23" s="78"/>
+      <c r="N23" s="78"/>
+      <c r="O23" s="78"/>
+      <c r="P23" s="78"/>
+      <c r="Q23" s="78"/>
+      <c r="R23" s="78"/>
+      <c r="S23" s="78"/>
+      <c r="T23" s="78"/>
+      <c r="U23" s="78"/>
+      <c r="V23" s="78"/>
+      <c r="W23" s="78"/>
+      <c r="X23" s="78"/>
+      <c r="Y23" s="78"/>
+      <c r="Z23" s="78"/>
+      <c r="AA23" s="78"/>
+      <c r="AB23" s="78"/>
+      <c r="AC23" s="78"/>
+      <c r="AD23" s="78"/>
+      <c r="AN23" s="28"/>
+    </row>
+    <row r="24" spans="3:48" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C24" s="25"/>
+      <c r="D24" s="74" t="s">
         <v>14</v>
       </c>
-      <c r="E24" s="89"/>
-[...38 lines deleted...]
-      <c r="D26" s="32" t="s">
+      <c r="E24" s="74"/>
+      <c r="F24" s="74"/>
+      <c r="G24" s="74"/>
+      <c r="H24" s="75"/>
+      <c r="I24" s="76"/>
+      <c r="J24" s="76"/>
+      <c r="K24" s="76"/>
+      <c r="L24" s="76"/>
+      <c r="M24" s="76"/>
+      <c r="N24" s="76"/>
+      <c r="O24" s="76"/>
+      <c r="P24" s="76"/>
+      <c r="Q24" s="76"/>
+      <c r="R24" s="76"/>
+      <c r="S24" s="76"/>
+      <c r="T24" s="76"/>
+      <c r="U24" s="76"/>
+      <c r="V24" s="76"/>
+      <c r="W24" s="76"/>
+      <c r="X24" s="76"/>
+      <c r="Y24" s="76"/>
+      <c r="Z24" s="76"/>
+      <c r="AA24" s="76"/>
+      <c r="AB24" s="76"/>
+      <c r="AC24" s="76"/>
+      <c r="AD24" s="76"/>
+      <c r="AE24" s="76"/>
+      <c r="AF24" s="76"/>
+      <c r="AG24" s="76"/>
+      <c r="AH24" s="76"/>
+      <c r="AI24" s="76"/>
+      <c r="AJ24" s="76"/>
+      <c r="AK24" s="76"/>
+      <c r="AL24" s="76"/>
+      <c r="AM24" s="76"/>
+      <c r="AN24" s="26"/>
+    </row>
+    <row r="26" spans="3:48" x14ac:dyDescent="0.2">
+      <c r="C26" s="22"/>
+      <c r="D26" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="E26" s="7"/>
-[...79 lines deleted...]
-      <c r="D28" s="25" t="s">
+      <c r="E26" s="5"/>
+      <c r="F26" s="5"/>
+      <c r="G26" s="5"/>
+      <c r="H26" s="5"/>
+      <c r="I26" s="5"/>
+      <c r="J26" s="5"/>
+      <c r="K26" s="5"/>
+      <c r="L26" s="5"/>
+      <c r="M26" s="5"/>
+      <c r="N26" s="5"/>
+      <c r="O26" s="5"/>
+      <c r="P26" s="5"/>
+      <c r="Q26" s="5"/>
+      <c r="R26" s="5"/>
+      <c r="S26" s="5"/>
+      <c r="T26" s="5"/>
+      <c r="U26" s="5"/>
+      <c r="V26" s="5"/>
+      <c r="W26" s="5"/>
+      <c r="X26" s="5"/>
+      <c r="Y26" s="5"/>
+      <c r="Z26" s="5"/>
+      <c r="AA26" s="5"/>
+      <c r="AB26" s="5"/>
+      <c r="AC26" s="5"/>
+      <c r="AD26" s="5"/>
+      <c r="AE26" s="5"/>
+      <c r="AF26" s="5"/>
+      <c r="AG26" s="5"/>
+      <c r="AH26" s="5"/>
+      <c r="AI26" s="5"/>
+      <c r="AJ26" s="5"/>
+      <c r="AK26" s="5"/>
+      <c r="AL26" s="5"/>
+      <c r="AM26" s="5"/>
+      <c r="AN26" s="24"/>
+    </row>
+    <row r="27" spans="3:48" ht="110.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C27" s="27"/>
+      <c r="D27" s="73"/>
+      <c r="E27" s="73"/>
+      <c r="F27" s="73"/>
+      <c r="G27" s="73"/>
+      <c r="H27" s="73"/>
+      <c r="I27" s="73"/>
+      <c r="J27" s="73"/>
+      <c r="K27" s="73"/>
+      <c r="L27" s="73"/>
+      <c r="M27" s="73"/>
+      <c r="N27" s="73"/>
+      <c r="O27" s="73"/>
+      <c r="P27" s="73"/>
+      <c r="Q27" s="73"/>
+      <c r="R27" s="73"/>
+      <c r="S27" s="73"/>
+      <c r="T27" s="73"/>
+      <c r="U27" s="73"/>
+      <c r="V27" s="73"/>
+      <c r="W27" s="73"/>
+      <c r="X27" s="73"/>
+      <c r="Y27" s="73"/>
+      <c r="Z27" s="73"/>
+      <c r="AA27" s="73"/>
+      <c r="AB27" s="73"/>
+      <c r="AC27" s="73"/>
+      <c r="AD27" s="73"/>
+      <c r="AE27" s="73"/>
+      <c r="AF27" s="73"/>
+      <c r="AG27" s="73"/>
+      <c r="AH27" s="73"/>
+      <c r="AI27" s="73"/>
+      <c r="AJ27" s="73"/>
+      <c r="AK27" s="73"/>
+      <c r="AL27" s="73"/>
+      <c r="AM27" s="73"/>
+      <c r="AN27" s="28"/>
+      <c r="AV27" s="58"/>
+    </row>
+    <row r="28" spans="3:48" x14ac:dyDescent="0.2">
+      <c r="C28" s="34"/>
+      <c r="D28" s="18" t="s">
         <v>16</v>
       </c>
-      <c r="E28" s="30"/>
-[...16 lines deleted...]
-      <c r="V28" s="22" t="s">
+      <c r="E28" s="21"/>
+      <c r="F28" s="21"/>
+      <c r="G28" s="21"/>
+      <c r="H28" s="21"/>
+      <c r="I28" s="21"/>
+      <c r="J28" s="21"/>
+      <c r="K28" s="21"/>
+      <c r="L28" s="21"/>
+      <c r="M28" s="21"/>
+      <c r="N28" s="21"/>
+      <c r="O28" s="21"/>
+      <c r="P28" s="21"/>
+      <c r="Q28" s="21"/>
+      <c r="R28" s="21"/>
+      <c r="S28" s="21"/>
+      <c r="T28" s="21"/>
+      <c r="U28" s="21"/>
+      <c r="V28" s="16" t="s">
         <v>75</v>
       </c>
-      <c r="W28" s="30"/>
-[...99 lines deleted...]
-      <c r="D31" s="5" t="s">
+      <c r="W28" s="21"/>
+      <c r="X28" s="21"/>
+      <c r="Y28" s="21"/>
+      <c r="Z28" s="21"/>
+      <c r="AA28" s="21"/>
+      <c r="AB28" s="21"/>
+      <c r="AC28" s="21"/>
+      <c r="AD28" s="21"/>
+      <c r="AE28" s="21"/>
+      <c r="AF28" s="21"/>
+      <c r="AG28" s="21"/>
+      <c r="AH28" s="21"/>
+      <c r="AI28" s="21"/>
+      <c r="AJ28" s="21"/>
+      <c r="AK28" s="21"/>
+      <c r="AL28" s="21"/>
+      <c r="AM28" s="21"/>
+      <c r="AN28" s="35"/>
+    </row>
+    <row r="29" spans="3:48" ht="80.150000000000006" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C29" s="25"/>
+      <c r="D29" s="68"/>
+      <c r="E29" s="68"/>
+      <c r="F29" s="68"/>
+      <c r="G29" s="68"/>
+      <c r="H29" s="68"/>
+      <c r="I29" s="68"/>
+      <c r="J29" s="68"/>
+      <c r="K29" s="68"/>
+      <c r="L29" s="68"/>
+      <c r="M29" s="68"/>
+      <c r="N29" s="68"/>
+      <c r="O29" s="68"/>
+      <c r="P29" s="68"/>
+      <c r="Q29" s="68"/>
+      <c r="R29" s="68"/>
+      <c r="S29" s="68"/>
+      <c r="T29" s="68"/>
+      <c r="U29" s="68"/>
+      <c r="V29" s="67"/>
+      <c r="W29" s="68"/>
+      <c r="X29" s="68"/>
+      <c r="Y29" s="68"/>
+      <c r="Z29" s="68"/>
+      <c r="AA29" s="68"/>
+      <c r="AB29" s="68"/>
+      <c r="AC29" s="68"/>
+      <c r="AD29" s="68"/>
+      <c r="AE29" s="68"/>
+      <c r="AF29" s="68"/>
+      <c r="AG29" s="68"/>
+      <c r="AH29" s="68"/>
+      <c r="AI29" s="68"/>
+      <c r="AJ29" s="68"/>
+      <c r="AK29" s="68"/>
+      <c r="AL29" s="68"/>
+      <c r="AM29" s="68"/>
+      <c r="AN29" s="26"/>
+    </row>
+    <row r="30" spans="3:48" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D30" s="9"/>
+      <c r="E30" s="9"/>
+      <c r="F30" s="9"/>
+      <c r="G30" s="9"/>
+      <c r="H30" s="9"/>
+      <c r="I30" s="9"/>
+      <c r="J30" s="9"/>
+      <c r="K30" s="9"/>
+      <c r="L30" s="9"/>
+      <c r="M30" s="9"/>
+      <c r="N30" s="9"/>
+      <c r="O30" s="9"/>
+      <c r="P30" s="9"/>
+      <c r="Q30" s="9"/>
+      <c r="R30" s="9"/>
+      <c r="S30" s="9"/>
+      <c r="T30" s="9"/>
+      <c r="U30" s="9"/>
+      <c r="V30" s="9"/>
+      <c r="W30" s="9"/>
+      <c r="X30" s="9"/>
+      <c r="Y30" s="9"/>
+      <c r="Z30" s="9"/>
+      <c r="AA30" s="9"/>
+      <c r="AB30" s="9"/>
+      <c r="AC30" s="9"/>
+      <c r="AD30" s="9"/>
+      <c r="AE30" s="9"/>
+      <c r="AF30" s="9"/>
+      <c r="AG30" s="9"/>
+      <c r="AH30" s="9"/>
+      <c r="AI30" s="9"/>
+      <c r="AJ30" s="9"/>
+      <c r="AK30" s="9"/>
+      <c r="AL30" s="9"/>
+      <c r="AM30" s="9"/>
+    </row>
+    <row r="31" spans="3:48" x14ac:dyDescent="0.2">
+      <c r="D31" s="3" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="32" spans="1:48" x14ac:dyDescent="0.15">
-      <c r="D32" s="5" t="s">
+    <row r="32" spans="3:48" x14ac:dyDescent="0.2">
+      <c r="D32" s="3" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="33" spans="4:38" x14ac:dyDescent="0.15">
-      <c r="D33" s="5" t="s">
+    <row r="33" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D33" s="3" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="34" spans="4:38" x14ac:dyDescent="0.15">
-      <c r="D34" s="5" t="s">
+    <row r="34" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D34" s="3" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="35" spans="4:38" x14ac:dyDescent="0.15">
-[...1 lines deleted...]
-      <c r="E35" s="5" t="s">
+    <row r="35" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D35" s="3"/>
+      <c r="E35" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="F35" s="5"/>
-[...35 lines deleted...]
-      <c r="E36" s="5" t="s">
+      <c r="F35" s="3"/>
+      <c r="G35" s="3"/>
+      <c r="H35" s="3"/>
+      <c r="I35" s="3"/>
+      <c r="J35" s="3"/>
+      <c r="K35" s="3"/>
+      <c r="L35" s="3"/>
+      <c r="M35" s="3"/>
+      <c r="N35" s="3"/>
+      <c r="O35" s="3"/>
+      <c r="P35" s="3"/>
+      <c r="Q35" s="3"/>
+      <c r="R35" s="3"/>
+      <c r="S35" s="3"/>
+      <c r="T35" s="3"/>
+      <c r="U35" s="3"/>
+      <c r="V35" s="3"/>
+      <c r="W35" s="3"/>
+      <c r="X35" s="3"/>
+      <c r="Y35" s="3"/>
+      <c r="Z35" s="3"/>
+      <c r="AA35" s="3"/>
+      <c r="AB35" s="3"/>
+      <c r="AC35" s="3"/>
+      <c r="AD35" s="3"/>
+      <c r="AE35" s="3"/>
+      <c r="AF35" s="3"/>
+      <c r="AG35" s="3"/>
+      <c r="AH35" s="3"/>
+      <c r="AI35" s="3"/>
+      <c r="AJ35" s="3"/>
+      <c r="AK35" s="3"/>
+      <c r="AL35" s="3"/>
+    </row>
+    <row r="36" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D36" s="3"/>
+      <c r="E36" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="F36" s="5"/>
-[...35 lines deleted...]
-      <c r="E37" s="5" t="s">
+      <c r="F36" s="3"/>
+      <c r="G36" s="3"/>
+      <c r="H36" s="3"/>
+      <c r="I36" s="3"/>
+      <c r="J36" s="3"/>
+      <c r="K36" s="3"/>
+      <c r="L36" s="3"/>
+      <c r="M36" s="3"/>
+      <c r="N36" s="3"/>
+      <c r="O36" s="3"/>
+      <c r="P36" s="3"/>
+      <c r="Q36" s="3"/>
+      <c r="R36" s="3"/>
+      <c r="S36" s="3"/>
+      <c r="T36" s="3"/>
+      <c r="U36" s="3"/>
+      <c r="V36" s="3"/>
+      <c r="W36" s="3"/>
+      <c r="X36" s="3"/>
+      <c r="Y36" s="3"/>
+      <c r="Z36" s="3"/>
+      <c r="AA36" s="3"/>
+      <c r="AB36" s="3"/>
+      <c r="AC36" s="3"/>
+      <c r="AD36" s="3"/>
+      <c r="AE36" s="3"/>
+      <c r="AF36" s="3"/>
+      <c r="AG36" s="3"/>
+      <c r="AH36" s="3"/>
+      <c r="AI36" s="3"/>
+      <c r="AJ36" s="3"/>
+      <c r="AK36" s="3"/>
+      <c r="AL36" s="3"/>
+    </row>
+    <row r="37" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D37" s="3"/>
+      <c r="E37" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="F37" s="5"/>
-[...35 lines deleted...]
-      <c r="E38" s="5" t="s">
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="H37" s="3"/>
+      <c r="I37" s="3"/>
+      <c r="J37" s="3"/>
+      <c r="K37" s="3"/>
+      <c r="L37" s="3"/>
+      <c r="M37" s="3"/>
+      <c r="N37" s="3"/>
+      <c r="O37" s="3"/>
+      <c r="P37" s="3"/>
+      <c r="Q37" s="3"/>
+      <c r="R37" s="3"/>
+      <c r="S37" s="3"/>
+      <c r="T37" s="3"/>
+      <c r="U37" s="3"/>
+      <c r="V37" s="3"/>
+      <c r="W37" s="3"/>
+      <c r="X37" s="3"/>
+      <c r="Y37" s="3"/>
+      <c r="Z37" s="3"/>
+      <c r="AA37" s="3"/>
+      <c r="AB37" s="3"/>
+      <c r="AC37" s="3"/>
+      <c r="AD37" s="3"/>
+      <c r="AE37" s="3"/>
+      <c r="AF37" s="3"/>
+      <c r="AG37" s="3"/>
+      <c r="AH37" s="3"/>
+      <c r="AI37" s="3"/>
+      <c r="AJ37" s="3"/>
+      <c r="AK37" s="3"/>
+      <c r="AL37" s="3"/>
+    </row>
+    <row r="38" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D38" s="3"/>
+      <c r="E38" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="F38" s="5"/>
-[...34 lines deleted...]
-      <c r="D39" s="5" t="s">
+      <c r="F38" s="3"/>
+      <c r="G38" s="3"/>
+      <c r="H38" s="3"/>
+      <c r="I38" s="3"/>
+      <c r="J38" s="3"/>
+      <c r="K38" s="3"/>
+      <c r="L38" s="3"/>
+      <c r="M38" s="3"/>
+      <c r="N38" s="3"/>
+      <c r="O38" s="3"/>
+      <c r="P38" s="3"/>
+      <c r="Q38" s="3"/>
+      <c r="R38" s="3"/>
+      <c r="S38" s="3"/>
+      <c r="T38" s="3"/>
+      <c r="U38" s="3"/>
+      <c r="V38" s="3"/>
+      <c r="W38" s="3"/>
+      <c r="X38" s="3"/>
+      <c r="Y38" s="3"/>
+      <c r="Z38" s="3"/>
+      <c r="AA38" s="3"/>
+      <c r="AB38" s="3"/>
+      <c r="AC38" s="3"/>
+      <c r="AD38" s="3"/>
+      <c r="AE38" s="3"/>
+      <c r="AF38" s="3"/>
+      <c r="AG38" s="3"/>
+      <c r="AH38" s="3"/>
+      <c r="AI38" s="3"/>
+      <c r="AJ38" s="3"/>
+      <c r="AK38" s="3"/>
+      <c r="AL38" s="3"/>
+    </row>
+    <row r="39" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D39" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="E39" s="5"/>
-[...35 lines deleted...]
-      <c r="D40" s="5" t="s">
+      <c r="E39" s="3"/>
+      <c r="F39" s="3"/>
+      <c r="G39" s="3"/>
+      <c r="H39" s="3"/>
+      <c r="I39" s="3"/>
+      <c r="J39" s="3"/>
+      <c r="K39" s="3"/>
+      <c r="L39" s="3"/>
+      <c r="M39" s="3"/>
+      <c r="N39" s="3"/>
+      <c r="O39" s="3"/>
+      <c r="P39" s="3"/>
+      <c r="Q39" s="3"/>
+      <c r="R39" s="3"/>
+      <c r="S39" s="3"/>
+      <c r="T39" s="3"/>
+      <c r="U39" s="3"/>
+      <c r="V39" s="3"/>
+      <c r="W39" s="3"/>
+      <c r="X39" s="3"/>
+      <c r="Y39" s="3"/>
+      <c r="Z39" s="3"/>
+      <c r="AA39" s="3"/>
+      <c r="AB39" s="3"/>
+      <c r="AC39" s="3"/>
+      <c r="AD39" s="3"/>
+      <c r="AE39" s="3"/>
+      <c r="AF39" s="3"/>
+      <c r="AG39" s="3"/>
+      <c r="AH39" s="3"/>
+      <c r="AI39" s="3"/>
+      <c r="AJ39" s="3"/>
+      <c r="AK39" s="3"/>
+      <c r="AL39" s="3"/>
+    </row>
+    <row r="40" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D40" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="F40" s="5"/>
-[...34 lines deleted...]
-      <c r="D41" s="5"/>
+      <c r="F40" s="3"/>
+      <c r="G40" s="3"/>
+      <c r="H40" s="3"/>
+      <c r="I40" s="3"/>
+      <c r="J40" s="3"/>
+      <c r="K40" s="3"/>
+      <c r="L40" s="3"/>
+      <c r="M40" s="3"/>
+      <c r="N40" s="3"/>
+      <c r="O40" s="3"/>
+      <c r="P40" s="3"/>
+      <c r="Q40" s="3"/>
+      <c r="R40" s="3"/>
+      <c r="S40" s="3"/>
+      <c r="T40" s="3"/>
+      <c r="U40" s="3"/>
+      <c r="V40" s="3"/>
+      <c r="W40" s="3"/>
+      <c r="X40" s="3"/>
+      <c r="Y40" s="3"/>
+      <c r="Z40" s="3"/>
+      <c r="AA40" s="3"/>
+      <c r="AB40" s="3"/>
+      <c r="AC40" s="3"/>
+      <c r="AD40" s="3"/>
+      <c r="AE40" s="3"/>
+      <c r="AF40" s="3"/>
+      <c r="AG40" s="3"/>
+      <c r="AH40" s="3"/>
+      <c r="AI40" s="3"/>
+      <c r="AJ40" s="3"/>
+      <c r="AK40" s="3"/>
+      <c r="AL40" s="3"/>
+    </row>
+    <row r="41" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D41" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="28">
-    <mergeCell ref="B4:AO4"/>
-[...8 lines deleted...]
-    <mergeCell ref="N18:AA18"/>
+    <mergeCell ref="D20:H20"/>
+    <mergeCell ref="D21:H22"/>
+    <mergeCell ref="N19:AA19"/>
+    <mergeCell ref="J21:L21"/>
+    <mergeCell ref="J22:L22"/>
+    <mergeCell ref="V21:Z21"/>
+    <mergeCell ref="I20:AM20"/>
     <mergeCell ref="V29:AM29"/>
     <mergeCell ref="D29:U29"/>
     <mergeCell ref="V22:Z22"/>
     <mergeCell ref="AF21:AK21"/>
     <mergeCell ref="AF22:AK22"/>
     <mergeCell ref="D23:H23"/>
     <mergeCell ref="D27:AM27"/>
     <mergeCell ref="D24:H24"/>
     <mergeCell ref="I24:AM24"/>
     <mergeCell ref="I23:AD23"/>
+    <mergeCell ref="D19:H19"/>
+    <mergeCell ref="Z13:AL13"/>
+    <mergeCell ref="Z14:AL14"/>
+    <mergeCell ref="Z15:AL15"/>
+    <mergeCell ref="N18:AA18"/>
     <mergeCell ref="D17:AJ17"/>
-    <mergeCell ref="D20:H20"/>
-[...5 lines deleted...]
-    <mergeCell ref="I20:AM20"/>
+    <mergeCell ref="B4:AO4"/>
+    <mergeCell ref="AE6:AF6"/>
+    <mergeCell ref="AH6:AI6"/>
+    <mergeCell ref="AK6:AL6"/>
+    <mergeCell ref="D18:H18"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="2">
     <dataValidation imeMode="hiragana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Z13:AL15 D29:AM29 D27:AM27 J21:L22 V21:Z22 N18:AA19 I20:AM20 AE23:AL24 J24:AD24" xr:uid="{2E908A2F-85A4-4CAF-80CF-E1198B12FB8C}"/>
     <dataValidation imeMode="fullAlpha" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AE6:AF6 AF21:AK22 AT24 AK6:AL6 AH6:AI6" xr:uid="{CD1DA3D9-6CAA-442C-B0A8-9E4153E33E67}"/>
   </dataValidations>
   <pageMargins left="0.98425196850393704" right="0.19685039370078741" top="0.59055118110236227" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1026" r:id="rId4" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>76200</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1027" r:id="rId5" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>76200</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>32</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1028" r:id="rId6" name="Check Box 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>76200</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1029" r:id="rId7" name="Check Box 5">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>76200</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>32</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E871087F-CEB8-4CFA-8F78-6F757ECD35AF}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AQ54"/>
+  <dimension ref="B1:AO54"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A21" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="N21" sqref="N21:AM21"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.25" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="41" max="41" width="2.25" style="1" customWidth="1"/>
+    <col min="1" max="1" width="2.26953125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="1.08984375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="0.7265625" style="1" customWidth="1"/>
+    <col min="4" max="14" width="2.26953125" style="1" customWidth="1"/>
+    <col min="15" max="15" width="0.7265625" style="1" customWidth="1"/>
+    <col min="16" max="16" width="1.453125" style="1" customWidth="1"/>
+    <col min="17" max="39" width="2.26953125" style="1" customWidth="1"/>
+    <col min="40" max="40" width="0.7265625" style="1" customWidth="1"/>
+    <col min="41" max="41" width="2.26953125" style="1" customWidth="1"/>
     <col min="42" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:41" ht="6.75" customHeight="1" x14ac:dyDescent="0.15"/>
-[...7 lines deleted...]
-      <c r="B4" s="94" t="s">
+    <row r="1" spans="2:41" ht="6.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="2:41" x14ac:dyDescent="0.2">
+      <c r="B2" s="2"/>
+    </row>
+    <row r="3" spans="2:41" x14ac:dyDescent="0.2">
+      <c r="B3" s="2"/>
+    </row>
+    <row r="4" spans="2:41" ht="19" x14ac:dyDescent="0.2">
+      <c r="B4" s="59" t="s">
         <v>72</v>
       </c>
-      <c r="C4" s="94"/>
-[...41 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="C4" s="59"/>
+      <c r="D4" s="59"/>
+      <c r="E4" s="59"/>
+      <c r="F4" s="59"/>
+      <c r="G4" s="59"/>
+      <c r="H4" s="59"/>
+      <c r="I4" s="59"/>
+      <c r="J4" s="59"/>
+      <c r="K4" s="59"/>
+      <c r="L4" s="59"/>
+      <c r="M4" s="59"/>
+      <c r="N4" s="59"/>
+      <c r="O4" s="59"/>
+      <c r="P4" s="59"/>
+      <c r="Q4" s="59"/>
+      <c r="R4" s="59"/>
+      <c r="S4" s="59"/>
+      <c r="T4" s="59"/>
+      <c r="U4" s="59"/>
+      <c r="V4" s="59"/>
+      <c r="W4" s="59"/>
+      <c r="X4" s="59"/>
+      <c r="Y4" s="59"/>
+      <c r="Z4" s="59"/>
+      <c r="AA4" s="59"/>
+      <c r="AB4" s="59"/>
+      <c r="AC4" s="59"/>
+      <c r="AD4" s="59"/>
+      <c r="AE4" s="59"/>
+      <c r="AF4" s="59"/>
+      <c r="AG4" s="59"/>
+      <c r="AH4" s="59"/>
+      <c r="AI4" s="59"/>
+      <c r="AJ4" s="59"/>
+      <c r="AK4" s="59"/>
+      <c r="AL4" s="59"/>
+      <c r="AM4" s="59"/>
+      <c r="AN4" s="59"/>
+      <c r="AO4" s="59"/>
+    </row>
+    <row r="5" spans="2:41" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E6" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="F6" s="111"/>
-[...7 lines deleted...]
-      <c r="N6" s="3" t="s">
+      <c r="F6" s="71"/>
+      <c r="G6" s="71"/>
+      <c r="H6" s="71"/>
+      <c r="I6" s="71"/>
+      <c r="J6" s="71"/>
+      <c r="K6" s="71"/>
+      <c r="L6" s="71"/>
+      <c r="M6" s="71"/>
+      <c r="N6" s="2" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="7" spans="2:41" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="D7" s="3" t="s">
+    <row r="7" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D7" s="2" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="8" spans="2:41" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="E8" s="3" t="s">
+    <row r="8" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E8" s="2" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="9" spans="2:41" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15"/>
-[...18 lines deleted...]
-      <c r="AG13" s="3" t="s">
+    <row r="9" spans="2:41" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="10" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="11" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="12" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D12" s="2" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="13" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AC13" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="AE13" s="60"/>
+      <c r="AF13" s="60"/>
+      <c r="AG13" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="AH13" s="95"/>
-[...1 lines deleted...]
-      <c r="AJ13" s="3" t="s">
+      <c r="AH13" s="60"/>
+      <c r="AI13" s="60"/>
+      <c r="AJ13" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="AK13" s="95"/>
-[...1 lines deleted...]
-      <c r="AM13" s="3" t="s">
+      <c r="AK13" s="60"/>
+      <c r="AL13" s="60"/>
+      <c r="AM13" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="14" spans="2:41" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15"/>
-[...1 lines deleted...]
-      <c r="T15" s="3" t="s">
+    <row r="14" spans="2:41" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="15" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="T15" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="W15" s="3" t="s">
+      <c r="W15" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="Z15" s="110"/>
-[...14 lines deleted...]
-      <c r="W16" s="3" t="s">
+      <c r="Z15" s="127"/>
+      <c r="AA15" s="127"/>
+      <c r="AB15" s="127"/>
+      <c r="AC15" s="127"/>
+      <c r="AD15" s="127"/>
+      <c r="AE15" s="127"/>
+      <c r="AF15" s="127"/>
+      <c r="AG15" s="127"/>
+      <c r="AH15" s="127"/>
+      <c r="AI15" s="127"/>
+      <c r="AJ15" s="127"/>
+      <c r="AK15" s="127"/>
+      <c r="AL15" s="127"/>
+    </row>
+    <row r="16" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="W16" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="Z16" s="110"/>
-[...29 lines deleted...]
-      <c r="W18" s="3" t="s">
+      <c r="Z16" s="127"/>
+      <c r="AA16" s="127"/>
+      <c r="AB16" s="127"/>
+      <c r="AC16" s="127"/>
+      <c r="AD16" s="127"/>
+      <c r="AE16" s="127"/>
+      <c r="AF16" s="127"/>
+      <c r="AG16" s="127"/>
+      <c r="AH16" s="127"/>
+      <c r="AI16" s="127"/>
+      <c r="AJ16" s="127"/>
+      <c r="AK16" s="127"/>
+      <c r="AL16" s="127"/>
+    </row>
+    <row r="17" spans="3:40" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Z17" s="127"/>
+      <c r="AA17" s="127"/>
+      <c r="AB17" s="127"/>
+      <c r="AC17" s="127"/>
+      <c r="AD17" s="127"/>
+      <c r="AE17" s="127"/>
+      <c r="AF17" s="127"/>
+      <c r="AG17" s="127"/>
+      <c r="AH17" s="127"/>
+      <c r="AI17" s="127"/>
+      <c r="AJ17" s="127"/>
+      <c r="AK17" s="127"/>
+      <c r="AL17" s="127"/>
+    </row>
+    <row r="18" spans="3:40" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="W18" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="Z18" s="112"/>
-[...56 lines deleted...]
-      <c r="D20" s="122" t="s">
+      <c r="Z18" s="100"/>
+      <c r="AA18" s="100"/>
+      <c r="AB18" s="100"/>
+      <c r="AC18" s="100"/>
+      <c r="AD18" s="100"/>
+      <c r="AE18" s="100"/>
+      <c r="AF18" s="100"/>
+      <c r="AG18" s="100"/>
+      <c r="AH18" s="100"/>
+      <c r="AI18" s="100"/>
+      <c r="AJ18" s="100"/>
+      <c r="AK18" s="100"/>
+      <c r="AL18" s="100"/>
+    </row>
+    <row r="19" spans="3:40" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="20" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C20" s="8"/>
+      <c r="D20" s="90" t="s">
         <v>71</v>
       </c>
-      <c r="E20" s="122"/>
-[...2 lines deleted...]
-      <c r="H20" s="45" t="s">
+      <c r="E20" s="90"/>
+      <c r="F20" s="90"/>
+      <c r="G20" s="90"/>
+      <c r="H20" s="36" t="s">
         <v>43</v>
       </c>
-      <c r="I20" s="106" t="s">
+      <c r="I20" s="108" t="s">
         <v>5</v>
       </c>
-      <c r="J20" s="106"/>
-[...40 lines deleted...]
-      <c r="H21" s="15" t="s">
+      <c r="J20" s="108"/>
+      <c r="K20" s="108"/>
+      <c r="L20" s="108"/>
+      <c r="M20" s="109"/>
+      <c r="N20" s="107"/>
+      <c r="O20" s="107"/>
+      <c r="P20" s="107"/>
+      <c r="Q20" s="107"/>
+      <c r="R20" s="107"/>
+      <c r="S20" s="107"/>
+      <c r="T20" s="107"/>
+      <c r="U20" s="107"/>
+      <c r="V20" s="107"/>
+      <c r="W20" s="107"/>
+      <c r="X20" s="107"/>
+      <c r="Y20" s="107"/>
+      <c r="Z20" s="107"/>
+      <c r="AA20" s="107"/>
+      <c r="AB20" s="107"/>
+      <c r="AC20" s="107"/>
+      <c r="AD20" s="107"/>
+      <c r="AE20" s="107"/>
+      <c r="AF20" s="107"/>
+      <c r="AG20" s="37"/>
+      <c r="AH20" s="37"/>
+      <c r="AI20" s="37"/>
+      <c r="AJ20" s="37"/>
+      <c r="AK20" s="37"/>
+      <c r="AL20" s="37"/>
+      <c r="AM20" s="37"/>
+      <c r="AN20" s="38"/>
+    </row>
+    <row r="21" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C21" s="39"/>
+      <c r="D21" s="91"/>
+      <c r="E21" s="91"/>
+      <c r="F21" s="91"/>
+      <c r="G21" s="91"/>
+      <c r="H21" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="I21" s="104" t="s">
+      <c r="I21" s="97" t="s">
         <v>7</v>
       </c>
-      <c r="J21" s="104"/>
-[...37 lines deleted...]
-      <c r="H22" s="51" t="s">
+      <c r="J21" s="97"/>
+      <c r="K21" s="97"/>
+      <c r="L21" s="97"/>
+      <c r="M21" s="111"/>
+      <c r="N21" s="94"/>
+      <c r="O21" s="94"/>
+      <c r="P21" s="94"/>
+      <c r="Q21" s="94"/>
+      <c r="R21" s="94"/>
+      <c r="S21" s="94"/>
+      <c r="T21" s="94"/>
+      <c r="U21" s="94"/>
+      <c r="V21" s="94"/>
+      <c r="W21" s="94"/>
+      <c r="X21" s="94"/>
+      <c r="Y21" s="94"/>
+      <c r="Z21" s="94"/>
+      <c r="AA21" s="94"/>
+      <c r="AB21" s="94"/>
+      <c r="AC21" s="94"/>
+      <c r="AD21" s="94"/>
+      <c r="AE21" s="94"/>
+      <c r="AF21" s="94"/>
+      <c r="AG21" s="94"/>
+      <c r="AH21" s="94"/>
+      <c r="AI21" s="94"/>
+      <c r="AJ21" s="94"/>
+      <c r="AK21" s="94"/>
+      <c r="AL21" s="94"/>
+      <c r="AM21" s="94"/>
+      <c r="AN21" s="40"/>
+    </row>
+    <row r="22" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C22" s="41"/>
+      <c r="D22" s="92"/>
+      <c r="E22" s="92"/>
+      <c r="F22" s="92"/>
+      <c r="G22" s="92"/>
+      <c r="H22" s="42" t="s">
         <v>45</v>
       </c>
-      <c r="I22" s="102" t="s">
+      <c r="I22" s="112" t="s">
         <v>14</v>
       </c>
-      <c r="J22" s="102"/>
-[...33 lines deleted...]
-      <c r="D23" s="122" t="s">
+      <c r="J22" s="112"/>
+      <c r="K22" s="112"/>
+      <c r="L22" s="112"/>
+      <c r="M22" s="113"/>
+      <c r="N22" s="93"/>
+      <c r="O22" s="93"/>
+      <c r="P22" s="93"/>
+      <c r="Q22" s="93"/>
+      <c r="R22" s="93"/>
+      <c r="S22" s="93"/>
+      <c r="T22" s="93"/>
+      <c r="U22" s="93"/>
+      <c r="V22" s="93"/>
+      <c r="W22" s="93"/>
+      <c r="X22" s="93"/>
+      <c r="Y22" s="93"/>
+      <c r="Z22" s="93"/>
+      <c r="AA22" s="93"/>
+      <c r="AB22" s="93"/>
+      <c r="AC22" s="93"/>
+      <c r="AD22" s="93"/>
+      <c r="AE22" s="93"/>
+      <c r="AF22" s="93"/>
+      <c r="AG22" s="93"/>
+      <c r="AH22" s="93"/>
+      <c r="AI22" s="93"/>
+      <c r="AJ22" s="93"/>
+      <c r="AK22" s="93"/>
+      <c r="AL22" s="93"/>
+      <c r="AM22" s="93"/>
+      <c r="AN22" s="43"/>
+    </row>
+    <row r="23" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C23" s="8"/>
+      <c r="D23" s="90" t="s">
         <v>70</v>
       </c>
-      <c r="E23" s="122"/>
-[...2 lines deleted...]
-      <c r="H23" s="45" t="s">
+      <c r="E23" s="90"/>
+      <c r="F23" s="90"/>
+      <c r="G23" s="90"/>
+      <c r="H23" s="36" t="s">
         <v>43</v>
       </c>
-      <c r="I23" s="106" t="s">
+      <c r="I23" s="108" t="s">
         <v>35</v>
       </c>
-      <c r="J23" s="106"/>
-[...3 lines deleted...]
-      <c r="N23" s="32" t="s">
+      <c r="J23" s="108"/>
+      <c r="K23" s="108"/>
+      <c r="L23" s="108"/>
+      <c r="M23" s="109"/>
+      <c r="N23" s="23" t="s">
         <v>48</v>
       </c>
-      <c r="O23" s="113"/>
-[...3 lines deleted...]
-      <c r="S23" s="32" t="s">
+      <c r="O23" s="115"/>
+      <c r="P23" s="115"/>
+      <c r="Q23" s="115"/>
+      <c r="R23" s="115"/>
+      <c r="S23" s="23" t="s">
         <v>33</v>
       </c>
-      <c r="T23" s="32"/>
-[...8 lines deleted...]
-      <c r="AC23" s="32" t="s">
+      <c r="T23" s="23"/>
+      <c r="U23" s="44"/>
+      <c r="V23" s="23"/>
+      <c r="W23" s="44"/>
+      <c r="X23" s="23"/>
+      <c r="Y23" s="114"/>
+      <c r="Z23" s="114"/>
+      <c r="AA23" s="114"/>
+      <c r="AB23" s="114"/>
+      <c r="AC23" s="23" t="s">
         <v>49</v>
       </c>
-      <c r="AD23" s="32"/>
-[...8 lines deleted...]
-      <c r="AM23" s="32" t="s">
+      <c r="AD23" s="23"/>
+      <c r="AE23" s="23"/>
+      <c r="AF23" s="23"/>
+      <c r="AG23" s="115"/>
+      <c r="AH23" s="115"/>
+      <c r="AI23" s="115"/>
+      <c r="AJ23" s="115"/>
+      <c r="AK23" s="115"/>
+      <c r="AL23" s="115"/>
+      <c r="AM23" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="AN23" s="47"/>
-[...7 lines deleted...]
-      <c r="H24" s="15" t="s">
+      <c r="AN23" s="38"/>
+    </row>
+    <row r="24" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C24" s="39"/>
+      <c r="D24" s="91"/>
+      <c r="E24" s="91"/>
+      <c r="F24" s="91"/>
+      <c r="G24" s="91"/>
+      <c r="H24" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="I24" s="104" t="s">
+      <c r="I24" s="97" t="s">
         <v>5</v>
       </c>
-      <c r="J24" s="104"/>
-[...37 lines deleted...]
-      <c r="H25" s="118" t="s">
+      <c r="J24" s="97"/>
+      <c r="K24" s="97"/>
+      <c r="L24" s="97"/>
+      <c r="M24" s="111"/>
+      <c r="N24" s="96"/>
+      <c r="O24" s="97"/>
+      <c r="P24" s="97"/>
+      <c r="Q24" s="97"/>
+      <c r="R24" s="97"/>
+      <c r="S24" s="97"/>
+      <c r="T24" s="97"/>
+      <c r="U24" s="97"/>
+      <c r="V24" s="97"/>
+      <c r="W24" s="97"/>
+      <c r="X24" s="97"/>
+      <c r="Y24" s="97"/>
+      <c r="Z24" s="97"/>
+      <c r="AA24" s="97"/>
+      <c r="AB24" s="97"/>
+      <c r="AC24" s="97"/>
+      <c r="AD24" s="97"/>
+      <c r="AE24" s="97"/>
+      <c r="AF24" s="97"/>
+      <c r="AG24" s="13"/>
+      <c r="AH24" s="54"/>
+      <c r="AI24" s="13"/>
+      <c r="AJ24" s="13"/>
+      <c r="AK24" s="13"/>
+      <c r="AL24" s="13"/>
+      <c r="AM24" s="13"/>
+      <c r="AN24" s="40"/>
+    </row>
+    <row r="25" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C25" s="39"/>
+      <c r="D25" s="91"/>
+      <c r="E25" s="91"/>
+      <c r="F25" s="91"/>
+      <c r="G25" s="91"/>
+      <c r="H25" s="110" t="s">
         <v>45</v>
       </c>
-      <c r="I25" s="115" t="s">
+      <c r="I25" s="128" t="s">
         <v>39</v>
       </c>
-      <c r="J25" s="115"/>
-[...3 lines deleted...]
-      <c r="N25" s="15" t="s">
+      <c r="J25" s="128"/>
+      <c r="K25" s="128"/>
+      <c r="L25" s="128"/>
+      <c r="M25" s="129"/>
+      <c r="N25" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="O25" s="114"/>
-[...3 lines deleted...]
-      <c r="S25" s="19" t="s">
+      <c r="O25" s="116"/>
+      <c r="P25" s="116"/>
+      <c r="Q25" s="116"/>
+      <c r="R25" s="116"/>
+      <c r="S25" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="T25" s="19"/>
-[...8 lines deleted...]
-      <c r="AC25" s="19" t="s">
+      <c r="T25" s="13"/>
+      <c r="U25" s="55"/>
+      <c r="V25" s="13"/>
+      <c r="W25" s="55"/>
+      <c r="X25" s="13"/>
+      <c r="Y25" s="130"/>
+      <c r="Z25" s="130"/>
+      <c r="AA25" s="130"/>
+      <c r="AB25" s="130"/>
+      <c r="AC25" s="13" t="s">
         <v>49</v>
       </c>
-      <c r="AD25" s="19"/>
-[...8 lines deleted...]
-      <c r="AM25" s="19" t="s">
+      <c r="AD25" s="13"/>
+      <c r="AE25" s="13"/>
+      <c r="AF25" s="13"/>
+      <c r="AG25" s="116"/>
+      <c r="AH25" s="116"/>
+      <c r="AI25" s="116"/>
+      <c r="AJ25" s="116"/>
+      <c r="AK25" s="116"/>
+      <c r="AL25" s="116"/>
+      <c r="AM25" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="AN25" s="49"/>
-[...47 lines deleted...]
-      <c r="H27" s="16" t="s">
+      <c r="AN25" s="40"/>
+    </row>
+    <row r="26" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C26" s="39"/>
+      <c r="D26" s="91"/>
+      <c r="E26" s="91"/>
+      <c r="F26" s="91"/>
+      <c r="G26" s="91"/>
+      <c r="H26" s="110"/>
+      <c r="I26" s="128"/>
+      <c r="J26" s="128"/>
+      <c r="K26" s="128"/>
+      <c r="L26" s="128"/>
+      <c r="M26" s="129"/>
+      <c r="N26" s="95"/>
+      <c r="O26" s="95"/>
+      <c r="P26" s="95"/>
+      <c r="Q26" s="95"/>
+      <c r="R26" s="95"/>
+      <c r="S26" s="95"/>
+      <c r="T26" s="95"/>
+      <c r="U26" s="95"/>
+      <c r="V26" s="95"/>
+      <c r="W26" s="95"/>
+      <c r="X26" s="95"/>
+      <c r="Y26" s="95"/>
+      <c r="Z26" s="95"/>
+      <c r="AA26" s="95"/>
+      <c r="AB26" s="95"/>
+      <c r="AC26" s="95"/>
+      <c r="AD26" s="95"/>
+      <c r="AE26" s="95"/>
+      <c r="AF26" s="95"/>
+      <c r="AG26" s="95"/>
+      <c r="AH26" s="95"/>
+      <c r="AI26" s="95"/>
+      <c r="AJ26" s="95"/>
+      <c r="AK26" s="95"/>
+      <c r="AL26" s="95"/>
+      <c r="AM26" s="95"/>
+      <c r="AN26" s="45"/>
+    </row>
+    <row r="27" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C27" s="39"/>
+      <c r="D27" s="91"/>
+      <c r="E27" s="91"/>
+      <c r="F27" s="91"/>
+      <c r="G27" s="91"/>
+      <c r="H27" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="I27" s="104" t="s">
+      <c r="I27" s="97" t="s">
         <v>37</v>
       </c>
-      <c r="J27" s="104"/>
-[...37 lines deleted...]
-      <c r="H28" s="51" t="s">
+      <c r="J27" s="97"/>
+      <c r="K27" s="97"/>
+      <c r="L27" s="97"/>
+      <c r="M27" s="111"/>
+      <c r="N27" s="94"/>
+      <c r="O27" s="94"/>
+      <c r="P27" s="94"/>
+      <c r="Q27" s="94"/>
+      <c r="R27" s="94"/>
+      <c r="S27" s="94"/>
+      <c r="T27" s="94"/>
+      <c r="U27" s="94"/>
+      <c r="V27" s="94"/>
+      <c r="W27" s="94"/>
+      <c r="X27" s="94"/>
+      <c r="Y27" s="94"/>
+      <c r="Z27" s="94"/>
+      <c r="AA27" s="94"/>
+      <c r="AB27" s="94"/>
+      <c r="AC27" s="94"/>
+      <c r="AD27" s="94"/>
+      <c r="AE27" s="94"/>
+      <c r="AF27" s="94"/>
+      <c r="AG27" s="94"/>
+      <c r="AH27" s="94"/>
+      <c r="AI27" s="94"/>
+      <c r="AJ27" s="94"/>
+      <c r="AK27" s="94"/>
+      <c r="AL27" s="94"/>
+      <c r="AM27" s="94"/>
+      <c r="AN27" s="40"/>
+    </row>
+    <row r="28" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C28" s="41"/>
+      <c r="D28" s="92"/>
+      <c r="E28" s="92"/>
+      <c r="F28" s="92"/>
+      <c r="G28" s="92"/>
+      <c r="H28" s="42" t="s">
         <v>47</v>
       </c>
-      <c r="I28" s="102" t="s">
+      <c r="I28" s="112" t="s">
         <v>14</v>
       </c>
-      <c r="J28" s="102"/>
-[...33 lines deleted...]
-      <c r="D29" s="122" t="s">
+      <c r="J28" s="112"/>
+      <c r="K28" s="112"/>
+      <c r="L28" s="112"/>
+      <c r="M28" s="113"/>
+      <c r="N28" s="93"/>
+      <c r="O28" s="93"/>
+      <c r="P28" s="93"/>
+      <c r="Q28" s="93"/>
+      <c r="R28" s="93"/>
+      <c r="S28" s="93"/>
+      <c r="T28" s="93"/>
+      <c r="U28" s="93"/>
+      <c r="V28" s="93"/>
+      <c r="W28" s="93"/>
+      <c r="X28" s="93"/>
+      <c r="Y28" s="93"/>
+      <c r="Z28" s="93"/>
+      <c r="AA28" s="93"/>
+      <c r="AB28" s="93"/>
+      <c r="AC28" s="93"/>
+      <c r="AD28" s="93"/>
+      <c r="AE28" s="93"/>
+      <c r="AF28" s="93"/>
+      <c r="AG28" s="93"/>
+      <c r="AH28" s="93"/>
+      <c r="AI28" s="93"/>
+      <c r="AJ28" s="93"/>
+      <c r="AK28" s="93"/>
+      <c r="AL28" s="93"/>
+      <c r="AM28" s="93"/>
+      <c r="AN28" s="43"/>
+    </row>
+    <row r="29" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C29" s="8"/>
+      <c r="D29" s="90" t="s">
         <v>68</v>
       </c>
-      <c r="E29" s="125"/>
-[...2 lines deleted...]
-      <c r="H29" s="45" t="s">
+      <c r="E29" s="120"/>
+      <c r="F29" s="120"/>
+      <c r="G29" s="120"/>
+      <c r="H29" s="36" t="s">
         <v>43</v>
       </c>
-      <c r="I29" s="106" t="s">
+      <c r="I29" s="108" t="s">
         <v>40</v>
       </c>
-      <c r="J29" s="106"/>
-[...37 lines deleted...]
-      <c r="H30" s="15" t="s">
+      <c r="J29" s="108"/>
+      <c r="K29" s="108"/>
+      <c r="L29" s="108"/>
+      <c r="M29" s="109"/>
+      <c r="N29" s="107"/>
+      <c r="O29" s="107"/>
+      <c r="P29" s="107"/>
+      <c r="Q29" s="107"/>
+      <c r="R29" s="107"/>
+      <c r="S29" s="107"/>
+      <c r="T29" s="107"/>
+      <c r="U29" s="107"/>
+      <c r="V29" s="107"/>
+      <c r="W29" s="107"/>
+      <c r="X29" s="107"/>
+      <c r="Y29" s="107"/>
+      <c r="Z29" s="107"/>
+      <c r="AA29" s="107"/>
+      <c r="AB29" s="107"/>
+      <c r="AC29" s="107"/>
+      <c r="AD29" s="107"/>
+      <c r="AE29" s="107"/>
+      <c r="AF29" s="107"/>
+      <c r="AG29" s="107"/>
+      <c r="AH29" s="107"/>
+      <c r="AI29" s="107"/>
+      <c r="AJ29" s="107"/>
+      <c r="AK29" s="107"/>
+      <c r="AL29" s="107"/>
+      <c r="AM29" s="107"/>
+      <c r="AN29" s="38"/>
+    </row>
+    <row r="30" spans="3:40" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C30" s="39"/>
+      <c r="D30" s="121"/>
+      <c r="E30" s="121"/>
+      <c r="F30" s="121"/>
+      <c r="G30" s="121"/>
+      <c r="H30" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="I30" s="18" t="s">
+      <c r="I30" s="12" t="s">
         <v>41</v>
       </c>
-      <c r="J30" s="19"/>
-[...13 lines deleted...]
-      <c r="X30" s="15" t="s">
+      <c r="J30" s="13"/>
+      <c r="K30" s="13"/>
+      <c r="L30" s="13"/>
+      <c r="M30" s="14"/>
+      <c r="N30" s="94"/>
+      <c r="O30" s="94"/>
+      <c r="P30" s="94"/>
+      <c r="Q30" s="94"/>
+      <c r="R30" s="94"/>
+      <c r="S30" s="94"/>
+      <c r="T30" s="94"/>
+      <c r="U30" s="94"/>
+      <c r="V30" s="94"/>
+      <c r="W30" s="94"/>
+      <c r="X30" s="10" t="s">
         <v>51</v>
       </c>
-      <c r="Y30" s="136" t="s">
+      <c r="Y30" s="105" t="s">
         <v>52</v>
       </c>
-      <c r="Z30" s="136"/>
-[...22 lines deleted...]
-      <c r="H31" s="118" t="s">
+      <c r="Z30" s="105"/>
+      <c r="AA30" s="105"/>
+      <c r="AB30" s="105"/>
+      <c r="AC30" s="105"/>
+      <c r="AD30" s="106"/>
+      <c r="AE30" s="94"/>
+      <c r="AF30" s="94"/>
+      <c r="AG30" s="94"/>
+      <c r="AH30" s="94"/>
+      <c r="AI30" s="94"/>
+      <c r="AJ30" s="94"/>
+      <c r="AK30" s="94"/>
+      <c r="AL30" s="94"/>
+      <c r="AM30" s="94"/>
+      <c r="AN30" s="40"/>
+    </row>
+    <row r="31" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C31" s="39"/>
+      <c r="D31" s="121"/>
+      <c r="E31" s="121"/>
+      <c r="F31" s="121"/>
+      <c r="G31" s="121"/>
+      <c r="H31" s="110" t="s">
         <v>36</v>
       </c>
-      <c r="I31" s="141" t="s">
+      <c r="I31" s="100" t="s">
         <v>42</v>
       </c>
-      <c r="J31" s="141"/>
-[...6 lines deleted...]
-      <c r="Q31" s="10" t="s">
+      <c r="J31" s="100"/>
+      <c r="K31" s="100"/>
+      <c r="L31" s="100"/>
+      <c r="M31" s="101"/>
+      <c r="N31" s="11"/>
+      <c r="O31" s="11"/>
+      <c r="Q31" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="R31" s="10"/>
-[...5 lines deleted...]
-      <c r="X31" s="10" t="s">
+      <c r="X31" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="Y31" s="8"/>
-[...4 lines deleted...]
-      <c r="AD31" s="10" t="s">
+      <c r="AD31" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="AE31" s="8"/>
-[...25 lines deleted...]
-      <c r="Q32" s="10" t="s">
+      <c r="AN31" s="45"/>
+    </row>
+    <row r="32" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C32" s="39"/>
+      <c r="D32" s="121"/>
+      <c r="E32" s="121"/>
+      <c r="F32" s="121"/>
+      <c r="G32" s="121"/>
+      <c r="H32" s="110"/>
+      <c r="I32" s="100"/>
+      <c r="J32" s="100"/>
+      <c r="K32" s="100"/>
+      <c r="L32" s="100"/>
+      <c r="M32" s="101"/>
+      <c r="N32" s="11"/>
+      <c r="O32" s="11"/>
+      <c r="Q32" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="R32" s="10"/>
-[...11 lines deleted...]
-      <c r="AD32" s="10" t="s">
+      <c r="AD32" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="AE32" s="10"/>
-[...16 lines deleted...]
-      <c r="H33" s="57" t="s">
+      <c r="AN32" s="45"/>
+    </row>
+    <row r="33" spans="3:40" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C33" s="41"/>
+      <c r="D33" s="122"/>
+      <c r="E33" s="122"/>
+      <c r="F33" s="122"/>
+      <c r="G33" s="122"/>
+      <c r="H33" s="46" t="s">
         <v>47</v>
       </c>
-      <c r="I33" s="119" t="s">
+      <c r="I33" s="117" t="s">
         <v>50</v>
       </c>
-      <c r="J33" s="120"/>
-[...11 lines deleted...]
-      <c r="T33" s="60" t="s">
+      <c r="J33" s="118"/>
+      <c r="K33" s="118"/>
+      <c r="L33" s="118"/>
+      <c r="M33" s="119"/>
+      <c r="N33" s="47"/>
+      <c r="O33" s="48" t="s">
+        <v>107</v>
+      </c>
+      <c r="P33" s="47"/>
+      <c r="Q33" s="47"/>
+      <c r="R33" s="98"/>
+      <c r="S33" s="98"/>
+      <c r="T33" s="49" t="s">
         <v>0</v>
       </c>
-      <c r="U33" s="140"/>
-[...1 lines deleted...]
-      <c r="W33" s="60" t="s">
+      <c r="U33" s="98"/>
+      <c r="V33" s="98"/>
+      <c r="W33" s="49" t="s">
         <v>64</v>
       </c>
-      <c r="X33" s="140"/>
-[...1 lines deleted...]
-      <c r="Z33" s="59" t="s">
+      <c r="X33" s="98"/>
+      <c r="Y33" s="98"/>
+      <c r="Z33" s="48" t="s">
         <v>65</v>
       </c>
-      <c r="AA33" s="61"/>
-[...16 lines deleted...]
-      <c r="D34" s="122" t="s">
+      <c r="AA33" s="50"/>
+      <c r="AB33" s="47"/>
+      <c r="AC33" s="47"/>
+      <c r="AD33" s="47"/>
+      <c r="AE33" s="47"/>
+      <c r="AF33" s="47"/>
+      <c r="AG33" s="47"/>
+      <c r="AH33" s="47"/>
+      <c r="AI33" s="47"/>
+      <c r="AJ33" s="47"/>
+      <c r="AK33" s="47"/>
+      <c r="AL33" s="47"/>
+      <c r="AM33" s="47"/>
+      <c r="AN33" s="51"/>
+    </row>
+    <row r="34" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C34" s="8"/>
+      <c r="D34" s="90" t="s">
         <v>69</v>
       </c>
-      <c r="E34" s="122"/>
-[...2 lines deleted...]
-      <c r="H34" s="45" t="s">
+      <c r="E34" s="90"/>
+      <c r="F34" s="90"/>
+      <c r="G34" s="90"/>
+      <c r="H34" s="36" t="s">
         <v>43</v>
       </c>
-      <c r="I34" s="130" t="s">
+      <c r="I34" s="123" t="s">
         <v>53</v>
       </c>
-      <c r="J34" s="130"/>
-[...6 lines deleted...]
-      <c r="Q34" s="54" t="s">
+      <c r="J34" s="123"/>
+      <c r="K34" s="123"/>
+      <c r="L34" s="123"/>
+      <c r="M34" s="124"/>
+      <c r="N34" s="52"/>
+      <c r="O34" s="52"/>
+      <c r="P34" s="52"/>
+      <c r="Q34" s="23" t="s">
         <v>66</v>
       </c>
-      <c r="R34" s="63"/>
-[...5 lines deleted...]
-      <c r="X34" s="54" t="s">
+      <c r="R34" s="52"/>
+      <c r="S34" s="52"/>
+      <c r="T34" s="52"/>
+      <c r="U34" s="52"/>
+      <c r="V34" s="52"/>
+      <c r="W34" s="52"/>
+      <c r="X34" s="23" t="s">
         <v>67</v>
       </c>
-      <c r="Y34" s="32"/>
-[...23 lines deleted...]
-      <c r="I35" s="132" t="s">
+      <c r="Y34" s="23"/>
+      <c r="Z34" s="52"/>
+      <c r="AA34" s="52"/>
+      <c r="AB34" s="52"/>
+      <c r="AC34" s="52"/>
+      <c r="AD34" s="52"/>
+      <c r="AE34" s="52"/>
+      <c r="AF34" s="52"/>
+      <c r="AG34" s="52"/>
+      <c r="AH34" s="52"/>
+      <c r="AI34" s="52"/>
+      <c r="AJ34" s="52"/>
+      <c r="AK34" s="52"/>
+      <c r="AL34" s="52"/>
+      <c r="AM34" s="52"/>
+      <c r="AN34" s="38"/>
+    </row>
+    <row r="35" spans="3:40" s="2" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C35" s="39"/>
+      <c r="D35" s="91"/>
+      <c r="E35" s="91"/>
+      <c r="F35" s="91"/>
+      <c r="G35" s="91"/>
+      <c r="H35" s="15"/>
+      <c r="I35" s="102" t="s">
         <v>54</v>
       </c>
-      <c r="J35" s="128"/>
-[...37 lines deleted...]
-      <c r="H36" s="22" t="s">
+      <c r="J35" s="103"/>
+      <c r="K35" s="103"/>
+      <c r="L35" s="103"/>
+      <c r="M35" s="104"/>
+      <c r="N35" s="99"/>
+      <c r="O35" s="99"/>
+      <c r="P35" s="99"/>
+      <c r="Q35" s="99"/>
+      <c r="R35" s="99"/>
+      <c r="S35" s="99"/>
+      <c r="T35" s="99"/>
+      <c r="U35" s="99"/>
+      <c r="V35" s="99"/>
+      <c r="W35" s="99"/>
+      <c r="X35" s="99"/>
+      <c r="Y35" s="99"/>
+      <c r="Z35" s="99"/>
+      <c r="AA35" s="99"/>
+      <c r="AB35" s="99"/>
+      <c r="AC35" s="99"/>
+      <c r="AD35" s="99"/>
+      <c r="AE35" s="99"/>
+      <c r="AF35" s="99"/>
+      <c r="AG35" s="99"/>
+      <c r="AH35" s="99"/>
+      <c r="AI35" s="99"/>
+      <c r="AJ35" s="99"/>
+      <c r="AK35" s="99"/>
+      <c r="AL35" s="99"/>
+      <c r="AM35" s="99"/>
+      <c r="AN35" s="53"/>
+    </row>
+    <row r="36" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C36" s="39"/>
+      <c r="D36" s="91"/>
+      <c r="E36" s="91"/>
+      <c r="F36" s="91"/>
+      <c r="G36" s="91"/>
+      <c r="H36" s="16" t="s">
         <v>44</v>
       </c>
-      <c r="I36" s="128" t="s">
+      <c r="I36" s="103" t="s">
         <v>55</v>
       </c>
-      <c r="J36" s="128"/>
-[...6 lines deleted...]
-      <c r="Q36" s="24" t="s">
+      <c r="J36" s="103"/>
+      <c r="K36" s="103"/>
+      <c r="L36" s="103"/>
+      <c r="M36" s="104"/>
+      <c r="N36" s="17"/>
+      <c r="O36" s="17"/>
+      <c r="P36" s="17"/>
+      <c r="Q36" s="18" t="s">
         <v>66</v>
       </c>
-      <c r="R36" s="23"/>
-[...5 lines deleted...]
-      <c r="X36" s="24" t="s">
+      <c r="R36" s="17"/>
+      <c r="S36" s="17"/>
+      <c r="T36" s="17"/>
+      <c r="U36" s="17"/>
+      <c r="V36" s="17"/>
+      <c r="W36" s="17"/>
+      <c r="X36" s="18" t="s">
         <v>67</v>
       </c>
-      <c r="Y36" s="25"/>
-[...23 lines deleted...]
-      <c r="I37" s="132" t="s">
+      <c r="Y36" s="18"/>
+      <c r="Z36" s="17"/>
+      <c r="AA36" s="17"/>
+      <c r="AB36" s="17"/>
+      <c r="AC36" s="17"/>
+      <c r="AD36" s="17"/>
+      <c r="AE36" s="17"/>
+      <c r="AF36" s="17"/>
+      <c r="AG36" s="17"/>
+      <c r="AH36" s="17"/>
+      <c r="AI36" s="17"/>
+      <c r="AJ36" s="17"/>
+      <c r="AK36" s="17"/>
+      <c r="AL36" s="17"/>
+      <c r="AM36" s="17"/>
+      <c r="AN36" s="53"/>
+    </row>
+    <row r="37" spans="3:40" s="2" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C37" s="39"/>
+      <c r="D37" s="91"/>
+      <c r="E37" s="91"/>
+      <c r="F37" s="91"/>
+      <c r="G37" s="91"/>
+      <c r="H37" s="15"/>
+      <c r="I37" s="102" t="s">
         <v>54</v>
       </c>
-      <c r="J37" s="128"/>
-[...37 lines deleted...]
-      <c r="H38" s="26" t="s">
+      <c r="J37" s="103"/>
+      <c r="K37" s="103"/>
+      <c r="L37" s="103"/>
+      <c r="M37" s="104"/>
+      <c r="N37" s="99"/>
+      <c r="O37" s="99"/>
+      <c r="P37" s="99"/>
+      <c r="Q37" s="99"/>
+      <c r="R37" s="99"/>
+      <c r="S37" s="99"/>
+      <c r="T37" s="99"/>
+      <c r="U37" s="99"/>
+      <c r="V37" s="99"/>
+      <c r="W37" s="99"/>
+      <c r="X37" s="99"/>
+      <c r="Y37" s="99"/>
+      <c r="Z37" s="99"/>
+      <c r="AA37" s="99"/>
+      <c r="AB37" s="99"/>
+      <c r="AC37" s="99"/>
+      <c r="AD37" s="99"/>
+      <c r="AE37" s="99"/>
+      <c r="AF37" s="99"/>
+      <c r="AG37" s="99"/>
+      <c r="AH37" s="99"/>
+      <c r="AI37" s="99"/>
+      <c r="AJ37" s="99"/>
+      <c r="AK37" s="99"/>
+      <c r="AL37" s="99"/>
+      <c r="AM37" s="99"/>
+      <c r="AN37" s="53"/>
+    </row>
+    <row r="38" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C38" s="39"/>
+      <c r="D38" s="91"/>
+      <c r="E38" s="91"/>
+      <c r="F38" s="91"/>
+      <c r="G38" s="91"/>
+      <c r="H38" s="16" t="s">
         <v>51</v>
       </c>
-      <c r="I38" s="128" t="s">
+      <c r="I38" s="103" t="s">
         <v>56</v>
       </c>
-      <c r="J38" s="128"/>
-[...6 lines deleted...]
-      <c r="Q38" s="24" t="s">
+      <c r="J38" s="103"/>
+      <c r="K38" s="103"/>
+      <c r="L38" s="103"/>
+      <c r="M38" s="104"/>
+      <c r="N38" s="17"/>
+      <c r="O38" s="17"/>
+      <c r="P38" s="17"/>
+      <c r="Q38" s="18" t="s">
         <v>66</v>
       </c>
-      <c r="R38" s="23"/>
-[...5 lines deleted...]
-      <c r="X38" s="24" t="s">
+      <c r="R38" s="17"/>
+      <c r="S38" s="17"/>
+      <c r="T38" s="17"/>
+      <c r="U38" s="17"/>
+      <c r="V38" s="17"/>
+      <c r="W38" s="17"/>
+      <c r="X38" s="18" t="s">
         <v>67</v>
       </c>
-      <c r="Y38" s="25"/>
-[...23 lines deleted...]
-      <c r="I39" s="132" t="s">
+      <c r="Y38" s="18"/>
+      <c r="Z38" s="17"/>
+      <c r="AA38" s="17"/>
+      <c r="AB38" s="17"/>
+      <c r="AC38" s="17"/>
+      <c r="AD38" s="17"/>
+      <c r="AE38" s="17"/>
+      <c r="AF38" s="17"/>
+      <c r="AG38" s="17"/>
+      <c r="AH38" s="17"/>
+      <c r="AI38" s="17"/>
+      <c r="AJ38" s="17"/>
+      <c r="AK38" s="17"/>
+      <c r="AL38" s="17"/>
+      <c r="AM38" s="17"/>
+      <c r="AN38" s="53"/>
+    </row>
+    <row r="39" spans="3:40" s="2" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C39" s="39"/>
+      <c r="D39" s="91"/>
+      <c r="E39" s="91"/>
+      <c r="F39" s="91"/>
+      <c r="G39" s="91"/>
+      <c r="H39" s="15"/>
+      <c r="I39" s="102" t="s">
         <v>54</v>
       </c>
-      <c r="J39" s="128"/>
-[...37 lines deleted...]
-      <c r="H40" s="26" t="s">
+      <c r="J39" s="103"/>
+      <c r="K39" s="103"/>
+      <c r="L39" s="103"/>
+      <c r="M39" s="104"/>
+      <c r="N39" s="99"/>
+      <c r="O39" s="99"/>
+      <c r="P39" s="99"/>
+      <c r="Q39" s="99"/>
+      <c r="R39" s="99"/>
+      <c r="S39" s="99"/>
+      <c r="T39" s="99"/>
+      <c r="U39" s="99"/>
+      <c r="V39" s="99"/>
+      <c r="W39" s="99"/>
+      <c r="X39" s="99"/>
+      <c r="Y39" s="99"/>
+      <c r="Z39" s="99"/>
+      <c r="AA39" s="99"/>
+      <c r="AB39" s="99"/>
+      <c r="AC39" s="99"/>
+      <c r="AD39" s="99"/>
+      <c r="AE39" s="99"/>
+      <c r="AF39" s="99"/>
+      <c r="AG39" s="99"/>
+      <c r="AH39" s="99"/>
+      <c r="AI39" s="99"/>
+      <c r="AJ39" s="99"/>
+      <c r="AK39" s="99"/>
+      <c r="AL39" s="99"/>
+      <c r="AM39" s="99"/>
+      <c r="AN39" s="53"/>
+    </row>
+    <row r="40" spans="3:40" s="2" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C40" s="39"/>
+      <c r="D40" s="91"/>
+      <c r="E40" s="91"/>
+      <c r="F40" s="91"/>
+      <c r="G40" s="91"/>
+      <c r="H40" s="16" t="s">
         <v>36</v>
       </c>
-      <c r="I40" s="128" t="s">
+      <c r="I40" s="103" t="s">
         <v>57</v>
       </c>
-      <c r="J40" s="128"/>
-[...37 lines deleted...]
-      <c r="H41" s="57" t="s">
+      <c r="J40" s="103"/>
+      <c r="K40" s="103"/>
+      <c r="L40" s="103"/>
+      <c r="M40" s="104"/>
+      <c r="N40" s="99"/>
+      <c r="O40" s="99"/>
+      <c r="P40" s="99"/>
+      <c r="Q40" s="99"/>
+      <c r="R40" s="99"/>
+      <c r="S40" s="99"/>
+      <c r="T40" s="99"/>
+      <c r="U40" s="99"/>
+      <c r="V40" s="99"/>
+      <c r="W40" s="99"/>
+      <c r="X40" s="99"/>
+      <c r="Y40" s="99"/>
+      <c r="Z40" s="99"/>
+      <c r="AA40" s="99"/>
+      <c r="AB40" s="99"/>
+      <c r="AC40" s="99"/>
+      <c r="AD40" s="99"/>
+      <c r="AE40" s="99"/>
+      <c r="AF40" s="99"/>
+      <c r="AG40" s="99"/>
+      <c r="AH40" s="99"/>
+      <c r="AI40" s="99"/>
+      <c r="AJ40" s="99"/>
+      <c r="AK40" s="99"/>
+      <c r="AL40" s="99"/>
+      <c r="AM40" s="99"/>
+      <c r="AN40" s="53"/>
+    </row>
+    <row r="41" spans="3:40" s="2" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C41" s="41"/>
+      <c r="D41" s="92"/>
+      <c r="E41" s="92"/>
+      <c r="F41" s="92"/>
+      <c r="G41" s="92"/>
+      <c r="H41" s="46" t="s">
         <v>38</v>
       </c>
-      <c r="I41" s="133" t="s">
+      <c r="I41" s="125" t="s">
         <v>58</v>
       </c>
-      <c r="J41" s="133"/>
-[...344 lines deleted...]
-      <c r="D54" s="5"/>
+      <c r="J41" s="125"/>
+      <c r="K41" s="125"/>
+      <c r="L41" s="125"/>
+      <c r="M41" s="126"/>
+      <c r="N41" s="89"/>
+      <c r="O41" s="89"/>
+      <c r="P41" s="89"/>
+      <c r="Q41" s="89"/>
+      <c r="R41" s="89"/>
+      <c r="S41" s="89"/>
+      <c r="T41" s="89"/>
+      <c r="U41" s="89"/>
+      <c r="V41" s="89"/>
+      <c r="W41" s="89"/>
+      <c r="X41" s="89"/>
+      <c r="Y41" s="89"/>
+      <c r="Z41" s="89"/>
+      <c r="AA41" s="89"/>
+      <c r="AB41" s="89"/>
+      <c r="AC41" s="89"/>
+      <c r="AD41" s="89"/>
+      <c r="AE41" s="89"/>
+      <c r="AF41" s="89"/>
+      <c r="AG41" s="89"/>
+      <c r="AH41" s="89"/>
+      <c r="AI41" s="89"/>
+      <c r="AJ41" s="89"/>
+      <c r="AK41" s="89"/>
+      <c r="AL41" s="89"/>
+      <c r="AM41" s="89"/>
+      <c r="AN41" s="51"/>
+    </row>
+    <row r="42" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I42" s="7"/>
+    </row>
+    <row r="43" spans="3:40" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D43" s="6"/>
+      <c r="E43" s="6"/>
+      <c r="F43" s="6"/>
+      <c r="G43" s="6"/>
+      <c r="H43" s="6"/>
+      <c r="I43" s="6"/>
+      <c r="J43" s="6"/>
+      <c r="K43" s="6"/>
+      <c r="L43" s="6"/>
+      <c r="M43" s="6"/>
+      <c r="N43" s="6"/>
+      <c r="O43" s="6"/>
+      <c r="P43" s="6"/>
+      <c r="Q43" s="6"/>
+      <c r="R43" s="6"/>
+      <c r="S43" s="6"/>
+      <c r="T43" s="6"/>
+      <c r="U43" s="6"/>
+      <c r="V43" s="6"/>
+      <c r="W43" s="6"/>
+      <c r="X43" s="6"/>
+      <c r="Y43" s="6"/>
+      <c r="Z43" s="6"/>
+      <c r="AA43" s="6"/>
+      <c r="AB43" s="6"/>
+      <c r="AC43" s="6"/>
+      <c r="AD43" s="6"/>
+      <c r="AE43" s="6"/>
+      <c r="AF43" s="6"/>
+      <c r="AG43" s="6"/>
+      <c r="AH43" s="6"/>
+      <c r="AI43" s="6"/>
+      <c r="AJ43" s="6"/>
+      <c r="AK43" s="6"/>
+      <c r="AL43" s="6"/>
+      <c r="AM43" s="6"/>
+    </row>
+    <row r="44" spans="3:40" x14ac:dyDescent="0.2">
+      <c r="D44" s="3"/>
+    </row>
+    <row r="45" spans="3:40" x14ac:dyDescent="0.2">
+      <c r="D45" s="3"/>
+    </row>
+    <row r="46" spans="3:40" x14ac:dyDescent="0.2">
+      <c r="D46" s="3"/>
+    </row>
+    <row r="47" spans="3:40" x14ac:dyDescent="0.2">
+      <c r="D47" s="3"/>
+    </row>
+    <row r="48" spans="3:40" x14ac:dyDescent="0.2">
+      <c r="D48" s="3"/>
+      <c r="E48" s="3"/>
+      <c r="F48" s="3"/>
+      <c r="G48" s="3"/>
+      <c r="H48" s="3"/>
+      <c r="I48" s="3"/>
+      <c r="J48" s="3"/>
+      <c r="K48" s="3"/>
+      <c r="L48" s="3"/>
+      <c r="M48" s="3"/>
+      <c r="N48" s="3"/>
+      <c r="O48" s="3"/>
+      <c r="P48" s="3"/>
+      <c r="Q48" s="3"/>
+      <c r="R48" s="3"/>
+      <c r="S48" s="3"/>
+      <c r="T48" s="3"/>
+      <c r="U48" s="3"/>
+      <c r="V48" s="3"/>
+      <c r="W48" s="3"/>
+      <c r="X48" s="3"/>
+      <c r="Y48" s="3"/>
+      <c r="Z48" s="3"/>
+      <c r="AA48" s="3"/>
+      <c r="AB48" s="3"/>
+      <c r="AC48" s="3"/>
+      <c r="AD48" s="3"/>
+      <c r="AE48" s="3"/>
+      <c r="AF48" s="3"/>
+      <c r="AG48" s="3"/>
+      <c r="AH48" s="3"/>
+      <c r="AI48" s="3"/>
+      <c r="AJ48" s="3"/>
+      <c r="AK48" s="3"/>
+      <c r="AL48" s="3"/>
+    </row>
+    <row r="49" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D49" s="3"/>
+      <c r="E49" s="3"/>
+      <c r="F49" s="3"/>
+      <c r="G49" s="3"/>
+      <c r="H49" s="3"/>
+      <c r="I49" s="3"/>
+      <c r="J49" s="3"/>
+      <c r="K49" s="3"/>
+      <c r="L49" s="3"/>
+      <c r="M49" s="3"/>
+      <c r="N49" s="3"/>
+      <c r="O49" s="3"/>
+      <c r="P49" s="3"/>
+      <c r="Q49" s="3"/>
+      <c r="R49" s="3"/>
+      <c r="S49" s="3"/>
+      <c r="T49" s="3"/>
+      <c r="U49" s="3"/>
+      <c r="V49" s="3"/>
+      <c r="W49" s="3"/>
+      <c r="X49" s="3"/>
+      <c r="Y49" s="3"/>
+      <c r="Z49" s="3"/>
+      <c r="AA49" s="3"/>
+      <c r="AB49" s="3"/>
+      <c r="AC49" s="3"/>
+      <c r="AD49" s="3"/>
+      <c r="AE49" s="3"/>
+      <c r="AF49" s="3"/>
+      <c r="AG49" s="3"/>
+      <c r="AH49" s="3"/>
+      <c r="AI49" s="3"/>
+      <c r="AJ49" s="3"/>
+      <c r="AK49" s="3"/>
+      <c r="AL49" s="3"/>
+    </row>
+    <row r="50" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D50" s="3"/>
+      <c r="E50" s="3"/>
+      <c r="F50" s="3"/>
+      <c r="G50" s="3"/>
+      <c r="H50" s="3"/>
+      <c r="I50" s="3"/>
+      <c r="J50" s="3"/>
+      <c r="K50" s="3"/>
+      <c r="L50" s="3"/>
+      <c r="M50" s="3"/>
+      <c r="N50" s="3"/>
+      <c r="O50" s="3"/>
+      <c r="P50" s="3"/>
+      <c r="Q50" s="3"/>
+      <c r="R50" s="3"/>
+      <c r="S50" s="3"/>
+      <c r="T50" s="3"/>
+      <c r="U50" s="3"/>
+      <c r="V50" s="3"/>
+      <c r="W50" s="3"/>
+      <c r="X50" s="3"/>
+      <c r="Y50" s="3"/>
+      <c r="Z50" s="3"/>
+      <c r="AA50" s="3"/>
+      <c r="AB50" s="3"/>
+      <c r="AC50" s="3"/>
+      <c r="AD50" s="3"/>
+      <c r="AE50" s="3"/>
+      <c r="AF50" s="3"/>
+      <c r="AG50" s="3"/>
+      <c r="AH50" s="3"/>
+      <c r="AI50" s="3"/>
+      <c r="AJ50" s="3"/>
+      <c r="AK50" s="3"/>
+      <c r="AL50" s="3"/>
+    </row>
+    <row r="51" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D51" s="3"/>
+      <c r="E51" s="3"/>
+      <c r="F51" s="3"/>
+      <c r="G51" s="3"/>
+      <c r="H51" s="3"/>
+      <c r="I51" s="3"/>
+      <c r="J51" s="3"/>
+      <c r="K51" s="3"/>
+      <c r="L51" s="3"/>
+      <c r="M51" s="3"/>
+      <c r="N51" s="3"/>
+      <c r="O51" s="3"/>
+      <c r="P51" s="3"/>
+      <c r="Q51" s="3"/>
+      <c r="R51" s="3"/>
+      <c r="S51" s="3"/>
+      <c r="T51" s="3"/>
+      <c r="U51" s="3"/>
+      <c r="V51" s="3"/>
+      <c r="W51" s="3"/>
+      <c r="X51" s="3"/>
+      <c r="Y51" s="3"/>
+      <c r="Z51" s="3"/>
+      <c r="AA51" s="3"/>
+      <c r="AB51" s="3"/>
+      <c r="AC51" s="3"/>
+      <c r="AD51" s="3"/>
+      <c r="AE51" s="3"/>
+      <c r="AF51" s="3"/>
+      <c r="AG51" s="3"/>
+      <c r="AH51" s="3"/>
+      <c r="AI51" s="3"/>
+      <c r="AJ51" s="3"/>
+      <c r="AK51" s="3"/>
+      <c r="AL51" s="3"/>
+    </row>
+    <row r="52" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D52" s="3"/>
+      <c r="E52" s="3"/>
+      <c r="F52" s="3"/>
+      <c r="G52" s="3"/>
+      <c r="H52" s="3"/>
+      <c r="I52" s="3"/>
+      <c r="J52" s="3"/>
+      <c r="K52" s="3"/>
+      <c r="L52" s="3"/>
+      <c r="M52" s="3"/>
+      <c r="N52" s="3"/>
+      <c r="O52" s="3"/>
+      <c r="P52" s="3"/>
+      <c r="Q52" s="3"/>
+      <c r="R52" s="3"/>
+      <c r="S52" s="3"/>
+      <c r="T52" s="3"/>
+      <c r="U52" s="3"/>
+      <c r="V52" s="3"/>
+      <c r="W52" s="3"/>
+      <c r="X52" s="3"/>
+      <c r="Y52" s="3"/>
+      <c r="Z52" s="3"/>
+      <c r="AA52" s="3"/>
+      <c r="AB52" s="3"/>
+      <c r="AC52" s="3"/>
+      <c r="AD52" s="3"/>
+      <c r="AE52" s="3"/>
+      <c r="AF52" s="3"/>
+      <c r="AG52" s="3"/>
+      <c r="AH52" s="3"/>
+      <c r="AI52" s="3"/>
+      <c r="AJ52" s="3"/>
+      <c r="AK52" s="3"/>
+      <c r="AL52" s="3"/>
+    </row>
+    <row r="53" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D53" s="3"/>
+      <c r="E53" s="3"/>
+      <c r="F53" s="3"/>
+      <c r="G53" s="3"/>
+      <c r="H53" s="3"/>
+      <c r="I53" s="3"/>
+      <c r="J53" s="3"/>
+      <c r="K53" s="3"/>
+      <c r="L53" s="3"/>
+      <c r="M53" s="3"/>
+      <c r="N53" s="3"/>
+      <c r="O53" s="3"/>
+      <c r="P53" s="3"/>
+      <c r="Q53" s="3"/>
+      <c r="R53" s="3"/>
+      <c r="S53" s="3"/>
+      <c r="T53" s="3"/>
+      <c r="U53" s="3"/>
+      <c r="V53" s="3"/>
+      <c r="W53" s="3"/>
+      <c r="X53" s="3"/>
+      <c r="Y53" s="3"/>
+      <c r="Z53" s="3"/>
+      <c r="AA53" s="3"/>
+      <c r="AB53" s="3"/>
+      <c r="AC53" s="3"/>
+      <c r="AD53" s="3"/>
+      <c r="AE53" s="3"/>
+      <c r="AF53" s="3"/>
+      <c r="AG53" s="3"/>
+      <c r="AH53" s="3"/>
+      <c r="AI53" s="3"/>
+      <c r="AJ53" s="3"/>
+      <c r="AK53" s="3"/>
+      <c r="AL53" s="3"/>
+    </row>
+    <row r="54" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D54" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="59">
+    <mergeCell ref="AG25:AL25"/>
+    <mergeCell ref="I25:M26"/>
+    <mergeCell ref="I23:M23"/>
+    <mergeCell ref="I24:M24"/>
+    <mergeCell ref="Y25:AB25"/>
+    <mergeCell ref="Z15:AL15"/>
+    <mergeCell ref="F6:M6"/>
+    <mergeCell ref="Z18:AL18"/>
+    <mergeCell ref="Z17:AL17"/>
+    <mergeCell ref="AG23:AL23"/>
+    <mergeCell ref="I22:M22"/>
+    <mergeCell ref="I21:M21"/>
+    <mergeCell ref="I20:M20"/>
+    <mergeCell ref="N20:AF20"/>
+    <mergeCell ref="N21:AM21"/>
+    <mergeCell ref="Z16:AL16"/>
+    <mergeCell ref="H31:H32"/>
+    <mergeCell ref="I33:M33"/>
+    <mergeCell ref="D34:G41"/>
+    <mergeCell ref="D29:G33"/>
+    <mergeCell ref="I36:M36"/>
+    <mergeCell ref="I34:M34"/>
+    <mergeCell ref="I35:M35"/>
+    <mergeCell ref="I41:M41"/>
+    <mergeCell ref="I37:M37"/>
+    <mergeCell ref="I38:M38"/>
+    <mergeCell ref="D23:G28"/>
+    <mergeCell ref="H25:H26"/>
+    <mergeCell ref="I27:M27"/>
+    <mergeCell ref="I28:M28"/>
+    <mergeCell ref="Y23:AB23"/>
+    <mergeCell ref="O23:R23"/>
+    <mergeCell ref="O25:R25"/>
+    <mergeCell ref="I40:M40"/>
+    <mergeCell ref="Y30:AD30"/>
+    <mergeCell ref="N30:W30"/>
+    <mergeCell ref="N28:AM28"/>
+    <mergeCell ref="N29:AM29"/>
+    <mergeCell ref="AE30:AM30"/>
+    <mergeCell ref="I29:M29"/>
+    <mergeCell ref="N40:AM40"/>
+    <mergeCell ref="R33:S33"/>
+    <mergeCell ref="U33:V33"/>
     <mergeCell ref="N41:AM41"/>
     <mergeCell ref="B4:AO4"/>
     <mergeCell ref="AE13:AF13"/>
     <mergeCell ref="AH13:AI13"/>
     <mergeCell ref="AK13:AL13"/>
     <mergeCell ref="D20:G22"/>
     <mergeCell ref="N22:AM22"/>
     <mergeCell ref="N27:AM27"/>
     <mergeCell ref="N26:AM26"/>
     <mergeCell ref="N24:AF24"/>
     <mergeCell ref="X33:Y33"/>
     <mergeCell ref="N37:AM37"/>
     <mergeCell ref="N35:AM35"/>
     <mergeCell ref="N39:AM39"/>
     <mergeCell ref="I31:M32"/>
     <mergeCell ref="I39:M39"/>
-    <mergeCell ref="I40:M40"/>
-[...41 lines deleted...]
-    <mergeCell ref="Z16:AL16"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="2">
     <dataValidation imeMode="hiragana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AC15:AL17 N26:AM27 N29:AM29 N30:W30 AE30:AM30 N35:AM35 N37:AM37 N39:AM41 N21:AM21 N20:AF20 N24 AG24:AM24" xr:uid="{63EA6DE1-0553-48AE-912E-0475AB49D4C0}"/>
     <dataValidation imeMode="fullAlpha" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="R33:S33 AK13:AL13 AH13:AI13 AE13:AF13 U33:V33 X33:Y33 N28:AM28 N22:AM22 AC18:AL18" xr:uid="{8C9BDECD-4731-4979-B3C1-2589A30980F5}"/>
   </dataValidations>
   <pageMargins left="0.98425196850393704" right="0.19685039370078741" top="0.59055118110236227" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="98" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2057" r:id="rId4" name="Check Box 9">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>30</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
                     <xdr:row>31</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2058" r:id="rId5" name="Check Box 10">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>31</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>32</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2059" r:id="rId6" name="Check Box 11">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>30</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>31</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
@@ -8258,3338 +8011,3169 @@
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>27</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>31</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>29</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>32</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2062" r:id="rId9" name="Check Box 14">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>33</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>34</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2063" r:id="rId10" name="Check Box 15">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>33</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>34</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2068" r:id="rId11" name="Check Box 20">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>35</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>36</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2069" r:id="rId12" name="Check Box 21">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>35</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>36</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2070" r:id="rId13" name="Check Box 22">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>37</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2071" r:id="rId14" name="Check Box 23">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>37</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A46E7557-783B-4607-9306-09F7778F94C0}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AQ43"/>
+  <dimension ref="B1:AO43"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A8" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView view="pageBreakPreview" topLeftCell="A12" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.25" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="41" max="41" width="2.25" style="1" customWidth="1"/>
+    <col min="1" max="1" width="2.26953125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="1.08984375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="0.7265625" style="1" customWidth="1"/>
+    <col min="4" max="14" width="2.26953125" style="1" customWidth="1"/>
+    <col min="15" max="15" width="0.7265625" style="1" customWidth="1"/>
+    <col min="16" max="16" width="1.453125" style="1" customWidth="1"/>
+    <col min="17" max="39" width="2.26953125" style="1" customWidth="1"/>
+    <col min="40" max="40" width="0.7265625" style="1" customWidth="1"/>
+    <col min="41" max="41" width="2.26953125" style="1" customWidth="1"/>
     <col min="42" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:41" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2"/>
-[...22 lines deleted...]
-      <c r="B4" s="94" t="s">
+    <row r="1" spans="2:41" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:41" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="2"/>
+      <c r="AG2" s="131" t="s">
+        <v>81</v>
+      </c>
+      <c r="AH2" s="132"/>
+      <c r="AI2" s="132"/>
+      <c r="AJ2" s="132"/>
+      <c r="AK2" s="132"/>
+      <c r="AL2" s="132"/>
+      <c r="AM2" s="133"/>
+    </row>
+    <row r="3" spans="2:41" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="AG3" s="134"/>
+      <c r="AH3" s="135"/>
+      <c r="AI3" s="135"/>
+      <c r="AJ3" s="135"/>
+      <c r="AK3" s="135"/>
+      <c r="AL3" s="135"/>
+      <c r="AM3" s="136"/>
+    </row>
+    <row r="4" spans="2:41" ht="19.5" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="59" t="s">
         <v>74</v>
       </c>
-      <c r="C4" s="94"/>
-[...40 lines deleted...]
-    <row r="6" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C4" s="59"/>
+      <c r="D4" s="59"/>
+      <c r="E4" s="59"/>
+      <c r="F4" s="59"/>
+      <c r="G4" s="59"/>
+      <c r="H4" s="59"/>
+      <c r="I4" s="59"/>
+      <c r="J4" s="59"/>
+      <c r="K4" s="59"/>
+      <c r="L4" s="59"/>
+      <c r="M4" s="59"/>
+      <c r="N4" s="59"/>
+      <c r="O4" s="59"/>
+      <c r="P4" s="59"/>
+      <c r="Q4" s="59"/>
+      <c r="R4" s="59"/>
+      <c r="S4" s="59"/>
+      <c r="T4" s="59"/>
+      <c r="U4" s="59"/>
+      <c r="V4" s="59"/>
+      <c r="W4" s="59"/>
+      <c r="X4" s="59"/>
+      <c r="Y4" s="59"/>
+      <c r="Z4" s="59"/>
+      <c r="AA4" s="59"/>
+      <c r="AB4" s="59"/>
+      <c r="AC4" s="59"/>
+      <c r="AD4" s="59"/>
+      <c r="AE4" s="59"/>
+      <c r="AF4" s="59"/>
+      <c r="AG4" s="59"/>
+      <c r="AH4" s="59"/>
+      <c r="AI4" s="59"/>
+      <c r="AJ4" s="59"/>
+      <c r="AK4" s="59"/>
+      <c r="AL4" s="59"/>
+      <c r="AM4" s="59"/>
+      <c r="AN4" s="59"/>
+      <c r="AO4" s="59"/>
+    </row>
+    <row r="5" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AC6" s="1" t="s">
-        <v>108</v>
-[...4 lines deleted...]
-      <c r="AF6" s="146"/>
+        <v>107</v>
+      </c>
+      <c r="AE6" s="144" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF6" s="144"/>
       <c r="AG6" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="AH6" s="146" t="s">
-[...2 lines deleted...]
-      <c r="AI6" s="146"/>
+      <c r="AH6" s="144" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI6" s="144"/>
       <c r="AJ6" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="AK6" s="146" t="s">
-[...2 lines deleted...]
-      <c r="AL6" s="146"/>
+      <c r="AK6" s="144" t="s">
+        <v>87</v>
+      </c>
+      <c r="AL6" s="144"/>
       <c r="AM6" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.15"/>
-    <row r="8" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="7" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="8" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="1" t="s">
-        <v>113</v>
-[...11 lines deleted...]
-    <row r="12" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="9" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="10" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="11" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="12" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="W12" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="AE12" s="4"/>
-[...7 lines deleted...]
-    <row r="13" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+    </row>
+    <row r="13" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="W13" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="Z13" s="147" t="s">
-[...15 lines deleted...]
-    <row r="14" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="Z13" s="145" t="s">
+        <v>82</v>
+      </c>
+      <c r="AA13" s="145"/>
+      <c r="AB13" s="145"/>
+      <c r="AC13" s="145"/>
+      <c r="AD13" s="145"/>
+      <c r="AE13" s="145"/>
+      <c r="AF13" s="145"/>
+      <c r="AG13" s="145"/>
+      <c r="AH13" s="145"/>
+      <c r="AI13" s="145"/>
+      <c r="AJ13" s="145"/>
+      <c r="AK13" s="145"/>
+      <c r="AL13" s="145"/>
+    </row>
+    <row r="14" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="W14" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="Z14" s="147" t="s">
-[...30 lines deleted...]
-    <row r="16" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="Z14" s="145" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA14" s="145"/>
+      <c r="AB14" s="145"/>
+      <c r="AC14" s="145"/>
+      <c r="AD14" s="145"/>
+      <c r="AE14" s="145"/>
+      <c r="AF14" s="145"/>
+      <c r="AG14" s="145"/>
+      <c r="AH14" s="145"/>
+      <c r="AI14" s="145"/>
+      <c r="AJ14" s="145"/>
+      <c r="AK14" s="145"/>
+      <c r="AL14" s="145"/>
+    </row>
+    <row r="15" spans="2:41" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Z15" s="65"/>
+      <c r="AA15" s="65"/>
+      <c r="AB15" s="65"/>
+      <c r="AC15" s="65"/>
+      <c r="AD15" s="65"/>
+      <c r="AE15" s="65"/>
+      <c r="AF15" s="65"/>
+      <c r="AG15" s="65"/>
+      <c r="AH15" s="65"/>
+      <c r="AI15" s="65"/>
+      <c r="AJ15" s="65"/>
+      <c r="AK15" s="65"/>
+      <c r="AL15" s="65"/>
+    </row>
+    <row r="16" spans="2:41" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D16" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="17" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="D17" s="72" t="s">
+    <row r="17" spans="3:40" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D17" s="79" t="s">
         <v>80</v>
       </c>
-      <c r="E17" s="73"/>
-[...36 lines deleted...]
-      <c r="D18" s="96" t="s">
+      <c r="E17" s="80"/>
+      <c r="F17" s="80"/>
+      <c r="G17" s="80"/>
+      <c r="H17" s="80"/>
+      <c r="I17" s="80"/>
+      <c r="J17" s="80"/>
+      <c r="K17" s="80"/>
+      <c r="L17" s="80"/>
+      <c r="M17" s="80"/>
+      <c r="N17" s="80"/>
+      <c r="O17" s="80"/>
+      <c r="P17" s="80"/>
+      <c r="Q17" s="80"/>
+      <c r="R17" s="80"/>
+      <c r="S17" s="80"/>
+      <c r="T17" s="80"/>
+      <c r="U17" s="80"/>
+      <c r="V17" s="80"/>
+      <c r="W17" s="80"/>
+      <c r="X17" s="80"/>
+      <c r="Y17" s="80"/>
+      <c r="Z17" s="80"/>
+      <c r="AA17" s="80"/>
+      <c r="AB17" s="80"/>
+      <c r="AC17" s="80"/>
+      <c r="AD17" s="80"/>
+      <c r="AE17" s="80"/>
+      <c r="AF17" s="80"/>
+      <c r="AG17" s="80"/>
+      <c r="AH17" s="80"/>
+      <c r="AI17" s="80"/>
+      <c r="AJ17" s="80"/>
+    </row>
+    <row r="18" spans="3:40" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C18" s="29"/>
+      <c r="D18" s="61" t="s">
         <v>17</v>
       </c>
-      <c r="E18" s="96"/>
-[...5 lines deleted...]
-      <c r="K18" s="39" t="s">
+      <c r="E18" s="61"/>
+      <c r="F18" s="61"/>
+      <c r="G18" s="61"/>
+      <c r="H18" s="62"/>
+      <c r="I18" s="30"/>
+      <c r="J18" s="30"/>
+      <c r="K18" s="30" t="s">
         <v>19</v>
       </c>
-      <c r="L18" s="39"/>
-[...1 lines deleted...]
-      <c r="N18" s="148" t="s">
+      <c r="L18" s="30"/>
+      <c r="M18" s="30"/>
+      <c r="N18" s="143" t="s">
+        <v>84</v>
+      </c>
+      <c r="O18" s="143"/>
+      <c r="P18" s="143"/>
+      <c r="Q18" s="143"/>
+      <c r="R18" s="143"/>
+      <c r="S18" s="143"/>
+      <c r="T18" s="143"/>
+      <c r="U18" s="143"/>
+      <c r="V18" s="143"/>
+      <c r="W18" s="143"/>
+      <c r="X18" s="143"/>
+      <c r="Y18" s="143"/>
+      <c r="Z18" s="143"/>
+      <c r="AA18" s="143"/>
+      <c r="AB18" s="30" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC18" s="30"/>
+      <c r="AD18" s="30"/>
+      <c r="AE18" s="30"/>
+      <c r="AF18" s="30"/>
+      <c r="AG18" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH18" s="30"/>
+      <c r="AI18" s="30"/>
+      <c r="AJ18" s="30"/>
+      <c r="AK18" s="30"/>
+      <c r="AL18" s="30"/>
+      <c r="AM18" s="30"/>
+      <c r="AN18" s="31"/>
+    </row>
+    <row r="19" spans="3:40" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C19" s="32"/>
+      <c r="D19" s="63" t="s">
+        <v>18</v>
+      </c>
+      <c r="E19" s="63"/>
+      <c r="F19" s="63"/>
+      <c r="G19" s="63"/>
+      <c r="H19" s="64"/>
+      <c r="I19" s="19"/>
+      <c r="J19" s="19"/>
+      <c r="K19" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L19" s="19"/>
+      <c r="M19" s="19"/>
+      <c r="N19" s="87"/>
+      <c r="O19" s="87"/>
+      <c r="P19" s="87"/>
+      <c r="Q19" s="87"/>
+      <c r="R19" s="87"/>
+      <c r="S19" s="87"/>
+      <c r="T19" s="87"/>
+      <c r="U19" s="87"/>
+      <c r="V19" s="87"/>
+      <c r="W19" s="87"/>
+      <c r="X19" s="87"/>
+      <c r="Y19" s="87"/>
+      <c r="Z19" s="87"/>
+      <c r="AA19" s="87"/>
+      <c r="AB19" s="19" t="s">
+        <v>20</v>
+      </c>
+      <c r="AC19" s="19"/>
+      <c r="AD19" s="19"/>
+      <c r="AE19" s="19"/>
+      <c r="AF19" s="19"/>
+      <c r="AG19" s="19" t="s">
+        <v>21</v>
+      </c>
+      <c r="AH19" s="19"/>
+      <c r="AI19" s="19"/>
+      <c r="AJ19" s="19"/>
+      <c r="AK19" s="19"/>
+      <c r="AL19" s="19"/>
+      <c r="AM19" s="19"/>
+      <c r="AN19" s="33"/>
+    </row>
+    <row r="20" spans="3:40" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C20" s="34"/>
+      <c r="D20" s="81" t="s">
+        <v>9</v>
+      </c>
+      <c r="E20" s="81"/>
+      <c r="F20" s="81"/>
+      <c r="G20" s="81"/>
+      <c r="H20" s="82"/>
+      <c r="I20" s="140" t="s">
+        <v>82</v>
+      </c>
+      <c r="J20" s="140"/>
+      <c r="K20" s="140"/>
+      <c r="L20" s="140"/>
+      <c r="M20" s="140"/>
+      <c r="N20" s="140"/>
+      <c r="O20" s="140"/>
+      <c r="P20" s="140"/>
+      <c r="Q20" s="140"/>
+      <c r="R20" s="140"/>
+      <c r="S20" s="140"/>
+      <c r="T20" s="140"/>
+      <c r="U20" s="140"/>
+      <c r="V20" s="140"/>
+      <c r="W20" s="140"/>
+      <c r="X20" s="140"/>
+      <c r="Y20" s="140"/>
+      <c r="Z20" s="140"/>
+      <c r="AA20" s="140"/>
+      <c r="AB20" s="140"/>
+      <c r="AC20" s="140"/>
+      <c r="AD20" s="140"/>
+      <c r="AE20" s="140"/>
+      <c r="AF20" s="140"/>
+      <c r="AG20" s="140"/>
+      <c r="AH20" s="140"/>
+      <c r="AI20" s="140"/>
+      <c r="AJ20" s="140"/>
+      <c r="AK20" s="140"/>
+      <c r="AL20" s="140"/>
+      <c r="AM20" s="140"/>
+      <c r="AN20" s="35"/>
+    </row>
+    <row r="21" spans="3:40" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C21" s="34"/>
+      <c r="D21" s="83" t="s">
+        <v>73</v>
+      </c>
+      <c r="E21" s="83"/>
+      <c r="F21" s="83"/>
+      <c r="G21" s="83"/>
+      <c r="H21" s="84"/>
+      <c r="I21" s="20" t="s">
+        <v>10</v>
+      </c>
+      <c r="J21" s="141" t="s">
         <v>85</v>
       </c>
-      <c r="O18" s="148"/>
-[...134 lines deleted...]
-      <c r="I21" s="29" t="s">
+      <c r="K21" s="141"/>
+      <c r="L21" s="141"/>
+      <c r="M21" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="N21" s="21"/>
+      <c r="O21" s="21"/>
+      <c r="P21" s="21"/>
+      <c r="Q21" s="21"/>
+      <c r="R21" s="21"/>
+      <c r="S21" s="21"/>
+      <c r="T21" s="21"/>
+      <c r="U21" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="J21" s="149" t="s">
+      <c r="V21" s="141" t="s">
         <v>86</v>
       </c>
-      <c r="K21" s="149"/>
-[...11 lines deleted...]
-      <c r="U21" s="29" t="s">
+      <c r="W21" s="141"/>
+      <c r="X21" s="141"/>
+      <c r="Y21" s="141"/>
+      <c r="Z21" s="141"/>
+      <c r="AA21" s="21" t="s">
+        <v>13</v>
+      </c>
+      <c r="AB21" s="21"/>
+      <c r="AC21" s="21"/>
+      <c r="AD21" s="21"/>
+      <c r="AE21" s="21" t="s">
+        <v>2</v>
+      </c>
+      <c r="AF21" s="141" t="s">
+        <v>94</v>
+      </c>
+      <c r="AG21" s="141"/>
+      <c r="AH21" s="141"/>
+      <c r="AI21" s="141"/>
+      <c r="AJ21" s="141"/>
+      <c r="AK21" s="141"/>
+      <c r="AL21" s="21" t="s">
+        <v>4</v>
+      </c>
+      <c r="AM21" s="21"/>
+      <c r="AN21" s="35"/>
+    </row>
+    <row r="22" spans="3:40" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C22" s="27"/>
+      <c r="D22" s="85"/>
+      <c r="E22" s="85"/>
+      <c r="F22" s="85"/>
+      <c r="G22" s="85"/>
+      <c r="H22" s="86"/>
+      <c r="I22" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="V21" s="149" t="s">
+      <c r="J22" s="142" t="s">
+        <v>85</v>
+      </c>
+      <c r="K22" s="142"/>
+      <c r="L22" s="142"/>
+      <c r="M22" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="U22" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="V22" s="142" t="s">
         <v>87</v>
       </c>
-      <c r="W21" s="149"/>
-[...3 lines deleted...]
-      <c r="AA21" s="30" t="s">
+      <c r="W22" s="142"/>
+      <c r="X22" s="142"/>
+      <c r="Y22" s="142"/>
+      <c r="Z22" s="142"/>
+      <c r="AA22" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="AB21" s="30"/>
-[...2 lines deleted...]
-      <c r="AE21" s="30" t="s">
+      <c r="AE22" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="AF21" s="149" t="s">
+      <c r="AF22" s="142" t="s">
         <v>95</v>
       </c>
-      <c r="AG21" s="149"/>
-[...4 lines deleted...]
-      <c r="AL21" s="30" t="s">
+      <c r="AG22" s="142"/>
+      <c r="AH22" s="142"/>
+      <c r="AI22" s="142"/>
+      <c r="AJ22" s="142"/>
+      <c r="AK22" s="142"/>
+      <c r="AL22" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="AM21" s="30"/>
-[...62 lines deleted...]
-      <c r="D23" s="86" t="s">
+      <c r="AN22" s="28"/>
+    </row>
+    <row r="23" spans="3:40" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C23" s="27"/>
+      <c r="D23" s="71" t="s">
         <v>5</v>
       </c>
-      <c r="E23" s="86"/>
-[...40 lines deleted...]
-      <c r="D24" s="89" t="s">
+      <c r="E23" s="71"/>
+      <c r="F23" s="71"/>
+      <c r="G23" s="71"/>
+      <c r="H23" s="72"/>
+      <c r="I23" s="137" t="s">
+        <v>93</v>
+      </c>
+      <c r="J23" s="138"/>
+      <c r="K23" s="138"/>
+      <c r="L23" s="138"/>
+      <c r="M23" s="138"/>
+      <c r="N23" s="138"/>
+      <c r="O23" s="138"/>
+      <c r="P23" s="138"/>
+      <c r="Q23" s="138"/>
+      <c r="R23" s="138"/>
+      <c r="S23" s="138"/>
+      <c r="T23" s="138"/>
+      <c r="U23" s="138"/>
+      <c r="V23" s="138"/>
+      <c r="W23" s="138"/>
+      <c r="X23" s="138"/>
+      <c r="Y23" s="138"/>
+      <c r="Z23" s="138"/>
+      <c r="AA23" s="138"/>
+      <c r="AB23" s="138"/>
+      <c r="AC23" s="138"/>
+      <c r="AD23" s="138"/>
+      <c r="AN23" s="28"/>
+    </row>
+    <row r="24" spans="3:40" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C24" s="25"/>
+      <c r="D24" s="74" t="s">
         <v>14</v>
       </c>
-      <c r="E24" s="89"/>
-[...40 lines deleted...]
-      <c r="D26" s="32" t="s">
+      <c r="E24" s="74"/>
+      <c r="F24" s="74"/>
+      <c r="G24" s="74"/>
+      <c r="H24" s="75"/>
+      <c r="I24" s="139" t="s">
+        <v>103</v>
+      </c>
+      <c r="J24" s="139"/>
+      <c r="K24" s="139"/>
+      <c r="L24" s="139"/>
+      <c r="M24" s="139"/>
+      <c r="N24" s="139"/>
+      <c r="O24" s="139"/>
+      <c r="P24" s="139"/>
+      <c r="Q24" s="139"/>
+      <c r="R24" s="139"/>
+      <c r="S24" s="139"/>
+      <c r="T24" s="139"/>
+      <c r="U24" s="139"/>
+      <c r="V24" s="139"/>
+      <c r="W24" s="139"/>
+      <c r="X24" s="139"/>
+      <c r="Y24" s="139"/>
+      <c r="Z24" s="139"/>
+      <c r="AA24" s="139"/>
+      <c r="AB24" s="139"/>
+      <c r="AC24" s="139"/>
+      <c r="AD24" s="139"/>
+      <c r="AE24" s="139"/>
+      <c r="AF24" s="139"/>
+      <c r="AG24" s="139"/>
+      <c r="AH24" s="139"/>
+      <c r="AI24" s="139"/>
+      <c r="AJ24" s="139"/>
+      <c r="AK24" s="139"/>
+      <c r="AL24" s="139"/>
+      <c r="AM24" s="139"/>
+      <c r="AN24" s="26"/>
+    </row>
+    <row r="26" spans="3:40" x14ac:dyDescent="0.2">
+      <c r="C26" s="22"/>
+      <c r="D26" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="E26" s="7"/>
-[...38 lines deleted...]
-      <c r="D27" s="70" t="s">
+      <c r="E26" s="5"/>
+      <c r="F26" s="5"/>
+      <c r="G26" s="5"/>
+      <c r="H26" s="5"/>
+      <c r="I26" s="5"/>
+      <c r="J26" s="5"/>
+      <c r="K26" s="5"/>
+      <c r="L26" s="5"/>
+      <c r="M26" s="5"/>
+      <c r="N26" s="5"/>
+      <c r="O26" s="5"/>
+      <c r="P26" s="5"/>
+      <c r="Q26" s="5"/>
+      <c r="R26" s="5"/>
+      <c r="S26" s="5"/>
+      <c r="T26" s="5"/>
+      <c r="U26" s="5"/>
+      <c r="V26" s="5"/>
+      <c r="W26" s="5"/>
+      <c r="X26" s="5"/>
+      <c r="Y26" s="5"/>
+      <c r="Z26" s="5"/>
+      <c r="AA26" s="5"/>
+      <c r="AB26" s="5"/>
+      <c r="AC26" s="5"/>
+      <c r="AD26" s="5"/>
+      <c r="AE26" s="5"/>
+      <c r="AF26" s="5"/>
+      <c r="AG26" s="5"/>
+      <c r="AH26" s="5"/>
+      <c r="AI26" s="5"/>
+      <c r="AJ26" s="5"/>
+      <c r="AK26" s="5"/>
+      <c r="AL26" s="5"/>
+      <c r="AM26" s="5"/>
+      <c r="AN26" s="24"/>
+    </row>
+    <row r="27" spans="3:40" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C27" s="27"/>
+      <c r="D27" s="57" t="s">
+        <v>89</v>
+      </c>
+      <c r="E27" s="56"/>
+      <c r="F27" s="56"/>
+      <c r="G27" s="56"/>
+      <c r="H27" s="56"/>
+      <c r="I27" s="56"/>
+      <c r="J27" s="56"/>
+      <c r="K27" s="56"/>
+      <c r="L27" s="56"/>
+      <c r="M27" s="56"/>
+      <c r="N27" s="56"/>
+      <c r="O27" s="56"/>
+      <c r="P27" s="56"/>
+      <c r="Q27" s="56"/>
+      <c r="R27" s="56"/>
+      <c r="S27" s="56"/>
+      <c r="T27" s="56"/>
+      <c r="U27" s="56"/>
+      <c r="V27" s="56"/>
+      <c r="W27" s="56"/>
+      <c r="X27" s="56"/>
+      <c r="Y27" s="56"/>
+      <c r="Z27" s="56"/>
+      <c r="AA27" s="56"/>
+      <c r="AB27" s="56"/>
+      <c r="AC27" s="56"/>
+      <c r="AD27" s="56"/>
+      <c r="AE27" s="56"/>
+      <c r="AF27" s="56"/>
+      <c r="AG27" s="56"/>
+      <c r="AH27" s="56"/>
+      <c r="AI27" s="56"/>
+      <c r="AJ27" s="56"/>
+      <c r="AK27" s="56"/>
+      <c r="AL27" s="56"/>
+      <c r="AM27" s="56"/>
+      <c r="AN27" s="28"/>
+    </row>
+    <row r="28" spans="3:40" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C28" s="27"/>
+      <c r="D28" s="57" t="s">
         <v>90</v>
       </c>
-      <c r="E27" s="69"/>
-[...120 lines deleted...]
-      <c r="D30" s="25" t="s">
+      <c r="E28" s="56"/>
+      <c r="F28" s="56"/>
+      <c r="G28" s="56"/>
+      <c r="H28" s="56"/>
+      <c r="I28" s="56"/>
+      <c r="J28" s="56"/>
+      <c r="K28" s="56"/>
+      <c r="L28" s="56"/>
+      <c r="M28" s="56"/>
+      <c r="N28" s="56"/>
+      <c r="O28" s="56"/>
+      <c r="P28" s="56"/>
+      <c r="Q28" s="56"/>
+      <c r="R28" s="56"/>
+      <c r="S28" s="56"/>
+      <c r="T28" s="56"/>
+      <c r="U28" s="56"/>
+      <c r="V28" s="56"/>
+      <c r="W28" s="56"/>
+      <c r="X28" s="56"/>
+      <c r="Y28" s="56"/>
+      <c r="Z28" s="56"/>
+      <c r="AA28" s="56"/>
+      <c r="AB28" s="56"/>
+      <c r="AC28" s="56"/>
+      <c r="AD28" s="56"/>
+      <c r="AE28" s="56"/>
+      <c r="AF28" s="56"/>
+      <c r="AG28" s="56"/>
+      <c r="AH28" s="56"/>
+      <c r="AI28" s="56"/>
+      <c r="AJ28" s="56"/>
+      <c r="AK28" s="56"/>
+      <c r="AL28" s="56"/>
+      <c r="AM28" s="56"/>
+      <c r="AN28" s="28"/>
+    </row>
+    <row r="29" spans="3:40" ht="93.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C29" s="27"/>
+      <c r="D29" s="56"/>
+      <c r="E29" s="56"/>
+      <c r="F29" s="56"/>
+      <c r="G29" s="56"/>
+      <c r="H29" s="56"/>
+      <c r="I29" s="56"/>
+      <c r="J29" s="56"/>
+      <c r="K29" s="56"/>
+      <c r="L29" s="56"/>
+      <c r="M29" s="56"/>
+      <c r="N29" s="56"/>
+      <c r="O29" s="56"/>
+      <c r="P29" s="56"/>
+      <c r="Q29" s="56"/>
+      <c r="R29" s="56"/>
+      <c r="S29" s="56"/>
+      <c r="T29" s="56"/>
+      <c r="U29" s="56"/>
+      <c r="V29" s="56"/>
+      <c r="W29" s="56"/>
+      <c r="X29" s="56"/>
+      <c r="Y29" s="56"/>
+      <c r="Z29" s="56"/>
+      <c r="AA29" s="56"/>
+      <c r="AB29" s="56"/>
+      <c r="AC29" s="56"/>
+      <c r="AD29" s="56"/>
+      <c r="AE29" s="56"/>
+      <c r="AF29" s="56"/>
+      <c r="AG29" s="56"/>
+      <c r="AH29" s="56"/>
+      <c r="AI29" s="56"/>
+      <c r="AJ29" s="56"/>
+      <c r="AK29" s="56"/>
+      <c r="AL29" s="56"/>
+      <c r="AM29" s="56"/>
+      <c r="AN29" s="28"/>
+    </row>
+    <row r="30" spans="3:40" x14ac:dyDescent="0.2">
+      <c r="C30" s="34"/>
+      <c r="D30" s="18" t="s">
         <v>16</v>
       </c>
-      <c r="E30" s="30"/>
-[...16 lines deleted...]
-      <c r="V30" s="22" t="s">
+      <c r="E30" s="21"/>
+      <c r="F30" s="21"/>
+      <c r="G30" s="21"/>
+      <c r="H30" s="21"/>
+      <c r="I30" s="21"/>
+      <c r="J30" s="21"/>
+      <c r="K30" s="21"/>
+      <c r="L30" s="21"/>
+      <c r="M30" s="21"/>
+      <c r="N30" s="21"/>
+      <c r="O30" s="21"/>
+      <c r="P30" s="21"/>
+      <c r="Q30" s="21"/>
+      <c r="R30" s="21"/>
+      <c r="S30" s="21"/>
+      <c r="T30" s="21"/>
+      <c r="U30" s="21"/>
+      <c r="V30" s="16" t="s">
         <v>75</v>
       </c>
-      <c r="W30" s="30"/>
-[...99 lines deleted...]
-      <c r="D33" s="5" t="s">
+      <c r="W30" s="21"/>
+      <c r="X30" s="21"/>
+      <c r="Y30" s="21"/>
+      <c r="Z30" s="21"/>
+      <c r="AA30" s="21"/>
+      <c r="AB30" s="21"/>
+      <c r="AC30" s="21"/>
+      <c r="AD30" s="21"/>
+      <c r="AE30" s="21"/>
+      <c r="AF30" s="21"/>
+      <c r="AG30" s="21"/>
+      <c r="AH30" s="21"/>
+      <c r="AI30" s="21"/>
+      <c r="AJ30" s="21"/>
+      <c r="AK30" s="21"/>
+      <c r="AL30" s="21"/>
+      <c r="AM30" s="21"/>
+      <c r="AN30" s="35"/>
+    </row>
+    <row r="31" spans="3:40" ht="80.150000000000006" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C31" s="25"/>
+      <c r="D31" s="68"/>
+      <c r="E31" s="68"/>
+      <c r="F31" s="68"/>
+      <c r="G31" s="68"/>
+      <c r="H31" s="68"/>
+      <c r="I31" s="68"/>
+      <c r="J31" s="68"/>
+      <c r="K31" s="68"/>
+      <c r="L31" s="68"/>
+      <c r="M31" s="68"/>
+      <c r="N31" s="68"/>
+      <c r="O31" s="68"/>
+      <c r="P31" s="68"/>
+      <c r="Q31" s="68"/>
+      <c r="R31" s="68"/>
+      <c r="S31" s="68"/>
+      <c r="T31" s="68"/>
+      <c r="U31" s="68"/>
+      <c r="V31" s="67"/>
+      <c r="W31" s="68"/>
+      <c r="X31" s="68"/>
+      <c r="Y31" s="68"/>
+      <c r="Z31" s="68"/>
+      <c r="AA31" s="68"/>
+      <c r="AB31" s="68"/>
+      <c r="AC31" s="68"/>
+      <c r="AD31" s="68"/>
+      <c r="AE31" s="68"/>
+      <c r="AF31" s="68"/>
+      <c r="AG31" s="68"/>
+      <c r="AH31" s="68"/>
+      <c r="AI31" s="68"/>
+      <c r="AJ31" s="68"/>
+      <c r="AK31" s="68"/>
+      <c r="AL31" s="68"/>
+      <c r="AM31" s="68"/>
+      <c r="AN31" s="26"/>
+    </row>
+    <row r="32" spans="3:40" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D32" s="9"/>
+      <c r="E32" s="9"/>
+      <c r="F32" s="9"/>
+      <c r="G32" s="9"/>
+      <c r="H32" s="9"/>
+      <c r="I32" s="9"/>
+      <c r="J32" s="9"/>
+      <c r="K32" s="9"/>
+      <c r="L32" s="9"/>
+      <c r="M32" s="9"/>
+      <c r="N32" s="9"/>
+      <c r="O32" s="9"/>
+      <c r="P32" s="9"/>
+      <c r="Q32" s="9"/>
+      <c r="R32" s="9"/>
+      <c r="S32" s="9"/>
+      <c r="T32" s="9"/>
+      <c r="U32" s="9"/>
+      <c r="V32" s="9"/>
+      <c r="W32" s="9"/>
+      <c r="X32" s="9"/>
+      <c r="Y32" s="9"/>
+      <c r="Z32" s="9"/>
+      <c r="AA32" s="9"/>
+      <c r="AB32" s="9"/>
+      <c r="AC32" s="9"/>
+      <c r="AD32" s="9"/>
+      <c r="AE32" s="9"/>
+      <c r="AF32" s="9"/>
+      <c r="AG32" s="9"/>
+      <c r="AH32" s="9"/>
+      <c r="AI32" s="9"/>
+      <c r="AJ32" s="9"/>
+      <c r="AK32" s="9"/>
+      <c r="AL32" s="9"/>
+      <c r="AM32" s="9"/>
+    </row>
+    <row r="33" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D33" s="3" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="34" spans="4:38" x14ac:dyDescent="0.15">
-      <c r="D34" s="5" t="s">
+    <row r="34" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D34" s="3" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="35" spans="4:38" x14ac:dyDescent="0.15">
-      <c r="D35" s="5" t="s">
+    <row r="35" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D35" s="3" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="36" spans="4:38" x14ac:dyDescent="0.15">
-      <c r="D36" s="5" t="s">
+    <row r="36" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D36" s="3" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="37" spans="4:38" x14ac:dyDescent="0.15">
-[...1 lines deleted...]
-      <c r="E37" s="5" t="s">
+    <row r="37" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D37" s="3"/>
+      <c r="E37" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="F37" s="5"/>
-[...35 lines deleted...]
-      <c r="E38" s="5" t="s">
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="H37" s="3"/>
+      <c r="I37" s="3"/>
+      <c r="J37" s="3"/>
+      <c r="K37" s="3"/>
+      <c r="L37" s="3"/>
+      <c r="M37" s="3"/>
+      <c r="N37" s="3"/>
+      <c r="O37" s="3"/>
+      <c r="P37" s="3"/>
+      <c r="Q37" s="3"/>
+      <c r="R37" s="3"/>
+      <c r="S37" s="3"/>
+      <c r="T37" s="3"/>
+      <c r="U37" s="3"/>
+      <c r="V37" s="3"/>
+      <c r="W37" s="3"/>
+      <c r="X37" s="3"/>
+      <c r="Y37" s="3"/>
+      <c r="Z37" s="3"/>
+      <c r="AA37" s="3"/>
+      <c r="AB37" s="3"/>
+      <c r="AC37" s="3"/>
+      <c r="AD37" s="3"/>
+      <c r="AE37" s="3"/>
+      <c r="AF37" s="3"/>
+      <c r="AG37" s="3"/>
+      <c r="AH37" s="3"/>
+      <c r="AI37" s="3"/>
+      <c r="AJ37" s="3"/>
+      <c r="AK37" s="3"/>
+      <c r="AL37" s="3"/>
+    </row>
+    <row r="38" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D38" s="3"/>
+      <c r="E38" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="F38" s="5"/>
-[...35 lines deleted...]
-      <c r="E39" s="5" t="s">
+      <c r="F38" s="3"/>
+      <c r="G38" s="3"/>
+      <c r="H38" s="3"/>
+      <c r="I38" s="3"/>
+      <c r="J38" s="3"/>
+      <c r="K38" s="3"/>
+      <c r="L38" s="3"/>
+      <c r="M38" s="3"/>
+      <c r="N38" s="3"/>
+      <c r="O38" s="3"/>
+      <c r="P38" s="3"/>
+      <c r="Q38" s="3"/>
+      <c r="R38" s="3"/>
+      <c r="S38" s="3"/>
+      <c r="T38" s="3"/>
+      <c r="U38" s="3"/>
+      <c r="V38" s="3"/>
+      <c r="W38" s="3"/>
+      <c r="X38" s="3"/>
+      <c r="Y38" s="3"/>
+      <c r="Z38" s="3"/>
+      <c r="AA38" s="3"/>
+      <c r="AB38" s="3"/>
+      <c r="AC38" s="3"/>
+      <c r="AD38" s="3"/>
+      <c r="AE38" s="3"/>
+      <c r="AF38" s="3"/>
+      <c r="AG38" s="3"/>
+      <c r="AH38" s="3"/>
+      <c r="AI38" s="3"/>
+      <c r="AJ38" s="3"/>
+      <c r="AK38" s="3"/>
+      <c r="AL38" s="3"/>
+    </row>
+    <row r="39" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D39" s="3"/>
+      <c r="E39" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="F39" s="5"/>
-[...35 lines deleted...]
-      <c r="E40" s="5" t="s">
+      <c r="F39" s="3"/>
+      <c r="G39" s="3"/>
+      <c r="H39" s="3"/>
+      <c r="I39" s="3"/>
+      <c r="J39" s="3"/>
+      <c r="K39" s="3"/>
+      <c r="L39" s="3"/>
+      <c r="M39" s="3"/>
+      <c r="N39" s="3"/>
+      <c r="O39" s="3"/>
+      <c r="P39" s="3"/>
+      <c r="Q39" s="3"/>
+      <c r="R39" s="3"/>
+      <c r="S39" s="3"/>
+      <c r="T39" s="3"/>
+      <c r="U39" s="3"/>
+      <c r="V39" s="3"/>
+      <c r="W39" s="3"/>
+      <c r="X39" s="3"/>
+      <c r="Y39" s="3"/>
+      <c r="Z39" s="3"/>
+      <c r="AA39" s="3"/>
+      <c r="AB39" s="3"/>
+      <c r="AC39" s="3"/>
+      <c r="AD39" s="3"/>
+      <c r="AE39" s="3"/>
+      <c r="AF39" s="3"/>
+      <c r="AG39" s="3"/>
+      <c r="AH39" s="3"/>
+      <c r="AI39" s="3"/>
+      <c r="AJ39" s="3"/>
+      <c r="AK39" s="3"/>
+      <c r="AL39" s="3"/>
+    </row>
+    <row r="40" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D40" s="3"/>
+      <c r="E40" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="F40" s="5"/>
-[...34 lines deleted...]
-      <c r="D41" s="5" t="s">
+      <c r="F40" s="3"/>
+      <c r="G40" s="3"/>
+      <c r="H40" s="3"/>
+      <c r="I40" s="3"/>
+      <c r="J40" s="3"/>
+      <c r="K40" s="3"/>
+      <c r="L40" s="3"/>
+      <c r="M40" s="3"/>
+      <c r="N40" s="3"/>
+      <c r="O40" s="3"/>
+      <c r="P40" s="3"/>
+      <c r="Q40" s="3"/>
+      <c r="R40" s="3"/>
+      <c r="S40" s="3"/>
+      <c r="T40" s="3"/>
+      <c r="U40" s="3"/>
+      <c r="V40" s="3"/>
+      <c r="W40" s="3"/>
+      <c r="X40" s="3"/>
+      <c r="Y40" s="3"/>
+      <c r="Z40" s="3"/>
+      <c r="AA40" s="3"/>
+      <c r="AB40" s="3"/>
+      <c r="AC40" s="3"/>
+      <c r="AD40" s="3"/>
+      <c r="AE40" s="3"/>
+      <c r="AF40" s="3"/>
+      <c r="AG40" s="3"/>
+      <c r="AH40" s="3"/>
+      <c r="AI40" s="3"/>
+      <c r="AJ40" s="3"/>
+      <c r="AK40" s="3"/>
+      <c r="AL40" s="3"/>
+    </row>
+    <row r="41" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D41" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="E41" s="5"/>
-[...35 lines deleted...]
-      <c r="D42" s="5" t="s">
+      <c r="E41" s="3"/>
+      <c r="F41" s="3"/>
+      <c r="G41" s="3"/>
+      <c r="H41" s="3"/>
+      <c r="I41" s="3"/>
+      <c r="J41" s="3"/>
+      <c r="K41" s="3"/>
+      <c r="L41" s="3"/>
+      <c r="M41" s="3"/>
+      <c r="N41" s="3"/>
+      <c r="O41" s="3"/>
+      <c r="P41" s="3"/>
+      <c r="Q41" s="3"/>
+      <c r="R41" s="3"/>
+      <c r="S41" s="3"/>
+      <c r="T41" s="3"/>
+      <c r="U41" s="3"/>
+      <c r="V41" s="3"/>
+      <c r="W41" s="3"/>
+      <c r="X41" s="3"/>
+      <c r="Y41" s="3"/>
+      <c r="Z41" s="3"/>
+      <c r="AA41" s="3"/>
+      <c r="AB41" s="3"/>
+      <c r="AC41" s="3"/>
+      <c r="AD41" s="3"/>
+      <c r="AE41" s="3"/>
+      <c r="AF41" s="3"/>
+      <c r="AG41" s="3"/>
+      <c r="AH41" s="3"/>
+      <c r="AI41" s="3"/>
+      <c r="AJ41" s="3"/>
+      <c r="AK41" s="3"/>
+      <c r="AL41" s="3"/>
+    </row>
+    <row r="42" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D42" s="3" t="s">
         <v>79</v>
       </c>
-      <c r="F42" s="5"/>
-[...34 lines deleted...]
-      <c r="D43" s="5"/>
+      <c r="F42" s="3"/>
+      <c r="G42" s="3"/>
+      <c r="H42" s="3"/>
+      <c r="I42" s="3"/>
+      <c r="J42" s="3"/>
+      <c r="K42" s="3"/>
+      <c r="L42" s="3"/>
+      <c r="M42" s="3"/>
+      <c r="N42" s="3"/>
+      <c r="O42" s="3"/>
+      <c r="P42" s="3"/>
+      <c r="Q42" s="3"/>
+      <c r="R42" s="3"/>
+      <c r="S42" s="3"/>
+      <c r="T42" s="3"/>
+      <c r="U42" s="3"/>
+      <c r="V42" s="3"/>
+      <c r="W42" s="3"/>
+      <c r="X42" s="3"/>
+      <c r="Y42" s="3"/>
+      <c r="Z42" s="3"/>
+      <c r="AA42" s="3"/>
+      <c r="AB42" s="3"/>
+      <c r="AC42" s="3"/>
+      <c r="AD42" s="3"/>
+      <c r="AE42" s="3"/>
+      <c r="AF42" s="3"/>
+      <c r="AG42" s="3"/>
+      <c r="AH42" s="3"/>
+      <c r="AI42" s="3"/>
+      <c r="AJ42" s="3"/>
+      <c r="AK42" s="3"/>
+      <c r="AL42" s="3"/>
+    </row>
+    <row r="43" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D43" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="28">
-    <mergeCell ref="AG2:AM3"/>
-[...3 lines deleted...]
-    <mergeCell ref="I24:AM24"/>
+    <mergeCell ref="Z14:AL14"/>
     <mergeCell ref="D31:U31"/>
     <mergeCell ref="V31:AM31"/>
     <mergeCell ref="D20:H20"/>
     <mergeCell ref="I20:AM20"/>
     <mergeCell ref="D21:H22"/>
     <mergeCell ref="J21:L21"/>
     <mergeCell ref="V21:Z21"/>
     <mergeCell ref="AF21:AK21"/>
     <mergeCell ref="J22:L22"/>
     <mergeCell ref="V22:Z22"/>
     <mergeCell ref="AF22:AK22"/>
+    <mergeCell ref="AG2:AM3"/>
+    <mergeCell ref="D23:H23"/>
+    <mergeCell ref="I23:AD23"/>
+    <mergeCell ref="D24:H24"/>
+    <mergeCell ref="I24:AM24"/>
     <mergeCell ref="Z15:AL15"/>
     <mergeCell ref="D17:AJ17"/>
     <mergeCell ref="D18:H18"/>
     <mergeCell ref="N18:AA18"/>
     <mergeCell ref="D19:H19"/>
     <mergeCell ref="N19:AA19"/>
     <mergeCell ref="B4:AO4"/>
     <mergeCell ref="AE6:AF6"/>
     <mergeCell ref="AH6:AI6"/>
     <mergeCell ref="AK6:AL6"/>
     <mergeCell ref="Z13:AL13"/>
-    <mergeCell ref="Z14:AL14"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="2">
     <dataValidation imeMode="fullAlpha" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AE6:AF6 AF21:AK22 AT24 AK6:AL6 AH6:AI6" xr:uid="{AAA941BE-38F8-44FD-8878-630D6A4A6505}"/>
     <dataValidation imeMode="hiragana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Z13:AL15 D31:AM31 D27:AM29 J21:L22 V21:Z22 N18:AA19 I20:AM20 AE23:AL24 J24:AD24" xr:uid="{A0370299-A2F0-43AE-8BD3-B5E91C164702}"/>
   </dataValidations>
   <pageMargins left="0.98425196850393704" right="0.19685039370078741" top="0.59055118110236227" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="97" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5121" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>76200</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5122" r:id="rId5" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>76200</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>32</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5123" r:id="rId6" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>76200</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5124" r:id="rId7" name="Check Box 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>30</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>76200</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>32</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2A5AB75D-BC11-432A-910F-AAE19EBE58B3}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AQ57"/>
+  <dimension ref="B1:AO57"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A32" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView view="pageBreakPreview" topLeftCell="A9" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="2.25" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="41" max="41" width="2.25" style="1" customWidth="1"/>
+    <col min="1" max="1" width="2.26953125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="1.08984375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="0.7265625" style="1" customWidth="1"/>
+    <col min="4" max="14" width="2.26953125" style="1" customWidth="1"/>
+    <col min="15" max="15" width="0.7265625" style="1" customWidth="1"/>
+    <col min="16" max="16" width="1.453125" style="1" customWidth="1"/>
+    <col min="17" max="39" width="2.26953125" style="1" customWidth="1"/>
+    <col min="40" max="40" width="0.7265625" style="1" customWidth="1"/>
+    <col min="41" max="41" width="2.26953125" style="1" customWidth="1"/>
     <col min="42" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:41" ht="6.75" customHeight="1" x14ac:dyDescent="0.15"/>
-[...7 lines deleted...]
-      <c r="B4" s="94" t="s">
+    <row r="1" spans="2:41" ht="6.75" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="2:41" x14ac:dyDescent="0.2">
+      <c r="B2" s="2"/>
+    </row>
+    <row r="3" spans="2:41" x14ac:dyDescent="0.2">
+      <c r="B3" s="2"/>
+    </row>
+    <row r="4" spans="2:41" ht="19" x14ac:dyDescent="0.2">
+      <c r="B4" s="59" t="s">
         <v>72</v>
       </c>
-      <c r="C4" s="94"/>
-[...41 lines deleted...]
-      <c r="E6" s="3" t="s">
+      <c r="C4" s="59"/>
+      <c r="D4" s="59"/>
+      <c r="E4" s="59"/>
+      <c r="F4" s="59"/>
+      <c r="G4" s="59"/>
+      <c r="H4" s="59"/>
+      <c r="I4" s="59"/>
+      <c r="J4" s="59"/>
+      <c r="K4" s="59"/>
+      <c r="L4" s="59"/>
+      <c r="M4" s="59"/>
+      <c r="N4" s="59"/>
+      <c r="O4" s="59"/>
+      <c r="P4" s="59"/>
+      <c r="Q4" s="59"/>
+      <c r="R4" s="59"/>
+      <c r="S4" s="59"/>
+      <c r="T4" s="59"/>
+      <c r="U4" s="59"/>
+      <c r="V4" s="59"/>
+      <c r="W4" s="59"/>
+      <c r="X4" s="59"/>
+      <c r="Y4" s="59"/>
+      <c r="Z4" s="59"/>
+      <c r="AA4" s="59"/>
+      <c r="AB4" s="59"/>
+      <c r="AC4" s="59"/>
+      <c r="AD4" s="59"/>
+      <c r="AE4" s="59"/>
+      <c r="AF4" s="59"/>
+      <c r="AG4" s="59"/>
+      <c r="AH4" s="59"/>
+      <c r="AI4" s="59"/>
+      <c r="AJ4" s="59"/>
+      <c r="AK4" s="59"/>
+      <c r="AL4" s="59"/>
+      <c r="AM4" s="59"/>
+      <c r="AN4" s="59"/>
+      <c r="AO4" s="59"/>
+    </row>
+    <row r="5" spans="2:41" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="6" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E6" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="F6" s="161" t="s">
-[...9 lines deleted...]
-      <c r="N6" s="3" t="s">
+      <c r="F6" s="175" t="s">
+        <v>83</v>
+      </c>
+      <c r="G6" s="175"/>
+      <c r="H6" s="175"/>
+      <c r="I6" s="175"/>
+      <c r="J6" s="175"/>
+      <c r="K6" s="175"/>
+      <c r="L6" s="175"/>
+      <c r="M6" s="175"/>
+      <c r="N6" s="2" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="7" spans="2:41" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="D7" s="3" t="s">
+    <row r="7" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D7" s="2" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="8" spans="2:41" s="3" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="E8" s="3" t="s">
+    <row r="8" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E8" s="2" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="9" spans="2:41" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15"/>
-[...13 lines deleted...]
-      <c r="AC13" s="3" t="s">
+    <row r="9" spans="2:41" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="10" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="11" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="12" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D12" s="2" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="13" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AC13" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="AE13" s="144" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF13" s="144"/>
+      <c r="AG13" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="AH13" s="144" t="s">
+        <v>91</v>
+      </c>
+      <c r="AI13" s="144"/>
+      <c r="AJ13" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="AK13" s="144" t="s">
+        <v>92</v>
+      </c>
+      <c r="AL13" s="144"/>
+      <c r="AM13" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="14" spans="2:41" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="15" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="T15" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="W15" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="Z15" s="173" t="s">
+        <v>82</v>
+      </c>
+      <c r="AA15" s="173"/>
+      <c r="AB15" s="173"/>
+      <c r="AC15" s="173"/>
+      <c r="AD15" s="173"/>
+      <c r="AE15" s="173"/>
+      <c r="AF15" s="173"/>
+      <c r="AG15" s="173"/>
+      <c r="AH15" s="173"/>
+      <c r="AI15" s="173"/>
+      <c r="AJ15" s="173"/>
+      <c r="AK15" s="173"/>
+      <c r="AL15" s="173"/>
+    </row>
+    <row r="16" spans="2:41" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="W16" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="Z16" s="173" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA16" s="173"/>
+      <c r="AB16" s="173"/>
+      <c r="AC16" s="173"/>
+      <c r="AD16" s="173"/>
+      <c r="AE16" s="173"/>
+      <c r="AF16" s="173"/>
+      <c r="AG16" s="173"/>
+      <c r="AH16" s="173"/>
+      <c r="AI16" s="173"/>
+      <c r="AJ16" s="173"/>
+      <c r="AK16" s="173"/>
+      <c r="AL16" s="173"/>
+    </row>
+    <row r="17" spans="3:40" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Z17" s="127"/>
+      <c r="AA17" s="127"/>
+      <c r="AB17" s="127"/>
+      <c r="AC17" s="127"/>
+      <c r="AD17" s="127"/>
+      <c r="AE17" s="127"/>
+      <c r="AF17" s="127"/>
+      <c r="AG17" s="127"/>
+      <c r="AH17" s="127"/>
+      <c r="AI17" s="127"/>
+      <c r="AJ17" s="127"/>
+      <c r="AK17" s="127"/>
+      <c r="AL17" s="127"/>
+    </row>
+    <row r="18" spans="3:40" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="W18" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="Z18" s="174" t="s">
+        <v>104</v>
+      </c>
+      <c r="AA18" s="174"/>
+      <c r="AB18" s="174"/>
+      <c r="AC18" s="174"/>
+      <c r="AD18" s="174"/>
+      <c r="AE18" s="174"/>
+      <c r="AF18" s="174"/>
+      <c r="AG18" s="174"/>
+      <c r="AH18" s="174"/>
+      <c r="AI18" s="174"/>
+      <c r="AJ18" s="174"/>
+      <c r="AK18" s="174"/>
+      <c r="AL18" s="174"/>
+    </row>
+    <row r="19" spans="3:40" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="20" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C20" s="8"/>
+      <c r="D20" s="90" t="s">
+        <v>71</v>
+      </c>
+      <c r="E20" s="90"/>
+      <c r="F20" s="90"/>
+      <c r="G20" s="90"/>
+      <c r="H20" s="36" t="s">
+        <v>43</v>
+      </c>
+      <c r="I20" s="108" t="s">
+        <v>5</v>
+      </c>
+      <c r="J20" s="108"/>
+      <c r="K20" s="108"/>
+      <c r="L20" s="108"/>
+      <c r="M20" s="109"/>
+      <c r="N20" s="163" t="s">
+        <v>88</v>
+      </c>
+      <c r="O20" s="163"/>
+      <c r="P20" s="163"/>
+      <c r="Q20" s="163"/>
+      <c r="R20" s="163"/>
+      <c r="S20" s="163"/>
+      <c r="T20" s="163"/>
+      <c r="U20" s="163"/>
+      <c r="V20" s="163"/>
+      <c r="W20" s="163"/>
+      <c r="X20" s="163"/>
+      <c r="Y20" s="163"/>
+      <c r="Z20" s="163"/>
+      <c r="AA20" s="163"/>
+      <c r="AB20" s="163"/>
+      <c r="AC20" s="163"/>
+      <c r="AD20" s="163"/>
+      <c r="AE20" s="163"/>
+      <c r="AF20" s="163"/>
+      <c r="AG20" s="37"/>
+      <c r="AH20" s="37"/>
+      <c r="AI20" s="37"/>
+      <c r="AJ20" s="37"/>
+      <c r="AK20" s="37"/>
+      <c r="AL20" s="37"/>
+      <c r="AM20" s="37"/>
+      <c r="AN20" s="38"/>
+    </row>
+    <row r="21" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C21" s="39"/>
+      <c r="D21" s="91"/>
+      <c r="E21" s="91"/>
+      <c r="F21" s="91"/>
+      <c r="G21" s="91"/>
+      <c r="H21" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="I21" s="97" t="s">
+        <v>7</v>
+      </c>
+      <c r="J21" s="97"/>
+      <c r="K21" s="97"/>
+      <c r="L21" s="97"/>
+      <c r="M21" s="111"/>
+      <c r="N21" s="164" t="s">
+        <v>96</v>
+      </c>
+      <c r="O21" s="164"/>
+      <c r="P21" s="164"/>
+      <c r="Q21" s="164"/>
+      <c r="R21" s="164"/>
+      <c r="S21" s="164"/>
+      <c r="T21" s="164"/>
+      <c r="U21" s="164"/>
+      <c r="V21" s="164"/>
+      <c r="W21" s="164"/>
+      <c r="X21" s="164"/>
+      <c r="Y21" s="164"/>
+      <c r="Z21" s="164"/>
+      <c r="AA21" s="164"/>
+      <c r="AB21" s="164"/>
+      <c r="AC21" s="164"/>
+      <c r="AD21" s="164"/>
+      <c r="AE21" s="164"/>
+      <c r="AF21" s="164"/>
+      <c r="AG21" s="164"/>
+      <c r="AH21" s="164"/>
+      <c r="AI21" s="164"/>
+      <c r="AJ21" s="164"/>
+      <c r="AK21" s="164"/>
+      <c r="AL21" s="164"/>
+      <c r="AM21" s="164"/>
+      <c r="AN21" s="40"/>
+    </row>
+    <row r="22" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C22" s="41"/>
+      <c r="D22" s="92"/>
+      <c r="E22" s="92"/>
+      <c r="F22" s="92"/>
+      <c r="G22" s="92"/>
+      <c r="H22" s="42" t="s">
+        <v>45</v>
+      </c>
+      <c r="I22" s="112" t="s">
+        <v>14</v>
+      </c>
+      <c r="J22" s="112"/>
+      <c r="K22" s="112"/>
+      <c r="L22" s="112"/>
+      <c r="M22" s="113"/>
+      <c r="N22" s="168" t="s">
+        <v>105</v>
+      </c>
+      <c r="O22" s="168"/>
+      <c r="P22" s="168"/>
+      <c r="Q22" s="168"/>
+      <c r="R22" s="168"/>
+      <c r="S22" s="168"/>
+      <c r="T22" s="168"/>
+      <c r="U22" s="168"/>
+      <c r="V22" s="168"/>
+      <c r="W22" s="168"/>
+      <c r="X22" s="168"/>
+      <c r="Y22" s="168"/>
+      <c r="Z22" s="168"/>
+      <c r="AA22" s="168"/>
+      <c r="AB22" s="168"/>
+      <c r="AC22" s="168"/>
+      <c r="AD22" s="168"/>
+      <c r="AE22" s="168"/>
+      <c r="AF22" s="168"/>
+      <c r="AG22" s="168"/>
+      <c r="AH22" s="168"/>
+      <c r="AI22" s="168"/>
+      <c r="AJ22" s="168"/>
+      <c r="AK22" s="168"/>
+      <c r="AL22" s="168"/>
+      <c r="AM22" s="168"/>
+      <c r="AN22" s="43"/>
+    </row>
+    <row r="23" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C23" s="8"/>
+      <c r="D23" s="90" t="s">
+        <v>70</v>
+      </c>
+      <c r="E23" s="90"/>
+      <c r="F23" s="90"/>
+      <c r="G23" s="90"/>
+      <c r="H23" s="36" t="s">
+        <v>43</v>
+      </c>
+      <c r="I23" s="108" t="s">
+        <v>35</v>
+      </c>
+      <c r="J23" s="108"/>
+      <c r="K23" s="108"/>
+      <c r="L23" s="108"/>
+      <c r="M23" s="109"/>
+      <c r="N23" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O23" s="169" t="s">
+        <v>85</v>
+      </c>
+      <c r="P23" s="169"/>
+      <c r="Q23" s="169"/>
+      <c r="R23" s="169"/>
+      <c r="S23" s="23" t="s">
+        <v>33</v>
+      </c>
+      <c r="T23" s="23"/>
+      <c r="U23" s="44"/>
+      <c r="V23" s="23"/>
+      <c r="W23" s="44"/>
+      <c r="X23" s="23"/>
+      <c r="Y23" s="170" t="s">
+        <v>86</v>
+      </c>
+      <c r="Z23" s="170"/>
+      <c r="AA23" s="170"/>
+      <c r="AB23" s="170"/>
+      <c r="AC23" s="23" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD23" s="23"/>
+      <c r="AE23" s="23"/>
+      <c r="AF23" s="23"/>
+      <c r="AG23" s="169" t="s">
+        <v>94</v>
+      </c>
+      <c r="AH23" s="169"/>
+      <c r="AI23" s="169"/>
+      <c r="AJ23" s="169"/>
+      <c r="AK23" s="169"/>
+      <c r="AL23" s="169"/>
+      <c r="AM23" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="AN23" s="38"/>
+    </row>
+    <row r="24" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C24" s="39"/>
+      <c r="D24" s="91"/>
+      <c r="E24" s="91"/>
+      <c r="F24" s="91"/>
+      <c r="G24" s="91"/>
+      <c r="H24" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="I24" s="97" t="s">
+        <v>5</v>
+      </c>
+      <c r="J24" s="97"/>
+      <c r="K24" s="97"/>
+      <c r="L24" s="97"/>
+      <c r="M24" s="111"/>
+      <c r="N24" s="171" t="s">
+        <v>97</v>
+      </c>
+      <c r="O24" s="172"/>
+      <c r="P24" s="172"/>
+      <c r="Q24" s="172"/>
+      <c r="R24" s="172"/>
+      <c r="S24" s="172"/>
+      <c r="T24" s="172"/>
+      <c r="U24" s="172"/>
+      <c r="V24" s="172"/>
+      <c r="W24" s="172"/>
+      <c r="X24" s="172"/>
+      <c r="Y24" s="172"/>
+      <c r="Z24" s="172"/>
+      <c r="AA24" s="172"/>
+      <c r="AB24" s="172"/>
+      <c r="AC24" s="172"/>
+      <c r="AD24" s="172"/>
+      <c r="AE24" s="172"/>
+      <c r="AF24" s="172"/>
+      <c r="AG24" s="13"/>
+      <c r="AH24" s="54"/>
+      <c r="AI24" s="13"/>
+      <c r="AJ24" s="13"/>
+      <c r="AK24" s="13"/>
+      <c r="AL24" s="13"/>
+      <c r="AM24" s="13"/>
+      <c r="AN24" s="40"/>
+    </row>
+    <row r="25" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C25" s="39"/>
+      <c r="D25" s="91"/>
+      <c r="E25" s="91"/>
+      <c r="F25" s="91"/>
+      <c r="G25" s="91"/>
+      <c r="H25" s="110" t="s">
+        <v>45</v>
+      </c>
+      <c r="I25" s="128" t="s">
+        <v>39</v>
+      </c>
+      <c r="J25" s="128"/>
+      <c r="K25" s="128"/>
+      <c r="L25" s="128"/>
+      <c r="M25" s="129"/>
+      <c r="N25" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="O25" s="166" t="s">
+        <v>85</v>
+      </c>
+      <c r="P25" s="166"/>
+      <c r="Q25" s="166"/>
+      <c r="R25" s="166"/>
+      <c r="S25" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="T25" s="13"/>
+      <c r="U25" s="55"/>
+      <c r="V25" s="13"/>
+      <c r="W25" s="55"/>
+      <c r="X25" s="13"/>
+      <c r="Y25" s="165" t="s">
+        <v>87</v>
+      </c>
+      <c r="Z25" s="165"/>
+      <c r="AA25" s="165"/>
+      <c r="AB25" s="165"/>
+      <c r="AC25" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD25" s="13"/>
+      <c r="AE25" s="13"/>
+      <c r="AF25" s="13"/>
+      <c r="AG25" s="166" t="s">
+        <v>95</v>
+      </c>
+      <c r="AH25" s="166"/>
+      <c r="AI25" s="166"/>
+      <c r="AJ25" s="166"/>
+      <c r="AK25" s="166"/>
+      <c r="AL25" s="166"/>
+      <c r="AM25" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="AN25" s="40"/>
+    </row>
+    <row r="26" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C26" s="39"/>
+      <c r="D26" s="91"/>
+      <c r="E26" s="91"/>
+      <c r="F26" s="91"/>
+      <c r="G26" s="91"/>
+      <c r="H26" s="110"/>
+      <c r="I26" s="128"/>
+      <c r="J26" s="128"/>
+      <c r="K26" s="128"/>
+      <c r="L26" s="128"/>
+      <c r="M26" s="129"/>
+      <c r="N26" s="167" t="s">
+        <v>98</v>
+      </c>
+      <c r="O26" s="167"/>
+      <c r="P26" s="167"/>
+      <c r="Q26" s="167"/>
+      <c r="R26" s="167"/>
+      <c r="S26" s="167"/>
+      <c r="T26" s="167"/>
+      <c r="U26" s="167"/>
+      <c r="V26" s="167"/>
+      <c r="W26" s="167"/>
+      <c r="X26" s="167"/>
+      <c r="Y26" s="167"/>
+      <c r="Z26" s="167"/>
+      <c r="AA26" s="167"/>
+      <c r="AB26" s="167"/>
+      <c r="AC26" s="167"/>
+      <c r="AD26" s="167"/>
+      <c r="AE26" s="167"/>
+      <c r="AF26" s="167"/>
+      <c r="AG26" s="167"/>
+      <c r="AH26" s="167"/>
+      <c r="AI26" s="167"/>
+      <c r="AJ26" s="167"/>
+      <c r="AK26" s="167"/>
+      <c r="AL26" s="167"/>
+      <c r="AM26" s="167"/>
+      <c r="AN26" s="45"/>
+    </row>
+    <row r="27" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C27" s="39"/>
+      <c r="D27" s="91"/>
+      <c r="E27" s="91"/>
+      <c r="F27" s="91"/>
+      <c r="G27" s="91"/>
+      <c r="H27" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="I27" s="97" t="s">
+        <v>37</v>
+      </c>
+      <c r="J27" s="97"/>
+      <c r="K27" s="97"/>
+      <c r="L27" s="97"/>
+      <c r="M27" s="111"/>
+      <c r="N27" s="164" t="s">
+        <v>96</v>
+      </c>
+      <c r="O27" s="164"/>
+      <c r="P27" s="164"/>
+      <c r="Q27" s="164"/>
+      <c r="R27" s="164"/>
+      <c r="S27" s="164"/>
+      <c r="T27" s="164"/>
+      <c r="U27" s="164"/>
+      <c r="V27" s="164"/>
+      <c r="W27" s="164"/>
+      <c r="X27" s="164"/>
+      <c r="Y27" s="164"/>
+      <c r="Z27" s="164"/>
+      <c r="AA27" s="164"/>
+      <c r="AB27" s="164"/>
+      <c r="AC27" s="164"/>
+      <c r="AD27" s="164"/>
+      <c r="AE27" s="164"/>
+      <c r="AF27" s="164"/>
+      <c r="AG27" s="164"/>
+      <c r="AH27" s="164"/>
+      <c r="AI27" s="164"/>
+      <c r="AJ27" s="164"/>
+      <c r="AK27" s="164"/>
+      <c r="AL27" s="164"/>
+      <c r="AM27" s="164"/>
+      <c r="AN27" s="40"/>
+    </row>
+    <row r="28" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C28" s="41"/>
+      <c r="D28" s="92"/>
+      <c r="E28" s="92"/>
+      <c r="F28" s="92"/>
+      <c r="G28" s="92"/>
+      <c r="H28" s="42" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" s="112" t="s">
+        <v>14</v>
+      </c>
+      <c r="J28" s="112"/>
+      <c r="K28" s="112"/>
+      <c r="L28" s="112"/>
+      <c r="M28" s="113"/>
+      <c r="N28" s="168" t="s">
+        <v>105</v>
+      </c>
+      <c r="O28" s="168"/>
+      <c r="P28" s="168"/>
+      <c r="Q28" s="168"/>
+      <c r="R28" s="168"/>
+      <c r="S28" s="168"/>
+      <c r="T28" s="168"/>
+      <c r="U28" s="168"/>
+      <c r="V28" s="168"/>
+      <c r="W28" s="168"/>
+      <c r="X28" s="168"/>
+      <c r="Y28" s="168"/>
+      <c r="Z28" s="168"/>
+      <c r="AA28" s="168"/>
+      <c r="AB28" s="168"/>
+      <c r="AC28" s="168"/>
+      <c r="AD28" s="168"/>
+      <c r="AE28" s="168"/>
+      <c r="AF28" s="168"/>
+      <c r="AG28" s="168"/>
+      <c r="AH28" s="168"/>
+      <c r="AI28" s="168"/>
+      <c r="AJ28" s="168"/>
+      <c r="AK28" s="168"/>
+      <c r="AL28" s="168"/>
+      <c r="AM28" s="168"/>
+      <c r="AN28" s="43"/>
+    </row>
+    <row r="29" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C29" s="8"/>
+      <c r="D29" s="90" t="s">
+        <v>68</v>
+      </c>
+      <c r="E29" s="120"/>
+      <c r="F29" s="120"/>
+      <c r="G29" s="120"/>
+      <c r="H29" s="36" t="s">
+        <v>43</v>
+      </c>
+      <c r="I29" s="108" t="s">
+        <v>40</v>
+      </c>
+      <c r="J29" s="108"/>
+      <c r="K29" s="108"/>
+      <c r="L29" s="108"/>
+      <c r="M29" s="109"/>
+      <c r="N29" s="163" t="s">
+        <v>82</v>
+      </c>
+      <c r="O29" s="163"/>
+      <c r="P29" s="163"/>
+      <c r="Q29" s="163"/>
+      <c r="R29" s="163"/>
+      <c r="S29" s="163"/>
+      <c r="T29" s="163"/>
+      <c r="U29" s="163"/>
+      <c r="V29" s="163"/>
+      <c r="W29" s="163"/>
+      <c r="X29" s="163"/>
+      <c r="Y29" s="163"/>
+      <c r="Z29" s="163"/>
+      <c r="AA29" s="163"/>
+      <c r="AB29" s="163"/>
+      <c r="AC29" s="163"/>
+      <c r="AD29" s="163"/>
+      <c r="AE29" s="163"/>
+      <c r="AF29" s="163"/>
+      <c r="AG29" s="163"/>
+      <c r="AH29" s="163"/>
+      <c r="AI29" s="163"/>
+      <c r="AJ29" s="163"/>
+      <c r="AK29" s="163"/>
+      <c r="AL29" s="163"/>
+      <c r="AM29" s="163"/>
+      <c r="AN29" s="38"/>
+    </row>
+    <row r="30" spans="3:40" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C30" s="39"/>
+      <c r="D30" s="121"/>
+      <c r="E30" s="121"/>
+      <c r="F30" s="121"/>
+      <c r="G30" s="121"/>
+      <c r="H30" s="10" t="s">
+        <v>44</v>
+      </c>
+      <c r="I30" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="J30" s="13"/>
+      <c r="K30" s="13"/>
+      <c r="L30" s="13"/>
+      <c r="M30" s="14"/>
+      <c r="N30" s="164" t="s">
+        <v>99</v>
+      </c>
+      <c r="O30" s="164"/>
+      <c r="P30" s="164"/>
+      <c r="Q30" s="164"/>
+      <c r="R30" s="164"/>
+      <c r="S30" s="164"/>
+      <c r="T30" s="164"/>
+      <c r="U30" s="164"/>
+      <c r="V30" s="164"/>
+      <c r="W30" s="164"/>
+      <c r="X30" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="Y30" s="105" t="s">
+        <v>52</v>
+      </c>
+      <c r="Z30" s="105"/>
+      <c r="AA30" s="105"/>
+      <c r="AB30" s="105"/>
+      <c r="AC30" s="105"/>
+      <c r="AD30" s="106"/>
+      <c r="AE30" s="164" t="s">
+        <v>99</v>
+      </c>
+      <c r="AF30" s="164"/>
+      <c r="AG30" s="164"/>
+      <c r="AH30" s="164"/>
+      <c r="AI30" s="164"/>
+      <c r="AJ30" s="164"/>
+      <c r="AK30" s="164"/>
+      <c r="AL30" s="164"/>
+      <c r="AM30" s="164"/>
+      <c r="AN30" s="40"/>
+    </row>
+    <row r="31" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C31" s="39"/>
+      <c r="D31" s="121"/>
+      <c r="E31" s="121"/>
+      <c r="F31" s="121"/>
+      <c r="G31" s="121"/>
+      <c r="H31" s="110" t="s">
+        <v>36</v>
+      </c>
+      <c r="I31" s="100" t="s">
+        <v>42</v>
+      </c>
+      <c r="J31" s="100"/>
+      <c r="K31" s="100"/>
+      <c r="L31" s="100"/>
+      <c r="M31" s="101"/>
+      <c r="N31" s="11"/>
+      <c r="O31" s="11"/>
+      <c r="Q31" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="X31" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="AD31" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="AN31" s="45"/>
+    </row>
+    <row r="32" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C32" s="39"/>
+      <c r="D32" s="121"/>
+      <c r="E32" s="121"/>
+      <c r="F32" s="121"/>
+      <c r="G32" s="121"/>
+      <c r="H32" s="110"/>
+      <c r="I32" s="100"/>
+      <c r="J32" s="100"/>
+      <c r="K32" s="100"/>
+      <c r="L32" s="100"/>
+      <c r="M32" s="101"/>
+      <c r="N32" s="11"/>
+      <c r="O32" s="11"/>
+      <c r="Q32" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="AD32" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="AN32" s="45"/>
+    </row>
+    <row r="33" spans="3:40" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C33" s="41"/>
+      <c r="D33" s="122"/>
+      <c r="E33" s="122"/>
+      <c r="F33" s="122"/>
+      <c r="G33" s="122"/>
+      <c r="H33" s="46" t="s">
+        <v>38</v>
+      </c>
+      <c r="I33" s="117" t="s">
+        <v>50</v>
+      </c>
+      <c r="J33" s="118"/>
+      <c r="K33" s="118"/>
+      <c r="L33" s="118"/>
+      <c r="M33" s="119"/>
+      <c r="N33" s="47"/>
+      <c r="O33" s="48" t="s">
+        <v>107</v>
+      </c>
+      <c r="P33" s="47"/>
+      <c r="Q33" s="47"/>
+      <c r="R33" s="98" t="s">
+        <v>87</v>
+      </c>
+      <c r="S33" s="98"/>
+      <c r="T33" s="49" t="s">
+        <v>0</v>
+      </c>
+      <c r="U33" s="98" t="s">
+        <v>100</v>
+      </c>
+      <c r="V33" s="98"/>
+      <c r="W33" s="49" t="s">
+        <v>64</v>
+      </c>
+      <c r="X33" s="98" t="s">
+        <v>100</v>
+      </c>
+      <c r="Y33" s="98"/>
+      <c r="Z33" s="48" t="s">
+        <v>65</v>
+      </c>
+      <c r="AA33" s="50"/>
+      <c r="AB33" s="47"/>
+      <c r="AC33" s="47"/>
+      <c r="AD33" s="47"/>
+      <c r="AE33" s="47"/>
+      <c r="AF33" s="47"/>
+      <c r="AG33" s="47"/>
+      <c r="AH33" s="47"/>
+      <c r="AI33" s="47"/>
+      <c r="AJ33" s="47"/>
+      <c r="AK33" s="47"/>
+      <c r="AL33" s="47"/>
+      <c r="AM33" s="47"/>
+      <c r="AN33" s="51"/>
+    </row>
+    <row r="34" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C34" s="8"/>
+      <c r="D34" s="90" t="s">
+        <v>69</v>
+      </c>
+      <c r="E34" s="90"/>
+      <c r="F34" s="90"/>
+      <c r="G34" s="90"/>
+      <c r="H34" s="36" t="s">
+        <v>43</v>
+      </c>
+      <c r="I34" s="123" t="s">
+        <v>53</v>
+      </c>
+      <c r="J34" s="123"/>
+      <c r="K34" s="123"/>
+      <c r="L34" s="123"/>
+      <c r="M34" s="124"/>
+      <c r="N34" s="52"/>
+      <c r="O34" s="52"/>
+      <c r="P34" s="52"/>
+      <c r="Q34" s="23" t="s">
+        <v>66</v>
+      </c>
+      <c r="R34" s="52"/>
+      <c r="S34" s="52"/>
+      <c r="T34" s="52"/>
+      <c r="U34" s="52"/>
+      <c r="V34" s="52"/>
+      <c r="W34" s="52"/>
+      <c r="X34" s="23" t="s">
+        <v>67</v>
+      </c>
+      <c r="Y34" s="23"/>
+      <c r="Z34" s="52"/>
+      <c r="AA34" s="52"/>
+      <c r="AB34" s="52"/>
+      <c r="AC34" s="52"/>
+      <c r="AD34" s="52"/>
+      <c r="AE34" s="52"/>
+      <c r="AF34" s="52"/>
+      <c r="AG34" s="52"/>
+      <c r="AH34" s="52"/>
+      <c r="AI34" s="52"/>
+      <c r="AJ34" s="52"/>
+      <c r="AK34" s="52"/>
+      <c r="AL34" s="52"/>
+      <c r="AM34" s="52"/>
+      <c r="AN34" s="38"/>
+    </row>
+    <row r="35" spans="3:40" s="2" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C35" s="39"/>
+      <c r="D35" s="91"/>
+      <c r="E35" s="91"/>
+      <c r="F35" s="91"/>
+      <c r="G35" s="91"/>
+      <c r="H35" s="15"/>
+      <c r="I35" s="102" t="s">
+        <v>54</v>
+      </c>
+      <c r="J35" s="103"/>
+      <c r="K35" s="103"/>
+      <c r="L35" s="103"/>
+      <c r="M35" s="104"/>
+      <c r="N35" s="99"/>
+      <c r="O35" s="99"/>
+      <c r="P35" s="99"/>
+      <c r="Q35" s="99"/>
+      <c r="R35" s="99"/>
+      <c r="S35" s="99"/>
+      <c r="T35" s="99"/>
+      <c r="U35" s="99"/>
+      <c r="V35" s="99"/>
+      <c r="W35" s="99"/>
+      <c r="X35" s="99"/>
+      <c r="Y35" s="99"/>
+      <c r="Z35" s="99"/>
+      <c r="AA35" s="99"/>
+      <c r="AB35" s="99"/>
+      <c r="AC35" s="99"/>
+      <c r="AD35" s="99"/>
+      <c r="AE35" s="99"/>
+      <c r="AF35" s="99"/>
+      <c r="AG35" s="99"/>
+      <c r="AH35" s="99"/>
+      <c r="AI35" s="99"/>
+      <c r="AJ35" s="99"/>
+      <c r="AK35" s="99"/>
+      <c r="AL35" s="99"/>
+      <c r="AM35" s="99"/>
+      <c r="AN35" s="53"/>
+    </row>
+    <row r="36" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C36" s="39"/>
+      <c r="D36" s="91"/>
+      <c r="E36" s="91"/>
+      <c r="F36" s="91"/>
+      <c r="G36" s="91"/>
+      <c r="H36" s="16" t="s">
+        <v>44</v>
+      </c>
+      <c r="I36" s="103" t="s">
+        <v>55</v>
+      </c>
+      <c r="J36" s="103"/>
+      <c r="K36" s="103"/>
+      <c r="L36" s="103"/>
+      <c r="M36" s="104"/>
+      <c r="N36" s="17"/>
+      <c r="O36" s="17"/>
+      <c r="P36" s="17"/>
+      <c r="Q36" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="R36" s="17"/>
+      <c r="S36" s="17"/>
+      <c r="T36" s="17"/>
+      <c r="U36" s="17"/>
+      <c r="V36" s="17"/>
+      <c r="W36" s="17"/>
+      <c r="X36" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="Y36" s="18"/>
+      <c r="Z36" s="17"/>
+      <c r="AA36" s="17"/>
+      <c r="AB36" s="17"/>
+      <c r="AC36" s="17"/>
+      <c r="AD36" s="17"/>
+      <c r="AE36" s="17"/>
+      <c r="AF36" s="17"/>
+      <c r="AG36" s="17"/>
+      <c r="AH36" s="17"/>
+      <c r="AI36" s="17"/>
+      <c r="AJ36" s="17"/>
+      <c r="AK36" s="17"/>
+      <c r="AL36" s="17"/>
+      <c r="AM36" s="17"/>
+      <c r="AN36" s="53"/>
+    </row>
+    <row r="37" spans="3:40" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C37" s="39"/>
+      <c r="D37" s="91"/>
+      <c r="E37" s="91"/>
+      <c r="F37" s="91"/>
+      <c r="G37" s="91"/>
+      <c r="H37" s="15"/>
+      <c r="I37" s="102" t="s">
+        <v>54</v>
+      </c>
+      <c r="J37" s="103"/>
+      <c r="K37" s="103"/>
+      <c r="L37" s="103"/>
+      <c r="M37" s="104"/>
+      <c r="N37" s="152" t="s">
         <v>108</v>
       </c>
-      <c r="AE13" s="146" t="s">
-[...244 lines deleted...]
-      <c r="H22" s="51" t="s">
+      <c r="O37" s="152"/>
+      <c r="P37" s="152"/>
+      <c r="Q37" s="152"/>
+      <c r="R37" s="152"/>
+      <c r="S37" s="152"/>
+      <c r="T37" s="152"/>
+      <c r="U37" s="152"/>
+      <c r="V37" s="152"/>
+      <c r="W37" s="152"/>
+      <c r="X37" s="152"/>
+      <c r="Y37" s="152"/>
+      <c r="Z37" s="152"/>
+      <c r="AA37" s="152"/>
+      <c r="AB37" s="152"/>
+      <c r="AC37" s="152"/>
+      <c r="AD37" s="152"/>
+      <c r="AE37" s="152"/>
+      <c r="AF37" s="152"/>
+      <c r="AG37" s="152"/>
+      <c r="AH37" s="152"/>
+      <c r="AI37" s="152"/>
+      <c r="AJ37" s="152"/>
+      <c r="AK37" s="152"/>
+      <c r="AL37" s="152"/>
+      <c r="AM37" s="152"/>
+      <c r="AN37" s="53"/>
+    </row>
+    <row r="38" spans="3:40" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C38" s="39"/>
+      <c r="D38" s="91"/>
+      <c r="E38" s="91"/>
+      <c r="F38" s="91"/>
+      <c r="G38" s="91"/>
+      <c r="H38" s="15"/>
+      <c r="I38" s="153"/>
+      <c r="J38" s="154"/>
+      <c r="K38" s="154"/>
+      <c r="L38" s="154"/>
+      <c r="M38" s="155"/>
+      <c r="N38" s="159" t="s">
+        <v>101</v>
+      </c>
+      <c r="O38" s="160"/>
+      <c r="P38" s="160"/>
+      <c r="Q38" s="160"/>
+      <c r="R38" s="160"/>
+      <c r="S38" s="160"/>
+      <c r="T38" s="160"/>
+      <c r="U38" s="160"/>
+      <c r="V38" s="160"/>
+      <c r="W38" s="160"/>
+      <c r="X38" s="160"/>
+      <c r="Y38" s="160"/>
+      <c r="Z38" s="160"/>
+      <c r="AA38" s="160"/>
+      <c r="AB38" s="160"/>
+      <c r="AC38" s="160"/>
+      <c r="AD38" s="160"/>
+      <c r="AE38" s="160"/>
+      <c r="AF38" s="160"/>
+      <c r="AG38" s="160"/>
+      <c r="AH38" s="160"/>
+      <c r="AI38" s="160"/>
+      <c r="AJ38" s="160"/>
+      <c r="AK38" s="160"/>
+      <c r="AL38" s="160"/>
+      <c r="AM38" s="160"/>
+      <c r="AN38" s="53"/>
+    </row>
+    <row r="39" spans="3:40" s="2" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C39" s="39"/>
+      <c r="D39" s="91"/>
+      <c r="E39" s="91"/>
+      <c r="F39" s="91"/>
+      <c r="G39" s="91"/>
+      <c r="H39" s="15"/>
+      <c r="I39" s="156"/>
+      <c r="J39" s="157"/>
+      <c r="K39" s="157"/>
+      <c r="L39" s="157"/>
+      <c r="M39" s="158"/>
+      <c r="N39" s="161" t="s">
+        <v>109</v>
+      </c>
+      <c r="O39" s="162"/>
+      <c r="P39" s="162"/>
+      <c r="Q39" s="162"/>
+      <c r="R39" s="162"/>
+      <c r="S39" s="162"/>
+      <c r="T39" s="162"/>
+      <c r="U39" s="162"/>
+      <c r="V39" s="162"/>
+      <c r="W39" s="162"/>
+      <c r="X39" s="162"/>
+      <c r="Y39" s="162"/>
+      <c r="Z39" s="162"/>
+      <c r="AA39" s="162"/>
+      <c r="AB39" s="162"/>
+      <c r="AC39" s="162"/>
+      <c r="AD39" s="162"/>
+      <c r="AE39" s="162"/>
+      <c r="AF39" s="162"/>
+      <c r="AG39" s="162"/>
+      <c r="AH39" s="162"/>
+      <c r="AI39" s="162"/>
+      <c r="AJ39" s="162"/>
+      <c r="AK39" s="162"/>
+      <c r="AL39" s="162"/>
+      <c r="AM39" s="162"/>
+      <c r="AN39" s="53"/>
+    </row>
+    <row r="40" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C40" s="39"/>
+      <c r="D40" s="91"/>
+      <c r="E40" s="91"/>
+      <c r="F40" s="91"/>
+      <c r="G40" s="91"/>
+      <c r="H40" s="16" t="s">
         <v>45</v>
       </c>
-      <c r="I22" s="102" t="s">
-[...248 lines deleted...]
-      <c r="H27" s="16" t="s">
+      <c r="I40" s="103" t="s">
+        <v>56</v>
+      </c>
+      <c r="J40" s="103"/>
+      <c r="K40" s="103"/>
+      <c r="L40" s="103"/>
+      <c r="M40" s="104"/>
+      <c r="N40" s="17"/>
+      <c r="O40" s="17"/>
+      <c r="P40" s="17"/>
+      <c r="Q40" s="18" t="s">
+        <v>66</v>
+      </c>
+      <c r="R40" s="17"/>
+      <c r="S40" s="17"/>
+      <c r="T40" s="17"/>
+      <c r="U40" s="17"/>
+      <c r="V40" s="17"/>
+      <c r="W40" s="17"/>
+      <c r="X40" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="Y40" s="18"/>
+      <c r="Z40" s="17"/>
+      <c r="AA40" s="17"/>
+      <c r="AB40" s="17"/>
+      <c r="AC40" s="17"/>
+      <c r="AD40" s="17"/>
+      <c r="AE40" s="17"/>
+      <c r="AF40" s="17"/>
+      <c r="AG40" s="17"/>
+      <c r="AH40" s="17"/>
+      <c r="AI40" s="17"/>
+      <c r="AJ40" s="17"/>
+      <c r="AK40" s="17"/>
+      <c r="AL40" s="17"/>
+      <c r="AM40" s="17"/>
+      <c r="AN40" s="53"/>
+    </row>
+    <row r="41" spans="3:40" s="2" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C41" s="39"/>
+      <c r="D41" s="91"/>
+      <c r="E41" s="91"/>
+      <c r="F41" s="91"/>
+      <c r="G41" s="91"/>
+      <c r="H41" s="15"/>
+      <c r="I41" s="102" t="s">
+        <v>54</v>
+      </c>
+      <c r="J41" s="103"/>
+      <c r="K41" s="103"/>
+      <c r="L41" s="103"/>
+      <c r="M41" s="104"/>
+      <c r="N41" s="148" t="s">
+        <v>110</v>
+      </c>
+      <c r="O41" s="149"/>
+      <c r="P41" s="149"/>
+      <c r="Q41" s="149"/>
+      <c r="R41" s="149"/>
+      <c r="S41" s="149"/>
+      <c r="T41" s="149"/>
+      <c r="U41" s="149"/>
+      <c r="V41" s="149"/>
+      <c r="W41" s="149"/>
+      <c r="X41" s="149"/>
+      <c r="Y41" s="149"/>
+      <c r="Z41" s="149"/>
+      <c r="AA41" s="149"/>
+      <c r="AB41" s="149"/>
+      <c r="AC41" s="149"/>
+      <c r="AD41" s="149"/>
+      <c r="AE41" s="149"/>
+      <c r="AF41" s="149"/>
+      <c r="AG41" s="149"/>
+      <c r="AH41" s="149"/>
+      <c r="AI41" s="149"/>
+      <c r="AJ41" s="149"/>
+      <c r="AK41" s="149"/>
+      <c r="AL41" s="149"/>
+      <c r="AM41" s="149"/>
+      <c r="AN41" s="53"/>
+    </row>
+    <row r="42" spans="3:40" s="2" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C42" s="39"/>
+      <c r="D42" s="91"/>
+      <c r="E42" s="91"/>
+      <c r="F42" s="91"/>
+      <c r="G42" s="91"/>
+      <c r="H42" s="15"/>
+      <c r="I42" s="156"/>
+      <c r="J42" s="157"/>
+      <c r="K42" s="157"/>
+      <c r="L42" s="157"/>
+      <c r="M42" s="158"/>
+      <c r="N42" s="150"/>
+      <c r="O42" s="151"/>
+      <c r="P42" s="151"/>
+      <c r="Q42" s="151"/>
+      <c r="R42" s="151"/>
+      <c r="S42" s="151"/>
+      <c r="T42" s="151"/>
+      <c r="U42" s="151"/>
+      <c r="V42" s="151"/>
+      <c r="W42" s="151"/>
+      <c r="X42" s="151"/>
+      <c r="Y42" s="151"/>
+      <c r="Z42" s="151"/>
+      <c r="AA42" s="151"/>
+      <c r="AB42" s="151"/>
+      <c r="AC42" s="151"/>
+      <c r="AD42" s="151"/>
+      <c r="AE42" s="151"/>
+      <c r="AF42" s="151"/>
+      <c r="AG42" s="151"/>
+      <c r="AH42" s="151"/>
+      <c r="AI42" s="151"/>
+      <c r="AJ42" s="151"/>
+      <c r="AK42" s="151"/>
+      <c r="AL42" s="151"/>
+      <c r="AM42" s="151"/>
+      <c r="AN42" s="53"/>
+    </row>
+    <row r="43" spans="3:40" s="2" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C43" s="39"/>
+      <c r="D43" s="91"/>
+      <c r="E43" s="91"/>
+      <c r="F43" s="91"/>
+      <c r="G43" s="91"/>
+      <c r="H43" s="16" t="s">
         <v>36</v>
       </c>
-      <c r="I27" s="104" t="s">
-[...42 lines deleted...]
-      <c r="H28" s="51" t="s">
+      <c r="I43" s="103" t="s">
+        <v>57</v>
+      </c>
+      <c r="J43" s="103"/>
+      <c r="K43" s="103"/>
+      <c r="L43" s="103"/>
+      <c r="M43" s="104"/>
+      <c r="N43" s="146" t="s">
+        <v>111</v>
+      </c>
+      <c r="O43" s="146"/>
+      <c r="P43" s="146"/>
+      <c r="Q43" s="146"/>
+      <c r="R43" s="146"/>
+      <c r="S43" s="146"/>
+      <c r="T43" s="146"/>
+      <c r="U43" s="146"/>
+      <c r="V43" s="146"/>
+      <c r="W43" s="146"/>
+      <c r="X43" s="146"/>
+      <c r="Y43" s="146"/>
+      <c r="Z43" s="146"/>
+      <c r="AA43" s="146"/>
+      <c r="AB43" s="146"/>
+      <c r="AC43" s="146"/>
+      <c r="AD43" s="146"/>
+      <c r="AE43" s="146"/>
+      <c r="AF43" s="146"/>
+      <c r="AG43" s="146"/>
+      <c r="AH43" s="146"/>
+      <c r="AI43" s="146"/>
+      <c r="AJ43" s="146"/>
+      <c r="AK43" s="146"/>
+      <c r="AL43" s="146"/>
+      <c r="AM43" s="146"/>
+      <c r="AN43" s="53"/>
+    </row>
+    <row r="44" spans="3:40" s="2" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C44" s="41"/>
+      <c r="D44" s="92"/>
+      <c r="E44" s="92"/>
+      <c r="F44" s="92"/>
+      <c r="G44" s="92"/>
+      <c r="H44" s="46" t="s">
         <v>38</v>
       </c>
-      <c r="I28" s="102" t="s">
-[...485 lines deleted...]
-      <c r="N38" s="181" t="s">
+      <c r="I44" s="125" t="s">
+        <v>58</v>
+      </c>
+      <c r="J44" s="125"/>
+      <c r="K44" s="125"/>
+      <c r="L44" s="125"/>
+      <c r="M44" s="126"/>
+      <c r="N44" s="147" t="s">
         <v>102</v>
       </c>
-      <c r="O38" s="182"/>
-[...605 lines deleted...]
-      <c r="D57" s="5"/>
+      <c r="O44" s="147"/>
+      <c r="P44" s="147"/>
+      <c r="Q44" s="147"/>
+      <c r="R44" s="147"/>
+      <c r="S44" s="147"/>
+      <c r="T44" s="147"/>
+      <c r="U44" s="147"/>
+      <c r="V44" s="147"/>
+      <c r="W44" s="147"/>
+      <c r="X44" s="147"/>
+      <c r="Y44" s="147"/>
+      <c r="Z44" s="147"/>
+      <c r="AA44" s="147"/>
+      <c r="AB44" s="147"/>
+      <c r="AC44" s="147"/>
+      <c r="AD44" s="147"/>
+      <c r="AE44" s="147"/>
+      <c r="AF44" s="147"/>
+      <c r="AG44" s="147"/>
+      <c r="AH44" s="147"/>
+      <c r="AI44" s="147"/>
+      <c r="AJ44" s="147"/>
+      <c r="AK44" s="147"/>
+      <c r="AL44" s="147"/>
+      <c r="AM44" s="147"/>
+      <c r="AN44" s="51"/>
+    </row>
+    <row r="45" spans="3:40" s="2" customFormat="1" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I45" s="7"/>
+    </row>
+    <row r="46" spans="3:40" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D46" s="6"/>
+      <c r="E46" s="6"/>
+      <c r="F46" s="6"/>
+      <c r="G46" s="6"/>
+      <c r="H46" s="6"/>
+      <c r="I46" s="6"/>
+      <c r="J46" s="6"/>
+      <c r="K46" s="6"/>
+      <c r="L46" s="6"/>
+      <c r="M46" s="6"/>
+      <c r="N46" s="6"/>
+      <c r="O46" s="6"/>
+      <c r="P46" s="6"/>
+      <c r="Q46" s="6"/>
+      <c r="R46" s="6"/>
+      <c r="S46" s="6"/>
+      <c r="T46" s="6"/>
+      <c r="U46" s="6"/>
+      <c r="V46" s="6"/>
+      <c r="W46" s="6"/>
+      <c r="X46" s="6"/>
+      <c r="Y46" s="6"/>
+      <c r="Z46" s="6"/>
+      <c r="AA46" s="6"/>
+      <c r="AB46" s="6"/>
+      <c r="AC46" s="6"/>
+      <c r="AD46" s="6"/>
+      <c r="AE46" s="6"/>
+      <c r="AF46" s="6"/>
+      <c r="AG46" s="6"/>
+      <c r="AH46" s="6"/>
+      <c r="AI46" s="6"/>
+      <c r="AJ46" s="6"/>
+      <c r="AK46" s="6"/>
+      <c r="AL46" s="6"/>
+      <c r="AM46" s="6"/>
+    </row>
+    <row r="47" spans="3:40" x14ac:dyDescent="0.2">
+      <c r="D47" s="3"/>
+    </row>
+    <row r="48" spans="3:40" x14ac:dyDescent="0.2">
+      <c r="D48" s="3"/>
+    </row>
+    <row r="49" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D49" s="3"/>
+    </row>
+    <row r="50" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D50" s="3"/>
+    </row>
+    <row r="51" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D51" s="3"/>
+      <c r="E51" s="3"/>
+      <c r="F51" s="3"/>
+      <c r="G51" s="3"/>
+      <c r="H51" s="3"/>
+      <c r="I51" s="3"/>
+      <c r="J51" s="3"/>
+      <c r="K51" s="3"/>
+      <c r="L51" s="3"/>
+      <c r="M51" s="3"/>
+      <c r="N51" s="3"/>
+      <c r="O51" s="3"/>
+      <c r="P51" s="3"/>
+      <c r="Q51" s="3"/>
+      <c r="R51" s="3"/>
+      <c r="S51" s="3"/>
+      <c r="T51" s="3"/>
+      <c r="U51" s="3"/>
+      <c r="V51" s="3"/>
+      <c r="W51" s="3"/>
+      <c r="X51" s="3"/>
+      <c r="Y51" s="3"/>
+      <c r="Z51" s="3"/>
+      <c r="AA51" s="3"/>
+      <c r="AB51" s="3"/>
+      <c r="AC51" s="3"/>
+      <c r="AD51" s="3"/>
+      <c r="AE51" s="3"/>
+      <c r="AF51" s="3"/>
+      <c r="AG51" s="3"/>
+      <c r="AH51" s="3"/>
+      <c r="AI51" s="3"/>
+      <c r="AJ51" s="3"/>
+      <c r="AK51" s="3"/>
+      <c r="AL51" s="3"/>
+    </row>
+    <row r="52" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D52" s="3"/>
+      <c r="E52" s="3"/>
+      <c r="F52" s="3"/>
+      <c r="G52" s="3"/>
+      <c r="H52" s="3"/>
+      <c r="I52" s="3"/>
+      <c r="J52" s="3"/>
+      <c r="K52" s="3"/>
+      <c r="L52" s="3"/>
+      <c r="M52" s="3"/>
+      <c r="N52" s="3"/>
+      <c r="O52" s="3"/>
+      <c r="P52" s="3"/>
+      <c r="Q52" s="3"/>
+      <c r="R52" s="3"/>
+      <c r="S52" s="3"/>
+      <c r="T52" s="3"/>
+      <c r="U52" s="3"/>
+      <c r="V52" s="3"/>
+      <c r="W52" s="3"/>
+      <c r="X52" s="3"/>
+      <c r="Y52" s="3"/>
+      <c r="Z52" s="3"/>
+      <c r="AA52" s="3"/>
+      <c r="AB52" s="3"/>
+      <c r="AC52" s="3"/>
+      <c r="AD52" s="3"/>
+      <c r="AE52" s="3"/>
+      <c r="AF52" s="3"/>
+      <c r="AG52" s="3"/>
+      <c r="AH52" s="3"/>
+      <c r="AI52" s="3"/>
+      <c r="AJ52" s="3"/>
+      <c r="AK52" s="3"/>
+      <c r="AL52" s="3"/>
+    </row>
+    <row r="53" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D53" s="3"/>
+      <c r="E53" s="3"/>
+      <c r="F53" s="3"/>
+      <c r="G53" s="3"/>
+      <c r="H53" s="3"/>
+      <c r="I53" s="3"/>
+      <c r="J53" s="3"/>
+      <c r="K53" s="3"/>
+      <c r="L53" s="3"/>
+      <c r="M53" s="3"/>
+      <c r="N53" s="3"/>
+      <c r="O53" s="3"/>
+      <c r="P53" s="3"/>
+      <c r="Q53" s="3"/>
+      <c r="R53" s="3"/>
+      <c r="S53" s="3"/>
+      <c r="T53" s="3"/>
+      <c r="U53" s="3"/>
+      <c r="V53" s="3"/>
+      <c r="W53" s="3"/>
+      <c r="X53" s="3"/>
+      <c r="Y53" s="3"/>
+      <c r="Z53" s="3"/>
+      <c r="AA53" s="3"/>
+      <c r="AB53" s="3"/>
+      <c r="AC53" s="3"/>
+      <c r="AD53" s="3"/>
+      <c r="AE53" s="3"/>
+      <c r="AF53" s="3"/>
+      <c r="AG53" s="3"/>
+      <c r="AH53" s="3"/>
+      <c r="AI53" s="3"/>
+      <c r="AJ53" s="3"/>
+      <c r="AK53" s="3"/>
+      <c r="AL53" s="3"/>
+    </row>
+    <row r="54" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D54" s="3"/>
+      <c r="E54" s="3"/>
+      <c r="F54" s="3"/>
+      <c r="G54" s="3"/>
+      <c r="H54" s="3"/>
+      <c r="I54" s="3"/>
+      <c r="J54" s="3"/>
+      <c r="K54" s="3"/>
+      <c r="L54" s="3"/>
+      <c r="M54" s="3"/>
+      <c r="N54" s="3"/>
+      <c r="O54" s="3"/>
+      <c r="P54" s="3"/>
+      <c r="Q54" s="3"/>
+      <c r="R54" s="3"/>
+      <c r="S54" s="3"/>
+      <c r="T54" s="3"/>
+      <c r="U54" s="3"/>
+      <c r="V54" s="3"/>
+      <c r="W54" s="3"/>
+      <c r="X54" s="3"/>
+      <c r="Y54" s="3"/>
+      <c r="Z54" s="3"/>
+      <c r="AA54" s="3"/>
+      <c r="AB54" s="3"/>
+      <c r="AC54" s="3"/>
+      <c r="AD54" s="3"/>
+      <c r="AE54" s="3"/>
+      <c r="AF54" s="3"/>
+      <c r="AG54" s="3"/>
+      <c r="AH54" s="3"/>
+      <c r="AI54" s="3"/>
+      <c r="AJ54" s="3"/>
+      <c r="AK54" s="3"/>
+      <c r="AL54" s="3"/>
+    </row>
+    <row r="55" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D55" s="3"/>
+      <c r="E55" s="3"/>
+      <c r="F55" s="3"/>
+      <c r="G55" s="3"/>
+      <c r="H55" s="3"/>
+      <c r="I55" s="3"/>
+      <c r="J55" s="3"/>
+      <c r="K55" s="3"/>
+      <c r="L55" s="3"/>
+      <c r="M55" s="3"/>
+      <c r="N55" s="3"/>
+      <c r="O55" s="3"/>
+      <c r="P55" s="3"/>
+      <c r="Q55" s="3"/>
+      <c r="R55" s="3"/>
+      <c r="S55" s="3"/>
+      <c r="T55" s="3"/>
+      <c r="U55" s="3"/>
+      <c r="V55" s="3"/>
+      <c r="W55" s="3"/>
+      <c r="X55" s="3"/>
+      <c r="Y55" s="3"/>
+      <c r="Z55" s="3"/>
+      <c r="AA55" s="3"/>
+      <c r="AB55" s="3"/>
+      <c r="AC55" s="3"/>
+      <c r="AD55" s="3"/>
+      <c r="AE55" s="3"/>
+      <c r="AF55" s="3"/>
+      <c r="AG55" s="3"/>
+      <c r="AH55" s="3"/>
+      <c r="AI55" s="3"/>
+      <c r="AJ55" s="3"/>
+      <c r="AK55" s="3"/>
+      <c r="AL55" s="3"/>
+    </row>
+    <row r="56" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D56" s="3"/>
+      <c r="E56" s="3"/>
+      <c r="F56" s="3"/>
+      <c r="G56" s="3"/>
+      <c r="H56" s="3"/>
+      <c r="I56" s="3"/>
+      <c r="J56" s="3"/>
+      <c r="K56" s="3"/>
+      <c r="L56" s="3"/>
+      <c r="M56" s="3"/>
+      <c r="N56" s="3"/>
+      <c r="O56" s="3"/>
+      <c r="P56" s="3"/>
+      <c r="Q56" s="3"/>
+      <c r="R56" s="3"/>
+      <c r="S56" s="3"/>
+      <c r="T56" s="3"/>
+      <c r="U56" s="3"/>
+      <c r="V56" s="3"/>
+      <c r="W56" s="3"/>
+      <c r="X56" s="3"/>
+      <c r="Y56" s="3"/>
+      <c r="Z56" s="3"/>
+      <c r="AA56" s="3"/>
+      <c r="AB56" s="3"/>
+      <c r="AC56" s="3"/>
+      <c r="AD56" s="3"/>
+      <c r="AE56" s="3"/>
+      <c r="AF56" s="3"/>
+      <c r="AG56" s="3"/>
+      <c r="AH56" s="3"/>
+      <c r="AI56" s="3"/>
+      <c r="AJ56" s="3"/>
+      <c r="AK56" s="3"/>
+      <c r="AL56" s="3"/>
+    </row>
+    <row r="57" spans="4:38" x14ac:dyDescent="0.2">
+      <c r="D57" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="61">
-    <mergeCell ref="I40:M40"/>
-[...31 lines deleted...]
-    <mergeCell ref="N27:AM27"/>
+    <mergeCell ref="Z15:AL15"/>
+    <mergeCell ref="B4:AO4"/>
+    <mergeCell ref="F6:M6"/>
+    <mergeCell ref="AE13:AF13"/>
+    <mergeCell ref="AH13:AI13"/>
+    <mergeCell ref="AK13:AL13"/>
+    <mergeCell ref="Z16:AL16"/>
+    <mergeCell ref="Z17:AL17"/>
+    <mergeCell ref="Z18:AL18"/>
+    <mergeCell ref="D20:G22"/>
+    <mergeCell ref="I20:M20"/>
+    <mergeCell ref="N20:AF20"/>
+    <mergeCell ref="I21:M21"/>
+    <mergeCell ref="N21:AM21"/>
+    <mergeCell ref="I22:M22"/>
+    <mergeCell ref="N22:AM22"/>
     <mergeCell ref="I28:M28"/>
     <mergeCell ref="N28:AM28"/>
     <mergeCell ref="D23:G28"/>
     <mergeCell ref="I23:M23"/>
     <mergeCell ref="O23:R23"/>
     <mergeCell ref="Y23:AB23"/>
     <mergeCell ref="AG23:AL23"/>
     <mergeCell ref="I24:M24"/>
     <mergeCell ref="N24:AF24"/>
     <mergeCell ref="H25:H26"/>
     <mergeCell ref="I25:M26"/>
     <mergeCell ref="O25:R25"/>
-    <mergeCell ref="Z16:AL16"/>
-[...14 lines deleted...]
-    <mergeCell ref="Z15:AL15"/>
+    <mergeCell ref="Y25:AB25"/>
+    <mergeCell ref="AG25:AL25"/>
+    <mergeCell ref="N26:AM26"/>
+    <mergeCell ref="I27:M27"/>
+    <mergeCell ref="N27:AM27"/>
+    <mergeCell ref="D29:G33"/>
+    <mergeCell ref="I29:M29"/>
+    <mergeCell ref="N29:AM29"/>
+    <mergeCell ref="N30:W30"/>
+    <mergeCell ref="Y30:AD30"/>
+    <mergeCell ref="AE30:AM30"/>
+    <mergeCell ref="H31:H32"/>
+    <mergeCell ref="I31:M32"/>
+    <mergeCell ref="D34:G44"/>
+    <mergeCell ref="I34:M34"/>
+    <mergeCell ref="I35:M35"/>
+    <mergeCell ref="N35:AM35"/>
+    <mergeCell ref="I36:M36"/>
+    <mergeCell ref="N37:AM37"/>
+    <mergeCell ref="I37:M39"/>
+    <mergeCell ref="N38:AM38"/>
+    <mergeCell ref="N39:AM39"/>
+    <mergeCell ref="I41:M42"/>
+    <mergeCell ref="I33:M33"/>
+    <mergeCell ref="R33:S33"/>
+    <mergeCell ref="U33:V33"/>
+    <mergeCell ref="X33:Y33"/>
+    <mergeCell ref="N41:AM42"/>
+    <mergeCell ref="I40:M40"/>
+    <mergeCell ref="I43:M43"/>
+    <mergeCell ref="N43:AM43"/>
+    <mergeCell ref="I44:M44"/>
+    <mergeCell ref="N44:AM44"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="2">
     <dataValidation imeMode="fullAlpha" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="R33:S33 AK13:AL13 AH13:AI13 AE13:AF13 U33:V33 X33:Y33 AC18:AL18 N22:AM22 N28:AM28" xr:uid="{746D21DF-B775-4231-86A6-12FE619C789E}"/>
     <dataValidation imeMode="hiragana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AC15:AL17 N26:AM27 N29:AM29 N30:W30 AE30:AM30 N35:AM35 AG24:AM24 O37:AM37 N21:AM21 N20:AF20 N24 N37:N39 O43:AM44 O41:AM41 N41 N43:N44" xr:uid="{3320DF01-5736-46F1-9471-BE1A3A9A66DB}"/>
   </dataValidations>
   <pageMargins left="0.98425196850393704" right="0.19685039370078741" top="0.59055118110236227" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="99" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="95" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4097" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>30</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
                     <xdr:row>31</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4098" r:id="rId5" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>31</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>32</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4099" r:id="rId6" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>30</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>31</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
@@ -11627,145 +11211,145 @@
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>27</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>31</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>29</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>32</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4102" r:id="rId9" name="Check Box 6">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>33</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>34</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4103" r:id="rId10" name="Check Box 7">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>33</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>34</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4104" r:id="rId11" name="Check Box 8">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>35</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>36</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4105" r:id="rId12" name="Check Box 9">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>35</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>36</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4106" r:id="rId13" name="Check Box 10">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>142875</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>39</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>40</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4107" r:id="rId14" name="Check Box 11">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>39</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
                     <xdr:row>40</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>