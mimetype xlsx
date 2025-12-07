--- v0 (2025-10-03)
+++ v1 (2025-12-07)
@@ -56,92 +56,93 @@
   <Override PartName="/xl/ctrlProps/ctrlProp43.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp44.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp45.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp46.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp47.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp48.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp49.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp50.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp51.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp52.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp53.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp54.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp55.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp56.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp57.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp58.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp59.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp60.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp61.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp62.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp63.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp64.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp65.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp66.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp67.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp68.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\msj-fs2.msj.local\share\グループ\情報システムG\GAI建築確認\保守\20250808_帳票\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user09\Desktop\HP関係\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{23B9084C-065C-45B1-9787-7AE858BDD44B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{38A1F5E1-8EC0-4921-A1E3-F053A5436DE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="チェックシート" sheetId="13" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="__IntlFixup" hidden="1">TRUE</definedName>
     <definedName name="__IntlFixupTable" hidden="1">#REF!</definedName>
     <definedName name="_Order1" hidden="1">255</definedName>
     <definedName name="intFixupTable_new" hidden="1">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">チェックシート!$A$1:$AM$55</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">チェックシート!$A$1:$AO$53</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="112">
   <si>
     <t>□</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>チェック項目</t>
     <rPh sb="4" eb="6">
       <t>コウモク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>検査申請書</t>
     <rPh sb="0" eb="2">
       <t>ケンサ</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>シンセイショ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>検査特例　有</t>
     <rPh sb="0" eb="2">
       <t>ケンサ</t>
@@ -564,51 +565,51 @@
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>送付先住所</t>
     <rPh sb="0" eb="3">
       <t>ソウフサキ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ジュウショ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>電子申請</t>
     <rPh sb="0" eb="2">
       <t>デンシ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>シンセイ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>-</t>
-    <phoneticPr fontId="13"/>
+    <phoneticPr fontId="12"/>
   </si>
   <si>
     <t>紙申請</t>
     <rPh sb="0" eb="1">
       <t>カミ</t>
     </rPh>
     <rPh sb="1" eb="3">
       <t>シンセイ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>検 査 申 請 受 付 時 チェックシート</t>
     <rPh sb="0" eb="1">
       <t>ケン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>サ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>サル</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ショウ</t>
     </rPh>
@@ -731,68 +732,51 @@
       <t>ジュウタク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>代理者の委任状</t>
     <rPh sb="0" eb="3">
       <t>ダイリシャ</t>
     </rPh>
     <rPh sb="4" eb="7">
       <t>イニンジョウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>（仕様基準）</t>
     <rPh sb="1" eb="3">
       <t>シヨウ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>キジュン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>（省エネ適判）</t>
-[...2 lines deleted...]
-  <si>
     <t>省エネ基準工事監理報告書</t>
-    <phoneticPr fontId="3"/>
-[...11 lines deleted...]
-    </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>省エネ関係
 （完了検査）</t>
     <rPh sb="0" eb="1">
       <t>ショウ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>カンケイ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>カンリョウ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ケンサ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>軽微A</t>
     <rPh sb="0" eb="2">
       <t>ケイビ</t>
     </rPh>
     <phoneticPr fontId="3"/>
@@ -972,71 +956,55 @@
   <si>
     <t>工事監理写真</t>
     <rPh sb="0" eb="6">
       <t>コウジカンリシャシン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>省エネ基準</t>
     <rPh sb="0" eb="1">
       <t>ショウ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>キジュン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>仕様基準</t>
     <rPh sb="0" eb="4">
       <t>シヨウキジュン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>（通知書、評価書、確認書等）</t>
-[...14 lines deleted...]
-  <si>
     <t>※本紙記載の建築主等（建築主、設置者又は築造主）が、建築基準法第６条の２の規定に基づく確認、同法第７条の２の規定に基づく完了検査を貴社へ申請する場合は、指定確認検査機関業務において、登録住宅性能評価機関及び登録建築物エネルギー消費性能判定機関である貴社の交付した下記の通知書等の写し及び審査に要した図書等を利用することにあらかじめ同意します。</t>
     <rPh sb="2" eb="3">
       <t>カミ</t>
     </rPh>
-    <phoneticPr fontId="13"/>
+    <phoneticPr fontId="12"/>
   </si>
   <si>
     <t>・省エネ適合判定通知書又は軽微変更該当証明書</t>
     <rPh sb="1" eb="2">
       <t>ショウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>・設計（変更）住宅性能評価書</t>
     <rPh sb="4" eb="6">
       <t>ヘンコウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>・長期使用構造等である旨の確認書又は軽微変更該当証明書</t>
   </si>
   <si>
     <t>・建設住宅性能評価による検査報告書</t>
     <rPh sb="1" eb="9">
       <t>ケンセツジュウタクセイノウヒョウカ</t>
     </rPh>
     <rPh sb="12" eb="17">
       <t>ケンサホウコクショ</t>
@@ -1060,110 +1028,50 @@
     <rPh sb="9" eb="11">
       <t>シュトク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>他機関で省エネ適判等取得</t>
     <rPh sb="0" eb="3">
       <t>タキカン</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ショウ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>テキハン</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>トウ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>シュトク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <r>
-[...58 lines deleted...]
-  <si>
     <t>基礎配筋の配筋全景、立上り筋、耐圧版鉄筋とし、構造躯体は１階全景（耐力壁）</t>
     <rPh sb="0" eb="4">
       <t>キソハイキン</t>
     </rPh>
     <rPh sb="5" eb="9">
       <t>ハイキンゼンケイ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>タチアガ</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>キン</t>
     </rPh>
     <rPh sb="15" eb="18">
       <t>タイアツバン</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>テッキン</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>コウゾウ</t>
     </rPh>
     <rPh sb="25" eb="27">
       <t>クタイ</t>
     </rPh>
@@ -1210,144 +1118,50 @@
     <rPh sb="26" eb="28">
       <t>イカ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>（東京都の全部の建築物『10㎡以下を除く』）</t>
     <rPh sb="1" eb="4">
       <t>トウキョウト</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>ゼンブ</t>
     </rPh>
     <rPh sb="8" eb="11">
       <t>ケンチクブツ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>イカ</t>
     </rPh>
     <rPh sb="18" eb="19">
       <t>ノゾ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>2025年4月1日以降に確認を取り、壁量基準等を経過措置として旧基準適用の一戸建ての住宅</t>
-[...92 lines deleted...]
-  <si>
     <t>右記以外の建築物全部</t>
     <rPh sb="0" eb="2">
       <t>ウキ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>イガイ</t>
     </rPh>
     <rPh sb="5" eb="8">
       <t>ケンチクブツ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ゼンブ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>施工記録写真</t>
     <rPh sb="0" eb="2">
       <t>セコウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>※機関処理欄</t>
     <rPh sb="1" eb="3">
@@ -1361,58 +1175,180 @@
   <si>
     <t>機関担当者</t>
     <rPh sb="0" eb="2">
       <t>キカン</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>タントウシャ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>GAI第13号様式</t>
     <rPh sb="3" eb="4">
       <t>ダイ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ゴウ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ヨウシキ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>建築主名</t>
-    <phoneticPr fontId="13"/>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>紙申請手数料（2,200円）</t>
+    <rPh sb="0" eb="6">
+      <t>カミシンセイテスウリョウ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>エン</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>２階全景（耐力壁）、3階全景（耐力壁）、小屋組み、ホールダウン金物、筋かい金物を原則撮影個所とする。</t>
+    <rPh sb="1" eb="2">
+      <t>カイ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ゼンケイ</t>
+    </rPh>
+    <rPh sb="5" eb="8">
+      <t>タイリョクヘキ</t>
+    </rPh>
+    <rPh sb="11" eb="14">
+      <t>ガイゼンケイ</t>
+    </rPh>
+    <rPh sb="15" eb="18">
+      <t>タイリョクヘキ</t>
+    </rPh>
+    <rPh sb="20" eb="23">
+      <t>コヤグ</t>
+    </rPh>
+    <rPh sb="31" eb="33">
+      <t>カナモノ</t>
+    </rPh>
+    <rPh sb="34" eb="35">
+      <t>スジ</t>
+    </rPh>
+    <rPh sb="37" eb="39">
+      <t>カナモノ</t>
+    </rPh>
+    <rPh sb="40" eb="42">
+      <t>ゲンソク</t>
+    </rPh>
+    <rPh sb="42" eb="44">
+      <t>サツエイ</t>
+    </rPh>
+    <rPh sb="44" eb="46">
+      <t>カショ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>（標準計算）</t>
+    <rPh sb="1" eb="3">
+      <t>ヒョウジュン</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ケイサン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>2025年4月1日以降の確認、壁量基準等を経過措置として旧基準適用の一戸建ての住宅</t>
+    <rPh sb="4" eb="5">
+      <t>ネン</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ガツ</t>
+    </rPh>
+    <rPh sb="7" eb="11">
+      <t>ツイタチイコウ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>カクニン</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>カベリョウ</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>キジュン</t>
+    </rPh>
+    <rPh sb="19" eb="20">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>ケイカ</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>ソチ</t>
+    </rPh>
+    <rPh sb="28" eb="31">
+      <t>キュウキジュン</t>
+    </rPh>
+    <rPh sb="31" eb="33">
+      <t>テキヨウ</t>
+    </rPh>
+    <rPh sb="34" eb="36">
+      <t>イッコ</t>
+    </rPh>
+    <rPh sb="36" eb="37">
+      <t>ダ</t>
+    </rPh>
+    <rPh sb="39" eb="41">
+      <t>ジュウタク</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>（通知書、評価書、確認書等）＋申請図書一式（省エネ関係部分）含む（※他機関で取得した場合）</t>
+    <rPh sb="1" eb="4">
+      <t>ツウチショ</t>
+    </rPh>
+    <rPh sb="5" eb="8">
+      <t>ヒョウカショ</t>
+    </rPh>
+    <rPh sb="9" eb="12">
+      <t>カクニンショ</t>
+    </rPh>
+    <rPh sb="12" eb="13">
+      <t>トウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
@@ -1428,129 +1364,129 @@
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
-      <sz val="8"/>
-[...4 lines deleted...]
-    <font>
       <sz val="12"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1" tint="0.14999847407452621"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Segoe UI Symbol"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="7"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14996795556505021"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="54">
+  <borders count="53">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
@@ -1609,63 +1545,50 @@
       <left/>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...11 lines deleted...]
-      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -1699,61 +1622,50 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...9 lines deleted...]
-    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
@@ -1776,63 +1688,50 @@
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="medium">
-[...11 lines deleted...]
-      </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="hair">
@@ -2119,465 +2018,549 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="132">
+  <cellXfs count="152">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="2" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="2" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="39" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="2" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="50" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="4">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="2" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="30" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="51" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="42" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="26" xfId="2" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="2" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="42" xfId="2" applyFont="1" applyBorder="1">
-[...3 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="52" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="47" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="48" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="46" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="37" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="40" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="24" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="41" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="42" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="2" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="39" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="2" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="2" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="2" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="2" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="2" applyFont="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="37" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="29" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="27" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="43" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="2" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="44" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="27" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="2" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="45" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="32" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="33" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="34" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="18" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="19" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="37" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="38" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="21" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="22" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="49" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="28" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="31" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="28" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="35" xfId="2" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="2" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="33" xfId="2" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
-[...71 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="2" applyFont="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="36" xfId="2" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...95 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="2" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="2" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
-    </xf>
-[...157 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="桁区切り 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="標準 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="標準 4" xfId="4" xr:uid="{D1E624E2-7E31-466A-BDC2-A2AD2362F06D}"/>
     <cellStyle name="標準_作成中kakunin（テストデータ入り）" xfId="5" xr:uid="{CFAADC62-92C1-4212-A3A9-11012171B7F7}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -2817,78 +2800,82 @@
 
 <file path=xl/ctrlProps/ctrlProp62.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp63.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp64.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp65.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp66.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp67.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
+<file path=xl/ctrlProps/ctrlProp68.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>139700</xdr:colOff>
           <xdr:row>3</xdr:row>
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:rowOff>215900</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>12</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>5</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4097" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4097"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -2905,57 +2892,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>11</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>3</xdr:row>
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:rowOff>215900</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>142875</xdr:colOff>
           <xdr:row>5</xdr:row>
-          <xdr:rowOff>15240</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4098" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4098"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -2970,57 +2957,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>17</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>139700</xdr:colOff>
           <xdr:row>5</xdr:row>
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:rowOff>215900</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>34</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4099" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4099"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -3037,57 +3024,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>139700</xdr:colOff>
           <xdr:row>5</xdr:row>
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:rowOff>215900</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>30480</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4100" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4100"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -3112,51 +3099,51 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>5</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>34</xdr:row>
           <xdr:rowOff>228600</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>12</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>36</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4101" name="Check Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4101"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3173,57 +3160,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>11</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>34</xdr:row>
-          <xdr:rowOff>220980</xdr:rowOff>
+          <xdr:rowOff>222250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>17</xdr:col>
-          <xdr:colOff>53340</xdr:colOff>
+          <xdr:colOff>47625</xdr:colOff>
           <xdr:row>36</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4102" name="Check Box 6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4102"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3240,57 +3227,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>15</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>34</xdr:row>
-          <xdr:rowOff>220980</xdr:rowOff>
+          <xdr:rowOff>222250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>22</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>36</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4103" name="Check Box 7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4103"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000007100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3313,51 +3300,51 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>5</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>36</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>12</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>37</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4104" name="Check Box 8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4104"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000008100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3374,51 +3361,51 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>5</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>36</xdr:row>
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:rowOff>215900</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>12</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>38</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4105" name="Check Box 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4105"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000009100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -3447,51 +3434,51 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>36</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>37</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4106" name="Check Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4106"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3508,51 +3495,51 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>37</xdr:row>
-          <xdr:rowOff>15240</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>38</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4107" name="Check Box 11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4107"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000B100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -3581,51 +3568,51 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>36</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>20</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>37</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4108" name="Check Box 12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4108"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3642,51 +3629,51 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>13</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>36</xdr:row>
-          <xdr:rowOff>205740</xdr:rowOff>
+          <xdr:rowOff>203200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>20</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>38</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4109" name="Check Box 13" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4109"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000D100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -3707,59 +3694,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>17</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>35</xdr:row>
-          <xdr:rowOff>220980</xdr:rowOff>
+          <xdr:rowOff>222250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>24</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>37</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4110" name="Check Box 14" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4110"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000E100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3776,57 +3763,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>17</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>36</xdr:row>
-          <xdr:rowOff>220980</xdr:rowOff>
+          <xdr:rowOff>222250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>24</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>38</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4111" name="Check Box 15" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4111"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000F100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3841,59 +3828,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>36</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>28</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>37</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4112" name="Check Box 16" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4112"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000010100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3908,59 +3895,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>36</xdr:row>
-          <xdr:rowOff>220980</xdr:rowOff>
+          <xdr:rowOff>222250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>28</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>38</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4113" name="Check Box 17" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4113"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000011100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -3975,59 +3962,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>25</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>36</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>32</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>37</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4114" name="Check Box 18" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4114"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000012100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4042,59 +4029,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>8</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4115" name="Check Box 19" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4115"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000013100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4109,59 +4096,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>15</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>22</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>8</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4116" name="Check Box 20" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4116"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000014100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4184,51 +4171,51 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>21</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>27</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>8</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4117" name="Check Box 21" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4117"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000015100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4243,59 +4230,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>27</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>34</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>8</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4118" name="Check Box 22" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4118"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000016100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4310,59 +4297,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>139700</xdr:colOff>
           <xdr:row>8</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>9</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4119" name="Check Box 23" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4119"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000017100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4377,59 +4364,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>9</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4121" name="Check Box 25" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4121"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000019100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4446,57 +4433,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>17</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>9</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>6350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>24</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>15240</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4122" name="Check Box 26" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4122"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001A100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4511,59 +4498,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4123" name="Check Box 27" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4123"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001B100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4577,60 +4564,60 @@
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>12</xdr:col>
-          <xdr:colOff>152400</xdr:colOff>
+          <xdr:col>13</xdr:col>
+          <xdr:colOff>0</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>19</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4124" name="Check Box 28" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4124"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001C100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4645,59 +4632,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>25</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>15240</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4125" name="Check Box 29" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4125"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001D100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4712,59 +4699,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>24</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>29</xdr:col>
-          <xdr:colOff>83820</xdr:colOff>
+          <xdr:colOff>85725</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4126" name="Check Box 30" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4126"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001E100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4785,53 +4772,53 @@
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>31</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>10</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>35</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>28575</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4127" name="Check Box 31" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4127"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001F100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4846,57 +4833,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:rowOff>222250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4128" name="Check Box 32" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4128"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000020100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -4913,59 +4900,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>14</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>15240</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>18</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>66675</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4129" name="Check Box 33" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4129"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000021100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4980,59 +4967,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>19</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>15240</xdr:rowOff>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
-          <xdr:colOff>60960</xdr:colOff>
+          <xdr:colOff>66675</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>205740</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4130" name="Check Box 34" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4130"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000022100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5047,59 +5034,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>24</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>25400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>33</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>142875</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4131" name="Check Box 35" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4131"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000023100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5114,59 +5101,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>34</xdr:col>
-          <xdr:colOff>152400</xdr:colOff>
+          <xdr:colOff>234950</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:rowOff>25400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>37</xdr:col>
-          <xdr:colOff>129540</xdr:colOff>
+          <xdr:col>38</xdr:col>
+          <xdr:colOff>133350</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4132" name="Check Box 36" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4132"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000024100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5181,59 +5168,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>144780</xdr:colOff>
+          <xdr:colOff>146050</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:rowOff>222250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>13</xdr:col>
-          <xdr:colOff>22860</xdr:colOff>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>13</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4133" name="Check Box 37" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4133"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000025100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5248,59 +5235,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>17</xdr:col>
-          <xdr:colOff>0</xdr:colOff>
+          <xdr:colOff>133350</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:rowOff>215900</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>23</xdr:col>
-          <xdr:colOff>45720</xdr:colOff>
+          <xdr:col>24</xdr:col>
+          <xdr:colOff>28575</xdr:colOff>
           <xdr:row>13</xdr:row>
-          <xdr:rowOff>0</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4134" name="Check Box 38" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4134"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000026100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5314,60 +5301,60 @@
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>27</xdr:col>
-          <xdr:colOff>152400</xdr:colOff>
+          <xdr:col>29</xdr:col>
+          <xdr:colOff>133350</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:rowOff>222250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>34</xdr:col>
-          <xdr:colOff>38100</xdr:colOff>
+          <xdr:col>35</xdr:col>
+          <xdr:colOff>66675</xdr:colOff>
           <xdr:row>13</xdr:row>
-          <xdr:rowOff>0</xdr:rowOff>
+          <xdr:rowOff>9525</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4135" name="Check Box 39" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4135"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000027100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5382,59 +5369,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>139700</xdr:colOff>
           <xdr:row>13</xdr:row>
-          <xdr:rowOff>53340</xdr:rowOff>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>26</xdr:col>
-          <xdr:colOff>121920</xdr:colOff>
+          <xdr:colOff>123825</xdr:colOff>
           <xdr:row>13</xdr:row>
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4136" name="Check Box 40" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4136"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000028100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5449,59 +5436,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>139700</xdr:colOff>
           <xdr:row>23</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>14</xdr:col>
-          <xdr:colOff>7620</xdr:colOff>
+          <xdr:colOff>9525</xdr:colOff>
           <xdr:row>23</xdr:row>
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:rowOff>219075</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4137" name="Check Box 41" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4137"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000029100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5516,57 +5503,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>139700</xdr:colOff>
           <xdr:row>16</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>11</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>142875</xdr:colOff>
           <xdr:row>17</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4138" name="Check Box 42" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4138"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00002A100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -5583,59 +5570,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>139700</xdr:colOff>
           <xdr:row>17</xdr:row>
-          <xdr:rowOff>15240</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>21</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>17</xdr:row>
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:rowOff>219075</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4139" name="Check Box 43" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4139"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00002B100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5650,59 +5637,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>139700</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>21</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:rowOff>219075</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4140" name="Check Box 44" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4140"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00002C100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5717,59 +5704,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
+          <xdr:colOff>139700</xdr:colOff>
           <xdr:row>19</xdr:row>
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:rowOff>6350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>21</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>19</xdr:row>
-          <xdr:rowOff>220980</xdr:rowOff>
+          <xdr:rowOff>219075</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="4141" name="Check Box 45" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s4141"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00002D100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5783,1544 +5770,1611 @@
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>22</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>139700</xdr:colOff>
+          <xdr:row>21</xdr:row>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>26</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:col>12</xdr:col>
+          <xdr:colOff>28575</xdr:colOff>
+          <xdr:row>21</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4144" name="Check Box 48" hidden="1">
+            <xdr:cNvPr id="4147" name="Check Box 51" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4144"/>
+                  <a14:compatExt spid="_x0000_s4147"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000030100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000033100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>26</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:col>14</xdr:col>
+          <xdr:colOff>133350</xdr:colOff>
+          <xdr:row>23</xdr:row>
+          <xdr:rowOff>44450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>30</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:col>22</xdr:col>
+          <xdr:colOff>123825</xdr:colOff>
+          <xdr:row>23</xdr:row>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4145" name="Check Box 49" hidden="1">
+            <xdr:cNvPr id="4153" name="Check Box 57" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4145"/>
+                  <a14:compatExt spid="_x0000_s4153"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000031100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000039100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>31</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>146050</xdr:colOff>
+          <xdr:row>28</xdr:row>
+          <xdr:rowOff>44450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>34</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:col>14</xdr:col>
+          <xdr:colOff>123825</xdr:colOff>
+          <xdr:row>28</xdr:row>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4146" name="Check Box 50" hidden="1">
+            <xdr:cNvPr id="4154" name="Check Box 58" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4146"/>
+                  <a14:compatExt spid="_x0000_s4154"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000032100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003A100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>53340</xdr:rowOff>
+          <xdr:colOff>139700</xdr:colOff>
+          <xdr:row>27</xdr:row>
+          <xdr:rowOff>31750</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>12</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>190500</xdr:rowOff>
+          <xdr:col>14</xdr:col>
+          <xdr:colOff>123825</xdr:colOff>
+          <xdr:row>27</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4147" name="Check Box 51" hidden="1">
+            <xdr:cNvPr id="4156" name="Check Box 60" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4147"/>
+                  <a14:compatExt spid="_x0000_s4156"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000033100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003C100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>13</xdr:col>
+          <xdr:col>17</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>23</xdr:row>
-          <xdr:rowOff>45720</xdr:rowOff>
+          <xdr:row>27</xdr:row>
+          <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>21</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:col>25</xdr:col>
+          <xdr:colOff>142875</xdr:colOff>
+          <xdr:row>27</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4153" name="Check Box 57" hidden="1">
+            <xdr:cNvPr id="4157" name="Check Box 61" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4153"/>
+                  <a14:compatExt spid="_x0000_s4157"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000039100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003D100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>38100</xdr:rowOff>
+          <xdr:colOff>139700</xdr:colOff>
+          <xdr:row>29</xdr:row>
+          <xdr:rowOff>25400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>14</xdr:col>
-          <xdr:colOff>129540</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>190500</xdr:rowOff>
+          <xdr:colOff>123825</xdr:colOff>
+          <xdr:row>29</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4154" name="Check Box 58" hidden="1">
+            <xdr:cNvPr id="4158" name="Check Box 62" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4154"/>
+                  <a14:compatExt spid="_x0000_s4158"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003A100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003E100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>30480</xdr:rowOff>
+          <xdr:colOff>139700</xdr:colOff>
+          <xdr:row>30</xdr:row>
+          <xdr:rowOff>38100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>14</xdr:col>
-          <xdr:colOff>129540</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>182880</xdr:rowOff>
+          <xdr:colOff>142875</xdr:colOff>
+          <xdr:row>30</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4156" name="Check Box 60" hidden="1">
+            <xdr:cNvPr id="4159" name="Check Box 63" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4156"/>
+                  <a14:compatExt spid="_x0000_s4159"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003C100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003F100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>17</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>38100</xdr:rowOff>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>139700</xdr:colOff>
+          <xdr:row>31</xdr:row>
+          <xdr:rowOff>44450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>25</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>182880</xdr:rowOff>
+          <xdr:col>14</xdr:col>
+          <xdr:colOff>142875</xdr:colOff>
+          <xdr:row>31</xdr:row>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4157" name="Check Box 61" hidden="1">
+            <xdr:cNvPr id="4160" name="Check Box 64" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4157"/>
+                  <a14:compatExt spid="_x0000_s4160"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003D100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000040100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>6</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:col>26</xdr:col>
+          <xdr:colOff>114300</xdr:colOff>
+          <xdr:row>28</xdr:row>
+          <xdr:rowOff>44450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>14</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>182880</xdr:rowOff>
+          <xdr:col>34</xdr:col>
+          <xdr:colOff>104775</xdr:colOff>
+          <xdr:row>28</xdr:row>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4158" name="Check Box 62" hidden="1">
+            <xdr:cNvPr id="4161" name="Check Box 65" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4158"/>
+                  <a14:compatExt spid="_x0000_s4161"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003E100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000041100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>6</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>38100</xdr:rowOff>
+          <xdr:col>18</xdr:col>
+          <xdr:colOff>114300</xdr:colOff>
+          <xdr:row>28</xdr:row>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>14</xdr:col>
-[...1 lines deleted...]
-          <xdr:row>30</xdr:row>
+          <xdr:col>24</xdr:col>
+          <xdr:colOff>104775</xdr:colOff>
+          <xdr:row>28</xdr:row>
           <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4159" name="Check Box 63" hidden="1">
+            <xdr:cNvPr id="4162" name="Check Box 66" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4159"/>
+                  <a14:compatExt spid="_x0000_s4162"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00003F100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000042100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>6</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>45720</xdr:rowOff>
+          <xdr:col>14</xdr:col>
+          <xdr:colOff>0</xdr:colOff>
+          <xdr:row>16</xdr:row>
+          <xdr:rowOff>6350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>14</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>205740</xdr:rowOff>
+          <xdr:col>17</xdr:col>
+          <xdr:colOff>47625</xdr:colOff>
+          <xdr:row>16</xdr:row>
+          <xdr:rowOff>219075</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4160" name="Check Box 64" hidden="1">
+            <xdr:cNvPr id="4163" name="Check Box 67" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4160"/>
+                  <a14:compatExt spid="_x0000_s4163"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000040100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000043100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>24</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>45720</xdr:rowOff>
+          <xdr:col>17</xdr:col>
+          <xdr:colOff>146050</xdr:colOff>
+          <xdr:row>16</xdr:row>
+          <xdr:rowOff>6350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>32</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:col>21</xdr:col>
+          <xdr:colOff>28575</xdr:colOff>
+          <xdr:row>16</xdr:row>
+          <xdr:rowOff>219075</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4161" name="Check Box 65" hidden="1">
+            <xdr:cNvPr id="4164" name="Check Box 68" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4161"/>
+                  <a14:compatExt spid="_x0000_s4164"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000041100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000044100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>17</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>53340</xdr:rowOff>
+          <xdr:col>22</xdr:col>
+          <xdr:colOff>146050</xdr:colOff>
+          <xdr:row>16</xdr:row>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>23</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>190500</xdr:rowOff>
+          <xdr:col>29</xdr:col>
+          <xdr:colOff>9525</xdr:colOff>
+          <xdr:row>16</xdr:row>
+          <xdr:rowOff>219075</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4162" name="Check Box 66" hidden="1">
+            <xdr:cNvPr id="4165" name="Check Box 69" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4162"/>
+                  <a14:compatExt spid="_x0000_s4165"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000042100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000045100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>13</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:col>25</xdr:col>
+          <xdr:colOff>133350</xdr:colOff>
+          <xdr:row>23</xdr:row>
+          <xdr:rowOff>63500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>16</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>220980</xdr:rowOff>
+          <xdr:col>37</xdr:col>
+          <xdr:colOff>85725</xdr:colOff>
+          <xdr:row>23</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4163" name="Check Box 67" hidden="1">
+            <xdr:cNvPr id="4168" name="Check Box 72" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4163"/>
+                  <a14:compatExt spid="_x0000_s4168"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000043100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000048100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>16</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>7620</xdr:rowOff>
+          <xdr:col>13</xdr:col>
+          <xdr:colOff>152400</xdr:colOff>
+          <xdr:row>21</xdr:row>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>20</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>220980</xdr:rowOff>
+          <xdr:col>21</xdr:col>
+          <xdr:colOff>142875</xdr:colOff>
+          <xdr:row>21</xdr:row>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4164" name="Check Box 68" hidden="1">
+            <xdr:cNvPr id="4169" name="Check Box 73" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4164"/>
+                  <a14:compatExt spid="_x0000_s4169"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000044100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000049100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>21</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>15240</xdr:rowOff>
+          <xdr:col>23</xdr:col>
+          <xdr:colOff>152400</xdr:colOff>
+          <xdr:row>21</xdr:row>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>28</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>213360</xdr:rowOff>
+          <xdr:col>31</xdr:col>
+          <xdr:colOff>142875</xdr:colOff>
+          <xdr:row>21</xdr:row>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4165" name="Check Box 69" hidden="1">
+            <xdr:cNvPr id="4170" name="Check Box 74" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4165"/>
+                  <a14:compatExt spid="_x0000_s4170"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000045100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004A100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>22</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>139700</xdr:colOff>
+          <xdr:row>14</xdr:row>
+          <xdr:rowOff>44450</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>26</xdr:col>
-          <xdr:colOff>0</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>190500</xdr:rowOff>
+          <xdr:colOff>123825</xdr:colOff>
+          <xdr:row>14</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4166" name="Check Box 70" hidden="1">
+            <xdr:cNvPr id="4171" name="Check Box 75" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4166"/>
+                  <a14:compatExt spid="_x0000_s4171"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000046100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004B100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>26</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>139700</xdr:colOff>
+          <xdr:row>24</xdr:row>
+          <xdr:rowOff>25400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>30</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>190500</xdr:rowOff>
+          <xdr:col>14</xdr:col>
+          <xdr:colOff>9525</xdr:colOff>
+          <xdr:row>24</xdr:row>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4167" name="Check Box 71" hidden="1">
+            <xdr:cNvPr id="4172" name="Check Box 76" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4167"/>
+                  <a14:compatExt spid="_x0000_s4172"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000047100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004C100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>23</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>60960</xdr:rowOff>
+          <xdr:col>32</xdr:col>
+          <xdr:colOff>0</xdr:colOff>
+          <xdr:row>34</xdr:row>
+          <xdr:rowOff>215900</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>35</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>190500</xdr:rowOff>
+          <xdr:col>38</xdr:col>
+          <xdr:colOff>142875</xdr:colOff>
+          <xdr:row>36</xdr:row>
+          <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4168" name="Check Box 72" hidden="1">
+            <xdr:cNvPr id="4173" name="Check Box 77" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4168"/>
+                  <a14:compatExt spid="_x0000_s4173"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000048100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004D100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>13</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>53340</xdr:rowOff>
+          <xdr:col>33</xdr:col>
+          <xdr:colOff>0</xdr:colOff>
+          <xdr:row>17</xdr:row>
+          <xdr:rowOff>25400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>21</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:col>35</xdr:col>
+          <xdr:colOff>47625</xdr:colOff>
+          <xdr:row>17</xdr:row>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4169" name="Check Box 73" hidden="1">
+            <xdr:cNvPr id="4179" name="Check Box 83" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4169"/>
+                  <a14:compatExt spid="_x0000_s4179"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000049100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000053100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>23</xdr:col>
+          <xdr:col>27</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
-          <xdr:row>21</xdr:row>
-          <xdr:rowOff>53340</xdr:rowOff>
+          <xdr:row>17</xdr:row>
+          <xdr:rowOff>25400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>31</xdr:col>
-          <xdr:colOff>137160</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:colOff>0</xdr:colOff>
+          <xdr:row>17</xdr:row>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4170" name="Check Box 74" hidden="1">
+            <xdr:cNvPr id="4180" name="Check Box 84" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4170"/>
+                  <a14:compatExt spid="_x0000_s4180"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004A100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000054100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>6</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>45720</xdr:rowOff>
+          <xdr:col>23</xdr:col>
+          <xdr:colOff>152400</xdr:colOff>
+          <xdr:row>17</xdr:row>
+          <xdr:rowOff>25400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>26</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>175260</xdr:rowOff>
+          <xdr:col>27</xdr:col>
+          <xdr:colOff>0</xdr:colOff>
+          <xdr:row>17</xdr:row>
+          <xdr:rowOff>200025</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4171" name="Check Box 75" hidden="1">
+            <xdr:cNvPr id="4181" name="Check Box 85" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4171"/>
+                  <a14:compatExt spid="_x0000_s4181"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004B100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000055100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
-          <xdr:col>6</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>22860</xdr:rowOff>
+          <xdr:col>27</xdr:col>
+          <xdr:colOff>152400</xdr:colOff>
+          <xdr:row>18</xdr:row>
+          <xdr:rowOff>25400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
-          <xdr:col>14</xdr:col>
-[...2 lines deleted...]
-          <xdr:rowOff>198120</xdr:rowOff>
+          <xdr:col>31</xdr:col>
+          <xdr:colOff>0</xdr:colOff>
+          <xdr:row>18</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
-            <xdr:cNvPr id="4172" name="Check Box 76" hidden="1">
+            <xdr:cNvPr id="4182" name="Check Box 86" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
-                  <a14:compatExt spid="_x0000_s4172"/>
+                  <a14:compatExt spid="_x0000_s4182"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004C100000}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000056100000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>23</xdr:col>
+          <xdr:colOff>152400</xdr:colOff>
+          <xdr:row>18</xdr:row>
+          <xdr:rowOff>25400</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>27</xdr:col>
+          <xdr:colOff>0</xdr:colOff>
+          <xdr:row>18</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="4183" name="Check Box 87" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s4183"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000057100000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -7609,4051 +7663,4063 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp67.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp68.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp67.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A50C26C-F1E8-4639-B88A-9959835885F7}">
-  <dimension ref="A1:AP70"/>
+  <dimension ref="A1:AP68"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A2" zoomScale="120" zoomScaleNormal="200" zoomScaleSheetLayoutView="120" workbookViewId="0">
-      <selection activeCell="AF2" sqref="AF2:AM2"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A4" zoomScaleNormal="200" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="N19" sqref="N19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="34" width="2.21875" style="3" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="40" max="45" width="1.44140625" style="3" customWidth="1"/>
+    <col min="1" max="34" width="2.1796875" style="3" customWidth="1"/>
+    <col min="35" max="35" width="3.6328125" style="3" customWidth="1"/>
+    <col min="36" max="36" width="2.1796875" style="3" customWidth="1"/>
+    <col min="37" max="38" width="1.6328125" style="3" customWidth="1"/>
+    <col min="39" max="40" width="3.7265625" style="3" customWidth="1"/>
+    <col min="41" max="41" width="3.6328125" style="3" customWidth="1"/>
+    <col min="42" max="45" width="1.453125" style="3" customWidth="1"/>
     <col min="46" max="16384" width="9" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:39" ht="21.75" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:41" ht="21.75" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="4"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
       <c r="U1" s="1"/>
       <c r="V1" s="2"/>
       <c r="W1" s="1"/>
     </row>
-    <row r="2" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="H2" s="48" t="s">
+    <row r="2" spans="1:41" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="91" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" s="91"/>
+      <c r="C2" s="91"/>
+      <c r="D2" s="91"/>
+      <c r="E2" s="91"/>
+      <c r="F2" s="91"/>
+      <c r="G2" s="31"/>
+      <c r="H2" s="90" t="s">
         <v>50</v>
       </c>
-      <c r="I2" s="48"/>
-[...31 lines deleted...]
-      <c r="AM2" s="50"/>
+      <c r="I2" s="90"/>
+      <c r="J2" s="90"/>
+      <c r="K2" s="90"/>
+      <c r="L2" s="90"/>
+      <c r="M2" s="90"/>
+      <c r="N2" s="90"/>
+      <c r="O2" s="90"/>
+      <c r="P2" s="90"/>
+      <c r="Q2" s="90"/>
+      <c r="R2" s="90"/>
+      <c r="S2" s="90"/>
+      <c r="T2" s="90"/>
+      <c r="U2" s="90"/>
+      <c r="V2" s="90"/>
+      <c r="W2" s="90"/>
+      <c r="X2" s="90"/>
+      <c r="Y2" s="90"/>
+      <c r="Z2" s="90"/>
+      <c r="AA2" s="31"/>
+      <c r="AB2" s="66" t="s">
+        <v>106</v>
+      </c>
+      <c r="AC2" s="66"/>
+      <c r="AD2" s="66"/>
+      <c r="AE2" s="66"/>
+      <c r="AF2" s="66"/>
+      <c r="AG2" s="66"/>
+      <c r="AH2" s="66"/>
+      <c r="AI2" s="66"/>
+      <c r="AJ2" s="66"/>
+      <c r="AK2" s="66"/>
+      <c r="AL2" s="66"/>
+      <c r="AM2" s="66"/>
+      <c r="AN2" s="66"/>
+      <c r="AO2" s="66"/>
     </row>
-    <row r="3" spans="1:39" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...38 lines deleted...]
-      <c r="AM3" s="6"/>
+    <row r="3" spans="1:41" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="40"/>
+      <c r="B3" s="40"/>
+      <c r="C3" s="40"/>
+      <c r="D3" s="40"/>
+      <c r="E3" s="40"/>
+      <c r="F3" s="7"/>
+      <c r="G3" s="7"/>
+      <c r="H3" s="7"/>
+      <c r="I3" s="7"/>
+      <c r="J3" s="7"/>
+      <c r="K3" s="7"/>
+      <c r="L3" s="7"/>
+      <c r="M3" s="7"/>
+      <c r="N3" s="7"/>
+      <c r="O3" s="7"/>
+      <c r="P3" s="7"/>
+      <c r="Q3" s="7"/>
+      <c r="R3" s="7"/>
+      <c r="S3" s="7"/>
+      <c r="T3" s="7"/>
+      <c r="U3" s="7"/>
+      <c r="V3" s="7"/>
+      <c r="W3" s="7"/>
+      <c r="X3" s="7"/>
+      <c r="Y3" s="7"/>
+      <c r="Z3" s="7"/>
+      <c r="AA3" s="7"/>
+      <c r="AB3" s="7"/>
+      <c r="AC3" s="7"/>
+      <c r="AD3" s="7"/>
+      <c r="AE3" s="7"/>
+      <c r="AF3" s="7"/>
+      <c r="AG3" s="7"/>
+      <c r="AH3" s="7"/>
+      <c r="AI3" s="7"/>
+      <c r="AJ3" s="7"/>
+      <c r="AK3" s="7"/>
+      <c r="AL3" s="7"/>
+      <c r="AM3" s="7"/>
     </row>
-    <row r="4" spans="1:39" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="107" t="s">
+    <row r="4" spans="1:41" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="126" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="108"/>
-[...4 lines deleted...]
-      <c r="G4" s="110" t="s">
+      <c r="B4" s="127"/>
+      <c r="C4" s="127"/>
+      <c r="D4" s="127"/>
+      <c r="E4" s="127"/>
+      <c r="F4" s="128"/>
+      <c r="G4" s="147" t="s">
         <v>18</v>
       </c>
-      <c r="H4" s="111"/>
-[...30 lines deleted...]
-      <c r="AM4" s="112"/>
+      <c r="H4" s="148"/>
+      <c r="I4" s="148"/>
+      <c r="J4" s="148"/>
+      <c r="K4" s="148"/>
+      <c r="L4" s="148"/>
+      <c r="M4" s="148"/>
+      <c r="N4" s="148"/>
+      <c r="O4" s="148"/>
+      <c r="P4" s="148"/>
+      <c r="Q4" s="148"/>
+      <c r="R4" s="148"/>
+      <c r="S4" s="148"/>
+      <c r="T4" s="148"/>
+      <c r="U4" s="148"/>
+      <c r="V4" s="148"/>
+      <c r="W4" s="148"/>
+      <c r="X4" s="148"/>
+      <c r="Y4" s="148"/>
+      <c r="Z4" s="148"/>
+      <c r="AA4" s="148"/>
+      <c r="AB4" s="148"/>
+      <c r="AC4" s="148"/>
+      <c r="AD4" s="148"/>
+      <c r="AE4" s="148"/>
+      <c r="AF4" s="148"/>
+      <c r="AG4" s="148"/>
+      <c r="AH4" s="148"/>
+      <c r="AI4" s="148"/>
+      <c r="AJ4" s="148"/>
+      <c r="AK4" s="148"/>
+      <c r="AL4" s="148"/>
+      <c r="AM4" s="148"/>
+      <c r="AN4" s="148"/>
+      <c r="AO4" s="149"/>
     </row>
-    <row r="5" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="113" t="s">
+    <row r="5" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="129" t="s">
         <v>19</v>
       </c>
-      <c r="B5" s="114"/>
-[...6 lines deleted...]
-      <c r="I5" s="27" t="s">
+      <c r="B5" s="93"/>
+      <c r="C5" s="93"/>
+      <c r="D5" s="93"/>
+      <c r="E5" s="93"/>
+      <c r="F5" s="130"/>
+      <c r="G5" s="21"/>
+      <c r="H5" s="7"/>
+      <c r="I5" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="J5" s="27"/>
-[...3 lines deleted...]
-      <c r="N5" s="27" t="s">
+      <c r="J5" s="7"/>
+      <c r="K5" s="7"/>
+      <c r="L5" s="7"/>
+      <c r="M5" s="7"/>
+      <c r="N5" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="O5" s="27"/>
-[...23 lines deleted...]
-      <c r="AM5" s="28"/>
+      <c r="O5" s="7"/>
+      <c r="P5" s="7"/>
+      <c r="Q5" s="7"/>
+      <c r="R5" s="7"/>
+      <c r="S5" s="7"/>
+      <c r="T5" s="7"/>
+      <c r="U5" s="7"/>
+      <c r="V5" s="7"/>
+      <c r="W5" s="7"/>
+      <c r="X5" s="7"/>
+      <c r="Y5" s="7"/>
+      <c r="Z5" s="7"/>
+      <c r="AA5" s="7"/>
+      <c r="AB5" s="7"/>
+      <c r="AC5" s="7"/>
+      <c r="AD5" s="7"/>
+      <c r="AE5" s="7"/>
+      <c r="AF5" s="7"/>
+      <c r="AG5" s="7"/>
+      <c r="AH5" s="7"/>
+      <c r="AI5" s="7"/>
+      <c r="AJ5" s="7"/>
+      <c r="AK5" s="7"/>
+      <c r="AL5" s="7"/>
+      <c r="AM5" s="7"/>
+      <c r="AO5" s="33"/>
     </row>
-    <row r="6" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-        <v>84</v>
+    <row r="6" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="131"/>
+      <c r="B6" s="132"/>
+      <c r="C6" s="132"/>
+      <c r="D6" s="132"/>
+      <c r="E6" s="132"/>
+      <c r="F6" s="133"/>
+      <c r="G6" s="21" t="s">
+        <v>82</v>
       </c>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="7"/>
       <c r="K6" s="7"/>
       <c r="L6" s="7"/>
       <c r="M6" s="7"/>
       <c r="N6" s="7"/>
       <c r="O6" s="7"/>
       <c r="P6" s="7"/>
       <c r="Q6" s="7"/>
       <c r="R6" s="7"/>
       <c r="S6" s="7"/>
       <c r="T6" s="7"/>
       <c r="U6" s="7"/>
       <c r="V6" s="7"/>
       <c r="W6" s="7"/>
       <c r="X6" s="7"/>
       <c r="Y6" s="7"/>
       <c r="Z6" s="7"/>
       <c r="AJ6" s="7"/>
       <c r="AK6" s="7"/>
       <c r="AL6" s="7"/>
-      <c r="AM6" s="8"/>
+      <c r="AM6" s="7"/>
+      <c r="AO6" s="33"/>
     </row>
-    <row r="7" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="G7" s="29"/>
+    <row r="7" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="131"/>
+      <c r="B7" s="132"/>
+      <c r="C7" s="132"/>
+      <c r="D7" s="132"/>
+      <c r="E7" s="132"/>
+      <c r="F7" s="133"/>
+      <c r="G7" s="21"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
       <c r="L7" s="7"/>
       <c r="M7" s="7"/>
       <c r="N7" s="7"/>
       <c r="O7" s="7"/>
       <c r="P7" s="7"/>
       <c r="S7" s="7"/>
       <c r="T7" s="7" t="s">
         <v>20</v>
       </c>
       <c r="U7" s="7"/>
       <c r="V7" s="7"/>
       <c r="W7" s="7"/>
       <c r="X7" s="7"/>
       <c r="Y7" s="7"/>
       <c r="Z7" s="7"/>
       <c r="AA7" s="7"/>
       <c r="AB7" s="7"/>
       <c r="AC7" s="7"/>
       <c r="AD7" s="7"/>
       <c r="AE7" s="7"/>
       <c r="AF7" s="7"/>
       <c r="AG7" s="7"/>
       <c r="AH7" s="7"/>
       <c r="AI7" s="7"/>
       <c r="AJ7" s="7"/>
-      <c r="AM7" s="43"/>
+      <c r="AO7" s="33"/>
     </row>
-    <row r="8" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="G8" s="29"/>
+    <row r="8" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="131"/>
+      <c r="B8" s="132"/>
+      <c r="C8" s="132"/>
+      <c r="D8" s="132"/>
+      <c r="E8" s="132"/>
+      <c r="F8" s="133"/>
+      <c r="G8" s="21"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7" t="s">
         <v>21</v>
       </c>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="7"/>
       <c r="M8" s="7"/>
       <c r="N8" s="7"/>
       <c r="O8" s="7"/>
       <c r="P8" s="7"/>
       <c r="Q8" s="7"/>
       <c r="R8" s="7" t="s">
         <v>22</v>
       </c>
       <c r="S8" s="7"/>
       <c r="T8" s="7"/>
       <c r="U8" s="7"/>
       <c r="V8" s="7"/>
       <c r="W8" s="7" t="s">
         <v>23</v>
       </c>
       <c r="X8" s="7"/>
       <c r="Y8" s="7"/>
       <c r="Z8" s="7"/>
       <c r="AA8" s="7"/>
       <c r="AB8" s="7"/>
       <c r="AC8" s="7"/>
       <c r="AD8" s="7" t="s">
         <v>24</v>
       </c>
       <c r="AE8" s="7"/>
       <c r="AF8" s="7"/>
       <c r="AG8" s="7"/>
       <c r="AH8" s="7"/>
       <c r="AI8" s="7"/>
       <c r="AJ8" s="7"/>
       <c r="AK8" s="7"/>
       <c r="AL8" s="7"/>
-      <c r="AM8" s="8"/>
+      <c r="AM8" s="7"/>
+      <c r="AO8" s="33"/>
     </row>
-    <row r="9" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="G9" s="29"/>
+    <row r="9" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="131"/>
+      <c r="B9" s="132"/>
+      <c r="C9" s="132"/>
+      <c r="D9" s="132"/>
+      <c r="E9" s="132"/>
+      <c r="F9" s="133"/>
+      <c r="G9" s="21"/>
       <c r="H9" s="7"/>
       <c r="I9" s="7" t="s">
         <v>25</v>
       </c>
       <c r="J9" s="7"/>
       <c r="K9" s="7"/>
       <c r="L9" s="7"/>
       <c r="M9" s="7"/>
       <c r="N9" s="7"/>
       <c r="O9" s="7"/>
       <c r="P9" s="7"/>
       <c r="Q9" s="7"/>
       <c r="R9" s="7"/>
       <c r="S9" s="7"/>
       <c r="T9" s="7"/>
       <c r="U9" s="7"/>
       <c r="V9" s="7"/>
       <c r="W9" s="7"/>
       <c r="X9" s="7"/>
       <c r="Y9" s="7"/>
       <c r="Z9" s="7"/>
       <c r="AA9" s="7"/>
       <c r="AB9" s="7"/>
       <c r="AC9" s="7"/>
       <c r="AD9" s="7"/>
       <c r="AE9" s="7"/>
       <c r="AF9" s="7"/>
       <c r="AG9" s="7"/>
       <c r="AH9" s="7"/>
       <c r="AI9" s="7"/>
       <c r="AJ9" s="7"/>
       <c r="AK9" s="7"/>
       <c r="AL9" s="7"/>
-      <c r="AM9" s="8"/>
+      <c r="AM9" s="7"/>
+      <c r="AO9" s="33"/>
     </row>
-    <row r="10" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="G10" s="29"/>
+    <row r="10" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="131"/>
+      <c r="B10" s="132"/>
+      <c r="C10" s="132"/>
+      <c r="D10" s="132"/>
+      <c r="E10" s="132"/>
+      <c r="F10" s="133"/>
+      <c r="G10" s="21"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="7"/>
       <c r="K10" s="7"/>
       <c r="L10" s="7"/>
       <c r="M10" s="7"/>
       <c r="N10" s="7"/>
       <c r="O10" s="7"/>
       <c r="P10" s="7"/>
       <c r="Q10" s="7"/>
       <c r="R10" s="7"/>
       <c r="S10" s="7"/>
       <c r="T10" s="7" t="s">
         <v>27</v>
       </c>
       <c r="U10" s="7"/>
       <c r="V10" s="7"/>
       <c r="W10" s="7"/>
       <c r="X10" s="7"/>
       <c r="Y10" s="7"/>
       <c r="Z10" s="7"/>
       <c r="AA10" s="7"/>
       <c r="AB10" s="7"/>
       <c r="AC10" s="7"/>
       <c r="AD10" s="7"/>
       <c r="AE10" s="7"/>
       <c r="AF10" s="7"/>
       <c r="AG10" s="7"/>
       <c r="AH10" s="7"/>
       <c r="AI10" s="7"/>
       <c r="AJ10" s="7"/>
       <c r="AK10" s="7"/>
       <c r="AL10" s="7"/>
-      <c r="AM10" s="8"/>
+      <c r="AM10" s="7"/>
+      <c r="AO10" s="33"/>
     </row>
-    <row r="11" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="119" t="s">
+    <row r="11" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="134" t="s">
         <v>53</v>
       </c>
-      <c r="B11" s="120"/>
-[...6 lines deleted...]
-      <c r="I11" s="10" t="s">
+      <c r="B11" s="135"/>
+      <c r="C11" s="135"/>
+      <c r="D11" s="135"/>
+      <c r="E11" s="135"/>
+      <c r="F11" s="136"/>
+      <c r="G11" s="8"/>
+      <c r="H11" s="9"/>
+      <c r="I11" s="9" t="s">
         <v>28</v>
       </c>
-      <c r="J11" s="10"/>
-[...4 lines deleted...]
-      <c r="O11" s="10" t="s">
+      <c r="J11" s="9"/>
+      <c r="K11" s="9"/>
+      <c r="L11" s="9"/>
+      <c r="M11" s="9"/>
+      <c r="N11" s="9"/>
+      <c r="O11" s="9" t="s">
         <v>29</v>
       </c>
-      <c r="P11" s="10"/>
-[...4 lines deleted...]
-      <c r="U11" s="10" t="s">
+      <c r="P11" s="9"/>
+      <c r="Q11" s="9"/>
+      <c r="R11" s="9"/>
+      <c r="S11" s="9"/>
+      <c r="T11" s="9"/>
+      <c r="U11" s="9" t="s">
         <v>30</v>
       </c>
-      <c r="V11" s="10"/>
-[...4 lines deleted...]
-      <c r="AA11" s="10" t="s">
+      <c r="V11" s="9"/>
+      <c r="W11" s="9"/>
+      <c r="X11" s="9"/>
+      <c r="Y11" s="9"/>
+      <c r="Z11" s="9"/>
+      <c r="AA11" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="AB11" s="10"/>
-[...4 lines deleted...]
-      <c r="AG11" s="10" t="s">
+      <c r="AB11" s="9"/>
+      <c r="AC11" s="9"/>
+      <c r="AD11" s="9"/>
+      <c r="AE11" s="9"/>
+      <c r="AF11" s="9"/>
+      <c r="AG11" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="AH11" s="10"/>
-[...4 lines deleted...]
-      <c r="AM11" s="16"/>
+      <c r="AH11" s="9"/>
+      <c r="AI11" s="9"/>
+      <c r="AJ11" s="9"/>
+      <c r="AK11" s="9"/>
+      <c r="AL11" s="9"/>
+      <c r="AM11" s="9"/>
+      <c r="AN11" s="47"/>
+      <c r="AO11" s="48"/>
     </row>
-    <row r="12" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="119" t="s">
+    <row r="12" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="134" t="s">
         <v>56</v>
       </c>
-      <c r="B12" s="120"/>
-[...6 lines deleted...]
-      <c r="I12" s="10" t="s">
+      <c r="B12" s="135"/>
+      <c r="C12" s="135"/>
+      <c r="D12" s="135"/>
+      <c r="E12" s="135"/>
+      <c r="F12" s="136"/>
+      <c r="G12" s="7"/>
+      <c r="H12" s="7"/>
+      <c r="I12" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="J12" s="10"/>
-[...6 lines deleted...]
-      <c r="Q12" s="10" t="s">
+      <c r="J12" s="7"/>
+      <c r="K12" s="7"/>
+      <c r="L12" s="7"/>
+      <c r="M12" s="7"/>
+      <c r="N12" s="7"/>
+      <c r="O12" s="7"/>
+      <c r="P12" s="7"/>
+      <c r="Q12" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="R12" s="10"/>
-[...3 lines deleted...]
-      <c r="V12" s="10" t="s">
+      <c r="R12" s="7"/>
+      <c r="S12" s="7"/>
+      <c r="T12" s="7"/>
+      <c r="U12" s="7"/>
+      <c r="V12" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="W12" s="10"/>
-[...3 lines deleted...]
-      <c r="AA12" s="10" t="s">
+      <c r="W12" s="7"/>
+      <c r="X12" s="7"/>
+      <c r="Y12" s="7"/>
+      <c r="Z12" s="7"/>
+      <c r="AA12" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="AB12" s="10"/>
-[...8 lines deleted...]
-      <c r="AK12" s="10" t="s">
+      <c r="AB12" s="7"/>
+      <c r="AC12" s="7"/>
+      <c r="AD12" s="7"/>
+      <c r="AE12" s="7"/>
+      <c r="AF12" s="7"/>
+      <c r="AG12" s="7"/>
+      <c r="AH12" s="7"/>
+      <c r="AI12" s="7"/>
+      <c r="AJ12" s="7"/>
+      <c r="AK12" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="AL12" s="10"/>
-      <c r="AM12" s="16"/>
+      <c r="AL12" s="7"/>
+      <c r="AM12" s="7"/>
+      <c r="AO12" s="33"/>
     </row>
-    <row r="13" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...46 lines deleted...]
-      <c r="AM13" s="16"/>
+    <row r="13" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="134" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" s="135"/>
+      <c r="C13" s="135"/>
+      <c r="D13" s="135"/>
+      <c r="E13" s="135"/>
+      <c r="F13" s="136"/>
+      <c r="G13" s="8"/>
+      <c r="H13" s="9"/>
+      <c r="I13" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="J13" s="9"/>
+      <c r="K13" s="9"/>
+      <c r="L13" s="9"/>
+      <c r="M13" s="9"/>
+      <c r="N13" s="9"/>
+      <c r="O13" s="9"/>
+      <c r="P13" s="9"/>
+      <c r="Q13" s="9"/>
+      <c r="R13" s="9"/>
+      <c r="S13" s="9"/>
+      <c r="T13" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="U13" s="9"/>
+      <c r="V13" s="9"/>
+      <c r="W13" s="9"/>
+      <c r="X13" s="9"/>
+      <c r="Y13" s="9"/>
+      <c r="Z13" s="9"/>
+      <c r="AA13" s="9"/>
+      <c r="AB13" s="9"/>
+      <c r="AC13" s="9"/>
+      <c r="AD13" s="9"/>
+      <c r="AE13" s="9"/>
+      <c r="AF13" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="AG13" s="9"/>
+      <c r="AH13" s="9"/>
+      <c r="AI13" s="9"/>
+      <c r="AJ13" s="9"/>
+      <c r="AK13" s="9"/>
+      <c r="AL13" s="9"/>
+      <c r="AM13" s="9"/>
+      <c r="AN13" s="47"/>
+      <c r="AO13" s="48"/>
     </row>
-    <row r="14" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="131" t="s">
+    <row r="14" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="146" t="s">
         <v>59</v>
       </c>
-      <c r="B14" s="126"/>
-[...6 lines deleted...]
-      <c r="I14" s="18" t="s">
+      <c r="B14" s="141"/>
+      <c r="C14" s="141"/>
+      <c r="D14" s="141"/>
+      <c r="E14" s="141"/>
+      <c r="F14" s="142"/>
+      <c r="G14" s="28"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="14" t="s">
         <v>60</v>
       </c>
-      <c r="J14" s="18"/>
-[...28 lines deleted...]
-      <c r="AM14" s="19"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="14"/>
+      <c r="L14" s="14"/>
+      <c r="M14" s="14"/>
+      <c r="N14" s="14"/>
+      <c r="O14" s="14"/>
+      <c r="P14" s="14"/>
+      <c r="Q14" s="14"/>
+      <c r="R14" s="14"/>
+      <c r="S14" s="14"/>
+      <c r="T14" s="14"/>
+      <c r="U14" s="14"/>
+      <c r="V14" s="14"/>
+      <c r="W14" s="14"/>
+      <c r="X14" s="14"/>
+      <c r="Y14" s="14"/>
+      <c r="Z14" s="14"/>
+      <c r="AA14" s="14"/>
+      <c r="AB14" s="14"/>
+      <c r="AC14" s="14"/>
+      <c r="AD14" s="14"/>
+      <c r="AE14" s="14"/>
+      <c r="AF14" s="14"/>
+      <c r="AG14" s="14"/>
+      <c r="AH14" s="14"/>
+      <c r="AI14" s="14"/>
+      <c r="AJ14" s="14"/>
+      <c r="AK14" s="14"/>
+      <c r="AL14" s="14"/>
+      <c r="AM14" s="14"/>
+      <c r="AN14" s="45"/>
+      <c r="AO14" s="46"/>
     </row>
-    <row r="15" spans="1:39" ht="15.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G15" s="6"/>
+    <row r="15" spans="1:41" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="143"/>
+      <c r="B15" s="144"/>
+      <c r="C15" s="144"/>
+      <c r="D15" s="144"/>
+      <c r="E15" s="144"/>
+      <c r="F15" s="145"/>
+      <c r="G15" s="44"/>
       <c r="H15" s="6"/>
       <c r="I15" s="6" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="6"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
       <c r="T15" s="6"/>
       <c r="U15" s="6"/>
       <c r="V15" s="6"/>
       <c r="W15" s="6"/>
       <c r="X15" s="6"/>
       <c r="Y15" s="6"/>
       <c r="Z15" s="6"/>
       <c r="AA15" s="6"/>
       <c r="AB15" s="6"/>
       <c r="AC15" s="6"/>
       <c r="AD15" s="6"/>
       <c r="AE15" s="6"/>
       <c r="AF15" s="6"/>
       <c r="AG15" s="6"/>
       <c r="AH15" s="6"/>
       <c r="AI15" s="6"/>
       <c r="AJ15" s="6"/>
       <c r="AK15" s="6"/>
       <c r="AL15" s="6"/>
-      <c r="AM15" s="14"/>
+      <c r="AM15" s="6"/>
+      <c r="AN15" s="42"/>
+      <c r="AO15" s="43"/>
     </row>
-    <row r="16" spans="1:39" ht="15.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...38 lines deleted...]
-      <c r="AM16" s="11"/>
+    <row r="16" spans="1:41" ht="15.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="G16" s="7"/>
+      <c r="H16" s="7"/>
+      <c r="I16" s="7"/>
+      <c r="J16" s="7"/>
+      <c r="K16" s="7"/>
+      <c r="L16" s="7"/>
+      <c r="M16" s="7"/>
+      <c r="N16" s="7"/>
+      <c r="O16" s="7"/>
+      <c r="P16" s="7"/>
+      <c r="Q16" s="7"/>
+      <c r="R16" s="7"/>
+      <c r="S16" s="7"/>
+      <c r="T16" s="7"/>
+      <c r="U16" s="7"/>
+      <c r="V16" s="7"/>
+      <c r="W16" s="7"/>
+      <c r="X16" s="7"/>
+      <c r="Y16" s="7"/>
+      <c r="Z16" s="7"/>
+      <c r="AA16" s="7"/>
+      <c r="AB16" s="7"/>
+      <c r="AC16" s="7"/>
+      <c r="AD16" s="7"/>
+      <c r="AE16" s="7"/>
+      <c r="AF16" s="7"/>
+      <c r="AG16" s="7"/>
+      <c r="AH16" s="7"/>
+      <c r="AI16" s="7"/>
+      <c r="AJ16" s="7"/>
+      <c r="AK16" s="7"/>
+      <c r="AL16" s="7"/>
+      <c r="AM16" s="7"/>
     </row>
-    <row r="17" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="122" t="s">
+    <row r="17" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="137" t="s">
         <v>2</v>
       </c>
-      <c r="B17" s="123"/>
-[...6 lines deleted...]
-      <c r="I17" s="11" t="s">
+      <c r="B17" s="138"/>
+      <c r="C17" s="138"/>
+      <c r="D17" s="138"/>
+      <c r="E17" s="138"/>
+      <c r="F17" s="139"/>
+      <c r="G17" s="49"/>
+      <c r="H17" s="38"/>
+      <c r="I17" s="38" t="s">
         <v>2</v>
       </c>
-      <c r="J17" s="11"/>
-[...2 lines deleted...]
-      <c r="M17" s="36" t="s">
+      <c r="J17" s="38"/>
+      <c r="K17" s="38"/>
+      <c r="L17" s="38"/>
+      <c r="M17" s="50"/>
+      <c r="N17" s="51" t="s">
         <v>16</v>
       </c>
-      <c r="N17" s="11"/>
-[...13 lines deleted...]
-      <c r="X17" s="11" t="s">
+      <c r="O17" s="10"/>
+      <c r="P17" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q17" s="10"/>
+      <c r="R17" s="10"/>
+      <c r="S17" s="10"/>
+      <c r="T17" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="U17" s="10"/>
+      <c r="V17" s="10"/>
+      <c r="W17" s="10"/>
+      <c r="X17" s="10"/>
+      <c r="Y17" s="10" t="s">
         <v>61</v>
       </c>
-      <c r="Y17" s="11"/>
-[...13 lines deleted...]
-      <c r="AM17" s="13"/>
+      <c r="Z17" s="10"/>
+      <c r="AA17" s="10"/>
+      <c r="AB17" s="10"/>
+      <c r="AC17" s="10"/>
+      <c r="AD17" s="10"/>
+      <c r="AE17" s="10"/>
+      <c r="AF17" s="10"/>
+      <c r="AG17" s="10"/>
+      <c r="AH17" s="10"/>
+      <c r="AI17" s="10"/>
+      <c r="AJ17" s="10"/>
+      <c r="AK17" s="10"/>
+      <c r="AL17" s="10"/>
+      <c r="AM17" s="10"/>
+      <c r="AN17" s="32"/>
+      <c r="AO17" s="41"/>
     </row>
-    <row r="18" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="125" t="s">
+    <row r="18" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="140" t="s">
+        <v>64</v>
+      </c>
+      <c r="B18" s="141"/>
+      <c r="C18" s="141"/>
+      <c r="D18" s="141"/>
+      <c r="E18" s="141"/>
+      <c r="F18" s="142"/>
+      <c r="G18" s="14"/>
+      <c r="H18" s="14"/>
+      <c r="I18" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="J18" s="14"/>
+      <c r="K18" s="14"/>
+      <c r="L18" s="14"/>
+      <c r="M18" s="14"/>
+      <c r="N18" s="14" t="s">
+        <v>63</v>
+      </c>
+      <c r="O18" s="14"/>
+      <c r="P18" s="14"/>
+      <c r="Q18" s="14"/>
+      <c r="R18" s="14"/>
+      <c r="S18" s="14"/>
+      <c r="T18" s="14"/>
+      <c r="U18" s="14"/>
+      <c r="V18" s="14"/>
+      <c r="W18" s="14"/>
+      <c r="X18" s="14"/>
+      <c r="Y18" s="14"/>
+      <c r="Z18" s="14" t="s">
+        <v>65</v>
+      </c>
+      <c r="AA18" s="14"/>
+      <c r="AB18" s="14"/>
+      <c r="AC18" s="14"/>
+      <c r="AD18" s="14" t="s">
         <v>66</v>
       </c>
-      <c r="B18" s="126"/>
-[...26 lines deleted...]
-      <c r="Y18" s="18" t="s">
+      <c r="AE18" s="14"/>
+      <c r="AF18" s="14"/>
+      <c r="AG18" s="14"/>
+      <c r="AH18" s="14"/>
+      <c r="AI18" s="14" t="s">
         <v>67</v>
       </c>
-      <c r="Z18" s="18"/>
-[...16 lines deleted...]
-      <c r="AM18" s="19"/>
+      <c r="AJ18" s="14"/>
+      <c r="AK18" s="14"/>
+      <c r="AL18" s="14"/>
+      <c r="AM18" s="14"/>
+      <c r="AN18" s="45"/>
+      <c r="AO18" s="46"/>
     </row>
-    <row r="19" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F19" s="118"/>
+    <row r="19" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="131"/>
+      <c r="B19" s="132"/>
+      <c r="C19" s="132"/>
+      <c r="D19" s="132"/>
+      <c r="E19" s="132"/>
+      <c r="F19" s="133"/>
       <c r="G19" s="7"/>
       <c r="H19" s="7"/>
       <c r="I19" s="7" t="s">
         <v>62</v>
       </c>
       <c r="J19" s="7"/>
       <c r="K19" s="7"/>
       <c r="L19" s="7"/>
       <c r="M19" s="7"/>
-      <c r="N19" s="7" t="s">
-        <v>65</v>
+      <c r="N19" s="14" t="s">
+        <v>63</v>
       </c>
       <c r="O19" s="7"/>
       <c r="P19" s="7"/>
       <c r="Q19" s="7"/>
       <c r="R19" s="7"/>
       <c r="S19" s="7"/>
       <c r="T19" s="7"/>
       <c r="U19" s="7"/>
       <c r="W19" s="7"/>
       <c r="X19" s="7"/>
-      <c r="Y19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="Z19" s="7"/>
+      <c r="Y19" s="7"/>
+      <c r="Z19" s="7" t="s">
+        <v>65</v>
+      </c>
       <c r="AA19" s="7"/>
       <c r="AB19" s="7"/>
-      <c r="AC19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AD19" s="7"/>
+      <c r="AC19" s="7"/>
+      <c r="AD19" s="7" t="s">
+        <v>66</v>
+      </c>
       <c r="AE19" s="7"/>
       <c r="AF19" s="7"/>
       <c r="AG19" s="7"/>
       <c r="AH19" s="7"/>
       <c r="AI19" s="7"/>
       <c r="AJ19" s="7"/>
       <c r="AK19" s="7"/>
       <c r="AL19" s="7"/>
-      <c r="AM19" s="8"/>
+      <c r="AM19" s="7"/>
+      <c r="AO19" s="33"/>
     </row>
-    <row r="20" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F20" s="118"/>
+    <row r="20" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="131"/>
+      <c r="B20" s="132"/>
+      <c r="C20" s="132"/>
+      <c r="D20" s="132"/>
+      <c r="E20" s="132"/>
+      <c r="F20" s="133"/>
       <c r="G20" s="7"/>
       <c r="H20" s="7"/>
-      <c r="I20" s="7" t="s">
-[...33 lines deleted...]
-      <c r="AM20" s="8"/>
+      <c r="I20" s="67" t="s">
+        <v>111</v>
+      </c>
+      <c r="J20" s="67"/>
+      <c r="K20" s="67"/>
+      <c r="L20" s="67"/>
+      <c r="M20" s="67"/>
+      <c r="N20" s="67"/>
+      <c r="O20" s="67"/>
+      <c r="P20" s="67"/>
+      <c r="Q20" s="67"/>
+      <c r="R20" s="67"/>
+      <c r="S20" s="67"/>
+      <c r="T20" s="67"/>
+      <c r="U20" s="67"/>
+      <c r="V20" s="67"/>
+      <c r="W20" s="67"/>
+      <c r="X20" s="67"/>
+      <c r="Y20" s="67"/>
+      <c r="Z20" s="67"/>
+      <c r="AA20" s="67"/>
+      <c r="AB20" s="67"/>
+      <c r="AC20" s="67"/>
+      <c r="AD20" s="67"/>
+      <c r="AE20" s="67"/>
+      <c r="AF20" s="67"/>
+      <c r="AG20" s="67"/>
+      <c r="AH20" s="67"/>
+      <c r="AI20" s="67"/>
+      <c r="AJ20" s="67"/>
+      <c r="AK20" s="67"/>
+      <c r="AL20" s="67"/>
+      <c r="AM20" s="67"/>
+      <c r="AN20" s="67"/>
+      <c r="AO20" s="68"/>
     </row>
-    <row r="21" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="G21" s="37" t="s">
+    <row r="21" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="140" t="s">
+        <v>83</v>
+      </c>
+      <c r="B21" s="141"/>
+      <c r="C21" s="141"/>
+      <c r="D21" s="141"/>
+      <c r="E21" s="141"/>
+      <c r="F21" s="142"/>
+      <c r="G21" s="28" t="s">
         <v>3</v>
       </c>
-      <c r="H21" s="18"/>
-[...30 lines deleted...]
-      <c r="AM21" s="19"/>
+      <c r="H21" s="14"/>
+      <c r="I21" s="14"/>
+      <c r="J21" s="14"/>
+      <c r="K21" s="14"/>
+      <c r="L21" s="14"/>
+      <c r="M21" s="14"/>
+      <c r="N21" s="14"/>
+      <c r="O21" s="14"/>
+      <c r="P21" s="14"/>
+      <c r="Q21" s="14"/>
+      <c r="R21" s="14"/>
+      <c r="S21" s="14"/>
+      <c r="T21" s="14"/>
+      <c r="U21" s="14"/>
+      <c r="V21" s="14"/>
+      <c r="W21" s="14"/>
+      <c r="X21" s="14"/>
+      <c r="Y21" s="14"/>
+      <c r="Z21" s="14"/>
+      <c r="AA21" s="14"/>
+      <c r="AB21" s="14"/>
+      <c r="AC21" s="14"/>
+      <c r="AD21" s="14"/>
+      <c r="AE21" s="14"/>
+      <c r="AF21" s="14"/>
+      <c r="AG21" s="14"/>
+      <c r="AH21" s="14"/>
+      <c r="AI21" s="14"/>
+      <c r="AJ21" s="14"/>
+      <c r="AK21" s="14"/>
+      <c r="AL21" s="14"/>
+      <c r="AM21" s="14"/>
+      <c r="AO21" s="33"/>
     </row>
-    <row r="22" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F22" s="118"/>
+    <row r="22" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="131"/>
+      <c r="B22" s="132"/>
+      <c r="C22" s="132"/>
+      <c r="D22" s="132"/>
+      <c r="E22" s="132"/>
+      <c r="F22" s="133"/>
       <c r="G22" s="7"/>
       <c r="H22" s="7"/>
       <c r="I22" s="7" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="J22" s="7"/>
       <c r="K22" s="7"/>
       <c r="L22" s="7"/>
       <c r="M22" s="7"/>
       <c r="N22" s="7"/>
       <c r="O22" s="7"/>
       <c r="P22" s="7" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="Q22" s="7"/>
       <c r="R22" s="7"/>
       <c r="S22" s="7"/>
       <c r="T22" s="7"/>
       <c r="U22" s="7"/>
       <c r="V22" s="7"/>
       <c r="W22" s="7"/>
       <c r="X22" s="7"/>
       <c r="Y22" s="7"/>
       <c r="Z22" s="7" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="AA22" s="7"/>
       <c r="AB22" s="7"/>
       <c r="AC22" s="7"/>
       <c r="AD22" s="7"/>
       <c r="AE22" s="7"/>
       <c r="AF22" s="7"/>
       <c r="AG22" s="7"/>
       <c r="AH22" s="7"/>
       <c r="AI22" s="7"/>
       <c r="AJ22" s="7"/>
       <c r="AK22" s="7"/>
       <c r="AL22" s="7"/>
-      <c r="AM22" s="8"/>
+      <c r="AM22" s="7"/>
+      <c r="AO22" s="33"/>
     </row>
-    <row r="23" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F23" s="118"/>
+    <row r="23" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="131"/>
+      <c r="B23" s="132"/>
+      <c r="C23" s="132"/>
+      <c r="D23" s="132"/>
+      <c r="E23" s="132"/>
+      <c r="F23" s="133"/>
       <c r="G23" s="7" t="s">
         <v>4</v>
       </c>
       <c r="H23" s="7"/>
       <c r="I23" s="7"/>
       <c r="J23" s="7"/>
       <c r="K23" s="7"/>
       <c r="L23" s="7"/>
       <c r="M23" s="7"/>
       <c r="N23" s="7"/>
       <c r="O23" s="7"/>
       <c r="P23" s="7"/>
       <c r="Q23" s="7"/>
       <c r="R23" s="7"/>
       <c r="S23" s="7"/>
       <c r="T23" s="7"/>
       <c r="U23" s="7"/>
       <c r="V23" s="7"/>
       <c r="W23" s="7"/>
       <c r="X23" s="7"/>
       <c r="Y23" s="7"/>
       <c r="Z23" s="7"/>
       <c r="AA23" s="7"/>
       <c r="AB23" s="7"/>
       <c r="AC23" s="7"/>
       <c r="AD23" s="7"/>
       <c r="AE23" s="7"/>
       <c r="AF23" s="7"/>
       <c r="AG23" s="7"/>
       <c r="AH23" s="7"/>
       <c r="AI23" s="7"/>
       <c r="AJ23" s="7"/>
       <c r="AK23" s="7"/>
       <c r="AL23" s="7"/>
-      <c r="AM23" s="8"/>
+      <c r="AM23" s="7"/>
+      <c r="AO23" s="33"/>
     </row>
-    <row r="24" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F24" s="118"/>
+    <row r="24" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="131"/>
+      <c r="B24" s="132"/>
+      <c r="C24" s="132"/>
+      <c r="D24" s="132"/>
+      <c r="E24" s="132"/>
+      <c r="F24" s="133"/>
       <c r="G24" s="7"/>
       <c r="H24" s="7"/>
       <c r="I24" s="7" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="J24" s="7"/>
       <c r="K24" s="7"/>
       <c r="L24" s="7"/>
       <c r="M24" s="7"/>
       <c r="N24" s="7"/>
       <c r="O24" s="7"/>
-      <c r="P24" s="7" t="s">
-[...2 lines deleted...]
-      <c r="Q24" s="7"/>
+      <c r="Q24" s="7" t="s">
+        <v>70</v>
+      </c>
       <c r="R24" s="7"/>
       <c r="S24" s="7"/>
       <c r="T24" s="7"/>
       <c r="U24" s="7"/>
       <c r="V24" s="7"/>
       <c r="W24" s="7"/>
-      <c r="Z24" s="3" t="s">
-        <v>89</v>
+      <c r="AB24" s="3" t="s">
+        <v>87</v>
       </c>
       <c r="AF24" s="7"/>
       <c r="AG24" s="7"/>
       <c r="AH24" s="7"/>
       <c r="AI24" s="7"/>
       <c r="AJ24" s="7"/>
       <c r="AK24" s="7"/>
       <c r="AL24" s="7"/>
-      <c r="AM24" s="8"/>
+      <c r="AM24" s="7"/>
+      <c r="AO24" s="33"/>
     </row>
-    <row r="25" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F25" s="118"/>
+    <row r="25" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="131"/>
+      <c r="B25" s="132"/>
+      <c r="C25" s="132"/>
+      <c r="D25" s="132"/>
+      <c r="E25" s="132"/>
+      <c r="F25" s="133"/>
       <c r="G25" s="7"/>
-      <c r="H25" s="44"/>
+      <c r="H25" s="34"/>
       <c r="I25" s="7" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="7"/>
       <c r="M25" s="7"/>
       <c r="N25" s="7"/>
-      <c r="O25" s="45" t="s">
-        <v>103</v>
+      <c r="O25" s="35" t="s">
+        <v>99</v>
       </c>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
       <c r="R25" s="7"/>
       <c r="S25" s="7"/>
       <c r="T25" s="7"/>
       <c r="U25" s="7"/>
       <c r="V25" s="7"/>
       <c r="W25" s="7"/>
       <c r="AF25" s="7"/>
       <c r="AG25" s="7"/>
       <c r="AH25" s="7"/>
       <c r="AI25" s="7"/>
       <c r="AJ25" s="7"/>
       <c r="AK25" s="7"/>
       <c r="AL25" s="7"/>
-      <c r="AM25" s="8"/>
+      <c r="AM25" s="7"/>
+      <c r="AO25" s="33"/>
     </row>
-    <row r="26" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F26" s="118"/>
+    <row r="26" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="131"/>
+      <c r="B26" s="132"/>
+      <c r="C26" s="132"/>
+      <c r="D26" s="132"/>
+      <c r="E26" s="132"/>
+      <c r="F26" s="133"/>
       <c r="G26" s="7"/>
       <c r="H26" s="7"/>
-      <c r="I26" s="45" t="s">
-        <v>102</v>
+      <c r="I26" s="35" t="s">
+        <v>98</v>
       </c>
       <c r="J26" s="7"/>
       <c r="K26" s="7"/>
       <c r="L26" s="7"/>
       <c r="M26" s="7"/>
       <c r="N26" s="7"/>
       <c r="O26" s="7"/>
       <c r="P26" s="7"/>
       <c r="Q26" s="7"/>
       <c r="R26" s="7"/>
       <c r="S26" s="7"/>
       <c r="T26" s="7"/>
       <c r="U26" s="7"/>
       <c r="V26" s="7"/>
       <c r="W26" s="7"/>
       <c r="AF26" s="7"/>
       <c r="AG26" s="7"/>
       <c r="AH26" s="7"/>
       <c r="AI26" s="7"/>
       <c r="AJ26" s="7"/>
       <c r="AK26" s="7"/>
       <c r="AL26" s="7"/>
-      <c r="AM26" s="8"/>
+      <c r="AM26" s="7"/>
+      <c r="AO26" s="33"/>
     </row>
-    <row r="27" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...30 lines deleted...]
-      <c r="AM27" s="8"/>
+    <row r="27" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="131"/>
+      <c r="B27" s="132"/>
+      <c r="C27" s="132"/>
+      <c r="D27" s="132"/>
+      <c r="E27" s="132"/>
+      <c r="F27" s="133"/>
+      <c r="I27" s="150" t="s">
+        <v>108</v>
+      </c>
+      <c r="J27" s="150"/>
+      <c r="K27" s="150"/>
+      <c r="L27" s="150"/>
+      <c r="M27" s="150"/>
+      <c r="N27" s="150"/>
+      <c r="O27" s="150"/>
+      <c r="P27" s="150"/>
+      <c r="Q27" s="150"/>
+      <c r="R27" s="150"/>
+      <c r="S27" s="150"/>
+      <c r="T27" s="150"/>
+      <c r="U27" s="150"/>
+      <c r="V27" s="150"/>
+      <c r="W27" s="150"/>
+      <c r="X27" s="150"/>
+      <c r="Y27" s="150"/>
+      <c r="Z27" s="150"/>
+      <c r="AA27" s="150"/>
+      <c r="AB27" s="150"/>
+      <c r="AC27" s="150"/>
+      <c r="AD27" s="150"/>
+      <c r="AE27" s="150"/>
+      <c r="AF27" s="150"/>
+      <c r="AG27" s="150"/>
+      <c r="AH27" s="150"/>
+      <c r="AI27" s="150"/>
+      <c r="AJ27" s="150"/>
+      <c r="AK27" s="150"/>
+      <c r="AL27" s="150"/>
+      <c r="AM27" s="150"/>
+      <c r="AN27" s="150"/>
+      <c r="AO27" s="151"/>
     </row>
-    <row r="28" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F28" s="118"/>
+    <row r="28" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="131"/>
+      <c r="B28" s="132"/>
+      <c r="C28" s="132"/>
+      <c r="D28" s="132"/>
+      <c r="E28" s="132"/>
+      <c r="F28" s="133"/>
       <c r="H28" s="7"/>
       <c r="I28" s="7" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="J28" s="7"/>
       <c r="K28" s="7"/>
       <c r="L28" s="7"/>
       <c r="M28" s="7"/>
       <c r="N28" s="7"/>
       <c r="O28" s="7"/>
       <c r="P28" s="7"/>
       <c r="S28" s="7"/>
       <c r="T28" s="7" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="U28" s="7"/>
       <c r="V28" s="7"/>
       <c r="W28" s="7"/>
       <c r="X28" s="7"/>
       <c r="Y28" s="7"/>
       <c r="Z28" s="7"/>
       <c r="AA28" s="7"/>
       <c r="AB28" s="7"/>
       <c r="AC28" s="7"/>
       <c r="AD28" s="7"/>
       <c r="AJ28" s="7"/>
       <c r="AK28" s="7"/>
       <c r="AL28" s="7"/>
-      <c r="AM28" s="43"/>
+      <c r="AO28" s="33"/>
     </row>
-    <row r="29" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F29" s="118"/>
+    <row r="29" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="131"/>
+      <c r="B29" s="132"/>
+      <c r="C29" s="132"/>
+      <c r="D29" s="132"/>
+      <c r="E29" s="132"/>
+      <c r="F29" s="133"/>
       <c r="G29" s="7"/>
       <c r="H29" s="7"/>
       <c r="I29" s="7" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="J29" s="7"/>
       <c r="K29" s="7"/>
       <c r="L29" s="7"/>
       <c r="M29" s="7"/>
       <c r="N29" s="7"/>
       <c r="O29" s="7"/>
       <c r="P29" s="7"/>
       <c r="Q29" s="7"/>
       <c r="R29" s="7"/>
       <c r="S29" s="7"/>
-      <c r="T29" s="7" t="s">
-[...2 lines deleted...]
-      <c r="U29" s="7"/>
+      <c r="U29" s="7" t="s">
+        <v>73</v>
+      </c>
       <c r="V29" s="7"/>
       <c r="W29" s="7"/>
       <c r="X29" s="7"/>
       <c r="Y29" s="7"/>
       <c r="Z29" s="7"/>
-      <c r="AA29" s="7" t="s">
-[...3 lines deleted...]
-      <c r="AC29" s="7"/>
+      <c r="AC29" s="7" t="s">
+        <v>74</v>
+      </c>
       <c r="AD29" s="7"/>
       <c r="AE29" s="7"/>
       <c r="AF29" s="7"/>
       <c r="AG29" s="7"/>
       <c r="AH29" s="7"/>
       <c r="AI29" s="7"/>
       <c r="AJ29" s="7"/>
       <c r="AK29" s="7"/>
       <c r="AL29" s="7"/>
-      <c r="AM29" s="8"/>
+      <c r="AM29" s="7"/>
+      <c r="AO29" s="33"/>
     </row>
-    <row r="30" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F30" s="118"/>
+    <row r="30" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="131"/>
+      <c r="B30" s="132"/>
+      <c r="C30" s="132"/>
+      <c r="D30" s="132"/>
+      <c r="E30" s="132"/>
+      <c r="F30" s="133"/>
       <c r="G30" s="7"/>
       <c r="H30" s="7"/>
       <c r="I30" s="7" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="J30" s="7"/>
       <c r="K30" s="7"/>
       <c r="L30" s="7"/>
       <c r="M30" s="7"/>
       <c r="N30" s="7"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
       <c r="T30" s="7"/>
       <c r="U30" s="7"/>
       <c r="V30" s="7"/>
-      <c r="W30" s="45" t="s">
-        <v>82</v>
+      <c r="W30" s="35" t="s">
+        <v>80</v>
       </c>
       <c r="X30" s="7"/>
       <c r="Y30" s="7"/>
       <c r="Z30" s="7"/>
       <c r="AA30" s="7"/>
       <c r="AB30" s="7"/>
       <c r="AC30" s="7"/>
       <c r="AD30" s="7"/>
       <c r="AE30" s="7"/>
       <c r="AF30" s="7"/>
       <c r="AG30" s="7"/>
       <c r="AH30" s="7"/>
       <c r="AI30" s="7"/>
       <c r="AJ30" s="7"/>
       <c r="AK30" s="7"/>
       <c r="AL30" s="7"/>
-      <c r="AM30" s="8"/>
+      <c r="AM30" s="7"/>
+      <c r="AO30" s="33"/>
     </row>
-    <row r="31" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F31" s="118"/>
+    <row r="31" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="131"/>
+      <c r="B31" s="132"/>
+      <c r="C31" s="132"/>
+      <c r="D31" s="132"/>
+      <c r="E31" s="132"/>
+      <c r="F31" s="133"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7"/>
       <c r="I31" s="7" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
       <c r="T31" s="7"/>
       <c r="U31" s="7"/>
       <c r="V31" s="7"/>
-      <c r="W31" s="45" t="s">
-        <v>83</v>
+      <c r="W31" s="35" t="s">
+        <v>81</v>
       </c>
       <c r="X31" s="7"/>
       <c r="Y31" s="7"/>
       <c r="Z31" s="7"/>
       <c r="AA31" s="7"/>
       <c r="AB31" s="7"/>
       <c r="AC31" s="7"/>
       <c r="AD31" s="7"/>
       <c r="AE31" s="7"/>
       <c r="AF31" s="7"/>
       <c r="AG31" s="7"/>
       <c r="AH31" s="7"/>
       <c r="AI31" s="7"/>
       <c r="AJ31" s="7"/>
       <c r="AK31" s="7"/>
       <c r="AL31" s="7"/>
-      <c r="AM31" s="8"/>
+      <c r="AM31" s="7"/>
+      <c r="AO31" s="33"/>
     </row>
-    <row r="32" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="F32" s="130"/>
+    <row r="32" spans="1:41" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="143"/>
+      <c r="B32" s="144"/>
+      <c r="C32" s="144"/>
+      <c r="D32" s="144"/>
+      <c r="E32" s="144"/>
+      <c r="F32" s="145"/>
       <c r="G32" s="6"/>
       <c r="H32" s="6"/>
       <c r="I32" s="6" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="J32" s="6"/>
       <c r="K32" s="6"/>
       <c r="L32" s="6"/>
       <c r="M32" s="6"/>
       <c r="N32" s="6"/>
       <c r="O32" s="6"/>
       <c r="P32" s="6"/>
       <c r="Q32" s="6"/>
       <c r="R32" s="6"/>
       <c r="S32" s="6"/>
       <c r="T32" s="6"/>
       <c r="U32" s="6"/>
       <c r="V32" s="6"/>
-      <c r="W32" s="31" t="s">
-        <v>104</v>
+      <c r="W32" s="23" t="s">
+        <v>100</v>
       </c>
       <c r="X32" s="6"/>
       <c r="Y32" s="6"/>
       <c r="Z32" s="6"/>
       <c r="AA32" s="6"/>
       <c r="AB32" s="6"/>
       <c r="AC32" s="6"/>
       <c r="AD32" s="6"/>
       <c r="AE32" s="6"/>
       <c r="AF32" s="6"/>
       <c r="AG32" s="6"/>
       <c r="AH32" s="6"/>
       <c r="AI32" s="6"/>
       <c r="AJ32" s="6"/>
       <c r="AK32" s="6"/>
       <c r="AL32" s="6"/>
-      <c r="AM32" s="14"/>
+      <c r="AM32" s="6"/>
+      <c r="AN32" s="42"/>
+      <c r="AO32" s="43"/>
     </row>
     <row r="33" spans="1:42" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A33" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B33" s="5"/>
       <c r="C33" s="5"/>
       <c r="D33" s="5"/>
       <c r="E33" s="5"/>
       <c r="F33" s="6"/>
       <c r="G33" s="6"/>
       <c r="H33" s="6"/>
       <c r="I33" s="6"/>
       <c r="J33" s="6"/>
       <c r="K33" s="6"/>
       <c r="L33" s="6"/>
       <c r="M33" s="6"/>
       <c r="N33" s="6"/>
       <c r="O33" s="6"/>
       <c r="P33" s="6"/>
       <c r="Q33" s="6"/>
       <c r="R33" s="6"/>
       <c r="S33" s="6"/>
       <c r="T33" s="6"/>
       <c r="U33" s="6"/>
       <c r="V33" s="6"/>
       <c r="W33" s="6"/>
       <c r="X33" s="6"/>
       <c r="Y33" s="6"/>
-      <c r="Z33" s="50"/>
-[...13 lines deleted...]
-      <c r="AP33" s="15"/>
+      <c r="Z33" s="66"/>
+      <c r="AA33" s="66"/>
+      <c r="AB33" s="66"/>
+      <c r="AC33" s="66"/>
+      <c r="AD33" s="110"/>
+      <c r="AE33" s="110"/>
+      <c r="AF33" s="110"/>
+      <c r="AG33" s="110"/>
+      <c r="AH33" s="110"/>
+      <c r="AI33" s="110"/>
+      <c r="AJ33" s="110"/>
+      <c r="AK33" s="110"/>
+      <c r="AL33" s="110"/>
+      <c r="AM33" s="7"/>
+      <c r="AP33" s="12"/>
     </row>
     <row r="34" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="85" t="s">
+      <c r="A34" s="101" t="s">
         <v>34</v>
       </c>
-      <c r="B34" s="86"/>
-[...4 lines deleted...]
-      <c r="G34" s="88" t="s">
+      <c r="B34" s="102"/>
+      <c r="C34" s="102"/>
+      <c r="D34" s="102"/>
+      <c r="E34" s="102"/>
+      <c r="F34" s="103"/>
+      <c r="G34" s="104" t="s">
         <v>35</v>
       </c>
-      <c r="H34" s="86"/>
-[...17 lines deleted...]
-      <c r="Z34" s="86" t="s">
+      <c r="H34" s="102"/>
+      <c r="I34" s="102"/>
+      <c r="J34" s="105"/>
+      <c r="K34" s="105"/>
+      <c r="L34" s="105"/>
+      <c r="M34" s="105"/>
+      <c r="N34" s="105"/>
+      <c r="O34" s="105"/>
+      <c r="P34" s="105"/>
+      <c r="Q34" s="105"/>
+      <c r="R34" s="105"/>
+      <c r="S34" s="105"/>
+      <c r="T34" s="105"/>
+      <c r="U34" s="105"/>
+      <c r="V34" s="105"/>
+      <c r="W34" s="105"/>
+      <c r="X34" s="105"/>
+      <c r="Y34" s="105"/>
+      <c r="Z34" s="102" t="s">
         <v>36</v>
       </c>
-      <c r="AA34" s="86"/>
-[...11 lines deleted...]
-      <c r="AM34" s="90"/>
+      <c r="AA34" s="102"/>
+      <c r="AB34" s="102"/>
+      <c r="AC34" s="102"/>
+      <c r="AD34" s="108"/>
+      <c r="AE34" s="108"/>
+      <c r="AF34" s="108"/>
+      <c r="AG34" s="108"/>
+      <c r="AH34" s="108"/>
+      <c r="AI34" s="108"/>
+      <c r="AJ34" s="108"/>
+      <c r="AK34" s="108"/>
+      <c r="AL34" s="108"/>
+      <c r="AM34" s="108"/>
+      <c r="AN34" s="108"/>
+      <c r="AO34" s="109"/>
     </row>
     <row r="35" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="80"/>
-[...5 lines deleted...]
-      <c r="G35" s="91" t="s">
+      <c r="A35" s="97"/>
+      <c r="B35" s="98"/>
+      <c r="C35" s="98"/>
+      <c r="D35" s="98"/>
+      <c r="E35" s="98"/>
+      <c r="F35" s="99"/>
+      <c r="G35" s="106" t="s">
         <v>13</v>
       </c>
-      <c r="H35" s="81"/>
-[...7 lines deleted...]
-      <c r="P35" s="81" t="s">
+      <c r="H35" s="98"/>
+      <c r="I35" s="98"/>
+      <c r="J35" s="107"/>
+      <c r="K35" s="107"/>
+      <c r="L35" s="107"/>
+      <c r="M35" s="107"/>
+      <c r="N35" s="107"/>
+      <c r="O35" s="107"/>
+      <c r="P35" s="98" t="s">
         <v>12</v>
       </c>
-      <c r="Q35" s="81"/>
-[...8 lines deleted...]
-      <c r="Z35" s="81" t="s">
+      <c r="Q35" s="98"/>
+      <c r="R35" s="98"/>
+      <c r="S35" s="107"/>
+      <c r="T35" s="107"/>
+      <c r="U35" s="107"/>
+      <c r="V35" s="107"/>
+      <c r="W35" s="107"/>
+      <c r="X35" s="107"/>
+      <c r="Y35" s="107"/>
+      <c r="Z35" s="98" t="s">
         <v>6</v>
       </c>
-      <c r="AA35" s="81"/>
-[...11 lines deleted...]
-      <c r="AM35" s="79"/>
+      <c r="AA35" s="98"/>
+      <c r="AB35" s="98"/>
+      <c r="AC35" s="98"/>
+      <c r="AD35" s="110"/>
+      <c r="AE35" s="110"/>
+      <c r="AF35" s="110"/>
+      <c r="AG35" s="110"/>
+      <c r="AH35" s="110"/>
+      <c r="AI35" s="110"/>
+      <c r="AJ35" s="110"/>
+      <c r="AK35" s="110"/>
+      <c r="AL35" s="110"/>
+      <c r="AM35" s="110"/>
+      <c r="AN35" s="110"/>
+      <c r="AO35" s="111"/>
     </row>
     <row r="36" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="80" t="s">
+      <c r="A36" s="97" t="s">
         <v>37</v>
       </c>
-      <c r="B36" s="81"/>
-[...5 lines deleted...]
-      <c r="H36" s="10" t="s">
+      <c r="B36" s="98"/>
+      <c r="C36" s="98"/>
+      <c r="D36" s="98"/>
+      <c r="E36" s="98"/>
+      <c r="F36" s="99"/>
+      <c r="G36" s="8"/>
+      <c r="H36" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="I36" s="10"/>
-[...3 lines deleted...]
-      <c r="M36" s="10" t="s">
+      <c r="I36" s="9"/>
+      <c r="J36" s="9"/>
+      <c r="K36" s="9"/>
+      <c r="L36" s="9"/>
+      <c r="M36" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="N36" s="10"/>
-[...3 lines deleted...]
-      <c r="R36" s="10" t="s">
+      <c r="N36" s="9"/>
+      <c r="O36" s="9"/>
+      <c r="P36" s="9"/>
+      <c r="Q36" s="9"/>
+      <c r="R36" s="9" t="s">
         <v>40</v>
       </c>
-      <c r="S36" s="10"/>
-[...19 lines deleted...]
-      <c r="AM36" s="16"/>
+      <c r="S36" s="9"/>
+      <c r="T36" s="9"/>
+      <c r="U36" s="9"/>
+      <c r="V36" s="9"/>
+      <c r="W36" s="9"/>
+      <c r="X36" s="9"/>
+      <c r="Y36" s="9"/>
+      <c r="Z36" s="9"/>
+      <c r="AA36" s="9"/>
+      <c r="AB36" s="9"/>
+      <c r="AC36" s="9"/>
+      <c r="AD36" s="9"/>
+      <c r="AE36" s="9"/>
+      <c r="AF36" s="63"/>
+      <c r="AG36" s="62"/>
+      <c r="AH36" s="61" t="s">
+        <v>107</v>
+      </c>
+      <c r="AI36" s="61"/>
+      <c r="AJ36" s="61"/>
+      <c r="AK36" s="61"/>
+      <c r="AL36" s="61"/>
+      <c r="AM36" s="61"/>
+      <c r="AN36" s="61"/>
+      <c r="AO36" s="52"/>
     </row>
     <row r="37" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="80" t="s">
+      <c r="A37" s="97" t="s">
         <v>41</v>
       </c>
-      <c r="B37" s="81"/>
-[...5 lines deleted...]
-      <c r="H37" s="10" t="s">
+      <c r="B37" s="98"/>
+      <c r="C37" s="98"/>
+      <c r="D37" s="98"/>
+      <c r="E37" s="98"/>
+      <c r="F37" s="99"/>
+      <c r="G37" s="8"/>
+      <c r="H37" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="I37" s="10"/>
-[...2 lines deleted...]
-      <c r="L37" s="10" t="s">
+      <c r="I37" s="9"/>
+      <c r="J37" s="9"/>
+      <c r="K37" s="9"/>
+      <c r="L37" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="M37" s="10"/>
-[...2 lines deleted...]
-      <c r="P37" s="10" t="s">
+      <c r="M37" s="9"/>
+      <c r="N37" s="9"/>
+      <c r="O37" s="9"/>
+      <c r="P37" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="Q37" s="10"/>
-[...2 lines deleted...]
-      <c r="T37" s="10" t="s">
+      <c r="Q37" s="9"/>
+      <c r="R37" s="9"/>
+      <c r="S37" s="9"/>
+      <c r="T37" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="U37" s="10"/>
-[...2 lines deleted...]
-      <c r="X37" s="10" t="s">
+      <c r="U37" s="9"/>
+      <c r="V37" s="9"/>
+      <c r="W37" s="9"/>
+      <c r="X37" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="Y37" s="10"/>
-[...2 lines deleted...]
-      <c r="AB37" s="10" t="s">
+      <c r="Y37" s="9"/>
+      <c r="Z37" s="9"/>
+      <c r="AA37" s="9"/>
+      <c r="AB37" s="9" t="s">
         <v>42</v>
       </c>
-      <c r="AC37" s="10"/>
-[...9 lines deleted...]
-      <c r="AM37" s="16"/>
+      <c r="AC37" s="9"/>
+      <c r="AD37" s="9"/>
+      <c r="AE37" s="9"/>
+      <c r="AF37" s="39"/>
+      <c r="AG37" s="39"/>
+      <c r="AH37" s="39"/>
+      <c r="AI37" s="39"/>
+      <c r="AJ37" s="39"/>
+      <c r="AK37" s="39"/>
+      <c r="AL37" s="39"/>
+      <c r="AM37" s="39"/>
+      <c r="AO37" s="33"/>
     </row>
     <row r="38" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="80" t="s">
+      <c r="A38" s="97" t="s">
         <v>43</v>
       </c>
-      <c r="B38" s="81"/>
-[...5 lines deleted...]
-      <c r="H38" s="10" t="s">
+      <c r="B38" s="98"/>
+      <c r="C38" s="98"/>
+      <c r="D38" s="98"/>
+      <c r="E38" s="98"/>
+      <c r="F38" s="99"/>
+      <c r="G38" s="8"/>
+      <c r="H38" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="I38" s="10"/>
-[...2 lines deleted...]
-      <c r="L38" s="10" t="s">
+      <c r="I38" s="9"/>
+      <c r="J38" s="9"/>
+      <c r="K38" s="9"/>
+      <c r="L38" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="M38" s="10"/>
-[...2 lines deleted...]
-      <c r="P38" s="10" t="s">
+      <c r="M38" s="9"/>
+      <c r="N38" s="9"/>
+      <c r="O38" s="9"/>
+      <c r="P38" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="Q38" s="10"/>
-[...2 lines deleted...]
-      <c r="T38" s="10" t="s">
+      <c r="Q38" s="9"/>
+      <c r="R38" s="9"/>
+      <c r="S38" s="9"/>
+      <c r="T38" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="U38" s="10"/>
-[...2 lines deleted...]
-      <c r="X38" s="10" t="s">
+      <c r="U38" s="9"/>
+      <c r="V38" s="9"/>
+      <c r="W38" s="9"/>
+      <c r="X38" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="Y38" s="10"/>
-[...1 lines deleted...]
-      <c r="AA38" s="83" t="s">
+      <c r="Y38" s="9"/>
+      <c r="Z38" s="9"/>
+      <c r="AA38" s="100" t="s">
         <v>44</v>
       </c>
-      <c r="AB38" s="83"/>
-[...13 lines deleted...]
-      <c r="AP38" s="17"/>
+      <c r="AB38" s="100"/>
+      <c r="AC38" s="100"/>
+      <c r="AD38" s="100"/>
+      <c r="AE38" s="100"/>
+      <c r="AF38" s="100"/>
+      <c r="AG38" s="100"/>
+      <c r="AH38" s="100"/>
+      <c r="AI38" s="100"/>
+      <c r="AJ38" s="100"/>
+      <c r="AK38" s="100"/>
+      <c r="AL38" s="100"/>
+      <c r="AM38" s="100"/>
+      <c r="AN38" s="53"/>
+      <c r="AO38" s="54"/>
+      <c r="AP38" s="13"/>
     </row>
     <row r="39" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="93" t="s">
+      <c r="A39" s="112" t="s">
         <v>45</v>
       </c>
-      <c r="B39" s="94"/>
-[...4 lines deleted...]
-      <c r="G39" s="91" t="s">
+      <c r="B39" s="113"/>
+      <c r="C39" s="113"/>
+      <c r="D39" s="113"/>
+      <c r="E39" s="113"/>
+      <c r="F39" s="114"/>
+      <c r="G39" s="106" t="s">
         <v>46</v>
       </c>
-      <c r="H39" s="81"/>
-[...3 lines deleted...]
-      <c r="L39" s="18" t="s">
+      <c r="H39" s="98"/>
+      <c r="I39" s="98"/>
+      <c r="J39" s="98"/>
+      <c r="K39" s="98"/>
+      <c r="L39" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="M39" s="99"/>
-[...25 lines deleted...]
-      <c r="AM39" s="19"/>
+      <c r="M39" s="118"/>
+      <c r="N39" s="118"/>
+      <c r="O39" s="118"/>
+      <c r="P39" s="118"/>
+      <c r="Q39" s="118"/>
+      <c r="R39" s="14"/>
+      <c r="S39" s="14"/>
+      <c r="T39" s="14"/>
+      <c r="U39" s="14"/>
+      <c r="V39" s="14"/>
+      <c r="W39" s="14"/>
+      <c r="X39" s="14"/>
+      <c r="Y39" s="14"/>
+      <c r="Z39" s="14"/>
+      <c r="AA39" s="14"/>
+      <c r="AB39" s="14"/>
+      <c r="AC39" s="14"/>
+      <c r="AD39" s="14"/>
+      <c r="AE39" s="14"/>
+      <c r="AF39" s="14"/>
+      <c r="AG39" s="14"/>
+      <c r="AH39" s="14"/>
+      <c r="AI39" s="14"/>
+      <c r="AJ39" s="14"/>
+      <c r="AK39" s="14"/>
+      <c r="AL39" s="14"/>
+      <c r="AM39" s="14"/>
+      <c r="AO39" s="33"/>
     </row>
     <row r="40" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="93"/>
-[...37 lines deleted...]
-      <c r="AM40" s="101"/>
+      <c r="A40" s="112"/>
+      <c r="B40" s="113"/>
+      <c r="C40" s="113"/>
+      <c r="D40" s="113"/>
+      <c r="E40" s="113"/>
+      <c r="F40" s="114"/>
+      <c r="G40" s="106"/>
+      <c r="H40" s="98"/>
+      <c r="I40" s="98"/>
+      <c r="J40" s="98"/>
+      <c r="K40" s="98"/>
+      <c r="L40" s="119"/>
+      <c r="M40" s="119"/>
+      <c r="N40" s="119"/>
+      <c r="O40" s="119"/>
+      <c r="P40" s="119"/>
+      <c r="Q40" s="119"/>
+      <c r="R40" s="119"/>
+      <c r="S40" s="119"/>
+      <c r="T40" s="119"/>
+      <c r="U40" s="119"/>
+      <c r="V40" s="119"/>
+      <c r="W40" s="119"/>
+      <c r="X40" s="119"/>
+      <c r="Y40" s="119"/>
+      <c r="Z40" s="119"/>
+      <c r="AA40" s="119"/>
+      <c r="AB40" s="119"/>
+      <c r="AC40" s="119"/>
+      <c r="AD40" s="119"/>
+      <c r="AE40" s="119"/>
+      <c r="AF40" s="119"/>
+      <c r="AG40" s="119"/>
+      <c r="AH40" s="119"/>
+      <c r="AI40" s="119"/>
+      <c r="AJ40" s="119"/>
+      <c r="AK40" s="119"/>
+      <c r="AL40" s="119"/>
+      <c r="AM40" s="119"/>
+      <c r="AO40" s="33"/>
     </row>
     <row r="41" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="93"/>
-[...5 lines deleted...]
-      <c r="G41" s="91" t="s">
+      <c r="A41" s="112"/>
+      <c r="B41" s="113"/>
+      <c r="C41" s="113"/>
+      <c r="D41" s="113"/>
+      <c r="E41" s="113"/>
+      <c r="F41" s="114"/>
+      <c r="G41" s="106" t="s">
         <v>17</v>
       </c>
-      <c r="H41" s="81"/>
-[...30 lines deleted...]
-      <c r="AM41" s="79"/>
+      <c r="H41" s="98"/>
+      <c r="I41" s="98"/>
+      <c r="J41" s="98"/>
+      <c r="K41" s="98"/>
+      <c r="L41" s="123"/>
+      <c r="M41" s="123"/>
+      <c r="N41" s="123"/>
+      <c r="O41" s="123"/>
+      <c r="P41" s="123"/>
+      <c r="Q41" s="123"/>
+      <c r="R41" s="123"/>
+      <c r="S41" s="123"/>
+      <c r="T41" s="123"/>
+      <c r="U41" s="123"/>
+      <c r="V41" s="123"/>
+      <c r="W41" s="123"/>
+      <c r="X41" s="123"/>
+      <c r="Y41" s="123"/>
+      <c r="Z41" s="123"/>
+      <c r="AA41" s="123"/>
+      <c r="AB41" s="123"/>
+      <c r="AC41" s="123"/>
+      <c r="AD41" s="123"/>
+      <c r="AE41" s="123"/>
+      <c r="AF41" s="123"/>
+      <c r="AG41" s="123"/>
+      <c r="AH41" s="123"/>
+      <c r="AI41" s="123"/>
+      <c r="AJ41" s="123"/>
+      <c r="AK41" s="123"/>
+      <c r="AL41" s="123"/>
+      <c r="AM41" s="123"/>
+      <c r="AN41" s="123"/>
+      <c r="AO41" s="124"/>
     </row>
     <row r="42" spans="1:42" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="96"/>
-[...5 lines deleted...]
-      <c r="G42" s="102" t="s">
+      <c r="A42" s="115"/>
+      <c r="B42" s="116"/>
+      <c r="C42" s="116"/>
+      <c r="D42" s="116"/>
+      <c r="E42" s="116"/>
+      <c r="F42" s="117"/>
+      <c r="G42" s="120" t="s">
         <v>13</v>
       </c>
-      <c r="H42" s="103"/>
-[...7 lines deleted...]
-      <c r="P42" s="103" t="s">
+      <c r="H42" s="121"/>
+      <c r="I42" s="121"/>
+      <c r="J42" s="122"/>
+      <c r="K42" s="122"/>
+      <c r="L42" s="122"/>
+      <c r="M42" s="122"/>
+      <c r="N42" s="122"/>
+      <c r="O42" s="122"/>
+      <c r="P42" s="121" t="s">
         <v>12</v>
       </c>
-      <c r="Q42" s="103"/>
-[...8 lines deleted...]
-      <c r="Z42" s="103" t="s">
+      <c r="Q42" s="121"/>
+      <c r="R42" s="121"/>
+      <c r="S42" s="122"/>
+      <c r="T42" s="122"/>
+      <c r="U42" s="122"/>
+      <c r="V42" s="122"/>
+      <c r="W42" s="122"/>
+      <c r="X42" s="122"/>
+      <c r="Y42" s="122"/>
+      <c r="Z42" s="121" t="s">
         <v>6</v>
       </c>
-      <c r="AA42" s="103"/>
-[...11 lines deleted...]
-      <c r="AM42" s="106"/>
+      <c r="AA42" s="121"/>
+      <c r="AB42" s="121"/>
+      <c r="AC42" s="121"/>
+      <c r="AD42" s="122"/>
+      <c r="AE42" s="122"/>
+      <c r="AF42" s="122"/>
+      <c r="AG42" s="122"/>
+      <c r="AH42" s="122"/>
+      <c r="AI42" s="122"/>
+      <c r="AJ42" s="122"/>
+      <c r="AK42" s="122"/>
+      <c r="AL42" s="122"/>
+      <c r="AM42" s="122"/>
+      <c r="AN42" s="122"/>
+      <c r="AO42" s="125"/>
     </row>
-    <row r="43" spans="1:42" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-[...38 lines deleted...]
-      <c r="AM43" s="12"/>
+    <row r="43" spans="1:42" ht="5.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="10"/>
+      <c r="B43" s="10"/>
+      <c r="C43" s="10"/>
+      <c r="D43" s="10"/>
+      <c r="E43" s="10"/>
+      <c r="F43" s="10"/>
+      <c r="G43" s="10"/>
+      <c r="H43" s="10"/>
+      <c r="I43" s="10"/>
+      <c r="J43" s="10"/>
+      <c r="K43" s="11"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="11"/>
+      <c r="N43" s="11"/>
+      <c r="O43" s="11"/>
+      <c r="P43" s="11"/>
+      <c r="Q43" s="11"/>
+      <c r="R43" s="11"/>
+      <c r="S43" s="11"/>
+      <c r="T43" s="11"/>
+      <c r="U43" s="11"/>
+      <c r="V43" s="11"/>
+      <c r="W43" s="11"/>
+      <c r="X43" s="10"/>
+      <c r="Y43" s="10"/>
+      <c r="Z43" s="10"/>
+      <c r="AA43" s="10"/>
+      <c r="AB43" s="10"/>
+      <c r="AC43" s="11"/>
+      <c r="AD43" s="11"/>
+      <c r="AE43" s="11"/>
+      <c r="AF43" s="11"/>
+      <c r="AG43" s="11"/>
+      <c r="AH43" s="11"/>
+      <c r="AI43" s="11"/>
+      <c r="AJ43" s="11"/>
+      <c r="AK43" s="11"/>
+      <c r="AL43" s="11"/>
+      <c r="AM43" s="11"/>
     </row>
     <row r="44" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>109</v>
-[...6 lines deleted...]
-      <c r="W44" s="20"/>
+        <v>103</v>
+      </c>
+      <c r="R44" s="15"/>
+      <c r="S44" s="15"/>
+      <c r="T44" s="15"/>
+      <c r="U44" s="15"/>
+      <c r="V44" s="15"/>
+      <c r="W44" s="15"/>
     </row>
     <row r="45" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="53" t="s">
-[...10 lines deleted...]
-      <c r="J45" s="22" t="s">
+      <c r="A45" s="92" t="s">
+        <v>78</v>
+      </c>
+      <c r="B45" s="92"/>
+      <c r="C45" s="92"/>
+      <c r="D45" s="92"/>
+      <c r="E45" s="92"/>
+      <c r="F45" s="92"/>
+      <c r="G45" s="92"/>
+      <c r="H45" s="92"/>
+      <c r="I45" s="16"/>
+      <c r="J45" s="17" t="s">
         <v>0</v>
       </c>
-      <c r="K45" s="22" t="s">
+      <c r="K45" s="17" t="s">
         <v>47</v>
       </c>
-      <c r="L45" s="22"/>
-[...30 lines deleted...]
-      <c r="AM45" s="65"/>
+      <c r="L45" s="17"/>
+      <c r="M45" s="17"/>
+      <c r="N45" s="18"/>
+      <c r="O45" s="18"/>
+      <c r="P45" s="18"/>
+      <c r="Q45" s="18"/>
+      <c r="R45" s="18"/>
+      <c r="S45" s="18"/>
+      <c r="T45" s="18"/>
+      <c r="U45" s="18"/>
+      <c r="V45" s="18"/>
+      <c r="W45" s="18"/>
+      <c r="X45" s="26"/>
+      <c r="Y45" s="26"/>
+      <c r="Z45" s="26"/>
+      <c r="AA45" s="26"/>
+      <c r="AB45" s="26"/>
+      <c r="AC45" s="58"/>
+      <c r="AD45" s="72" t="s">
+        <v>79</v>
+      </c>
+      <c r="AE45" s="73"/>
+      <c r="AF45" s="73"/>
+      <c r="AG45" s="74"/>
+      <c r="AH45" s="93" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI45" s="93"/>
+      <c r="AJ45" s="93"/>
+      <c r="AK45" s="93"/>
+      <c r="AL45" s="93"/>
+      <c r="AM45" s="94"/>
+      <c r="AN45" s="94"/>
+      <c r="AO45" s="95"/>
     </row>
-    <row r="46" spans="1:42" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J46" s="30" t="s">
+    <row r="46" spans="1:42" ht="17" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="70"/>
+      <c r="B46" s="70"/>
+      <c r="C46" s="70"/>
+      <c r="D46" s="70"/>
+      <c r="E46" s="70"/>
+      <c r="F46" s="70"/>
+      <c r="G46" s="70"/>
+      <c r="H46" s="70"/>
+      <c r="I46" s="24"/>
+      <c r="J46" s="22" t="s">
         <v>14</v>
       </c>
-      <c r="K46" s="30"/>
-[...2 lines deleted...]
-      <c r="N46" s="24" t="s">
+      <c r="K46" s="22"/>
+      <c r="L46" s="22"/>
+      <c r="M46" s="22"/>
+      <c r="N46" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="O46" s="68"/>
-[...22 lines deleted...]
-      <c r="AM46" s="71"/>
+      <c r="O46" s="96"/>
+      <c r="P46" s="96"/>
+      <c r="Q46" s="96"/>
+      <c r="R46" s="96"/>
+      <c r="S46" s="15"/>
+      <c r="T46" s="15"/>
+      <c r="U46" s="15"/>
+      <c r="V46" s="15"/>
+      <c r="W46" s="55"/>
+      <c r="Y46" s="55"/>
+      <c r="Z46" s="55"/>
+      <c r="AA46" s="55"/>
+      <c r="AB46" s="55"/>
+      <c r="AC46" s="59"/>
+      <c r="AD46" s="75"/>
+      <c r="AE46" s="76"/>
+      <c r="AF46" s="76"/>
+      <c r="AG46" s="77"/>
+      <c r="AH46" s="81"/>
+      <c r="AI46" s="82"/>
+      <c r="AJ46" s="82"/>
+      <c r="AK46" s="82"/>
+      <c r="AL46" s="83"/>
+      <c r="AM46" s="69"/>
+      <c r="AN46" s="69"/>
+      <c r="AO46" s="69"/>
     </row>
-    <row r="47" spans="1:42" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-[...37 lines deleted...]
-      <c r="AM47" s="74"/>
+    <row r="47" spans="1:42" ht="17" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="70"/>
+      <c r="B47" s="70"/>
+      <c r="C47" s="70"/>
+      <c r="D47" s="70"/>
+      <c r="E47" s="70"/>
+      <c r="F47" s="70"/>
+      <c r="G47" s="70"/>
+      <c r="H47" s="70"/>
+      <c r="I47" s="24"/>
+      <c r="J47" s="13"/>
+      <c r="K47" s="13"/>
+      <c r="L47" s="13"/>
+      <c r="M47" s="13"/>
+      <c r="N47" s="56"/>
+      <c r="O47" s="57"/>
+      <c r="P47" s="57"/>
+      <c r="Q47" s="57"/>
+      <c r="R47" s="57"/>
+      <c r="S47" s="15"/>
+      <c r="T47" s="15"/>
+      <c r="U47" s="15"/>
+      <c r="V47" s="15"/>
+      <c r="X47" s="55"/>
+      <c r="Y47" s="55"/>
+      <c r="Z47" s="55"/>
+      <c r="AA47" s="55"/>
+      <c r="AB47" s="55"/>
+      <c r="AC47" s="59"/>
+      <c r="AD47" s="75"/>
+      <c r="AE47" s="76"/>
+      <c r="AF47" s="76"/>
+      <c r="AG47" s="77"/>
+      <c r="AH47" s="84"/>
+      <c r="AI47" s="85"/>
+      <c r="AJ47" s="85"/>
+      <c r="AK47" s="85"/>
+      <c r="AL47" s="86"/>
+      <c r="AM47" s="70"/>
+      <c r="AN47" s="70"/>
+      <c r="AO47" s="70"/>
     </row>
-    <row r="48" spans="1:42" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J48" s="3" t="s">
+    <row r="48" spans="1:42" ht="17" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="71"/>
+      <c r="B48" s="71"/>
+      <c r="C48" s="71"/>
+      <c r="D48" s="71"/>
+      <c r="E48" s="71"/>
+      <c r="F48" s="71"/>
+      <c r="G48" s="71"/>
+      <c r="H48" s="71"/>
+      <c r="I48" s="25"/>
+      <c r="J48" s="20" t="s">
         <v>0</v>
       </c>
-      <c r="K48" s="3" t="s">
+      <c r="K48" s="20" t="s">
         <v>49</v>
       </c>
-      <c r="Q48" s="20"/>
-[...19 lines deleted...]
-      <c r="AM48" s="74"/>
+      <c r="L48" s="20"/>
+      <c r="M48" s="20"/>
+      <c r="N48" s="20"/>
+      <c r="O48" s="20"/>
+      <c r="P48" s="20"/>
+      <c r="Q48" s="60"/>
+      <c r="R48" s="60"/>
+      <c r="S48" s="20"/>
+      <c r="T48" s="20"/>
+      <c r="U48" s="60"/>
+      <c r="V48" s="60"/>
+      <c r="W48" s="60"/>
+      <c r="X48" s="27"/>
+      <c r="Y48" s="27"/>
+      <c r="Z48" s="27"/>
+      <c r="AA48" s="27"/>
+      <c r="AB48" s="36"/>
+      <c r="AC48" s="37"/>
+      <c r="AD48" s="78"/>
+      <c r="AE48" s="79"/>
+      <c r="AF48" s="79"/>
+      <c r="AG48" s="80"/>
+      <c r="AH48" s="87"/>
+      <c r="AI48" s="88"/>
+      <c r="AJ48" s="88"/>
+      <c r="AK48" s="88"/>
+      <c r="AL48" s="89"/>
+      <c r="AM48" s="71"/>
+      <c r="AN48" s="71"/>
+      <c r="AO48" s="71"/>
     </row>
-    <row r="49" spans="1:39" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-[...29 lines deleted...]
-      <c r="AM49" s="74"/>
+    <row r="49" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="64" t="s">
+        <v>91</v>
+      </c>
+      <c r="B49" s="64"/>
+      <c r="C49" s="64"/>
+      <c r="D49" s="64"/>
+      <c r="E49" s="64"/>
+      <c r="F49" s="64"/>
+      <c r="G49" s="64"/>
+      <c r="H49" s="64"/>
+      <c r="I49" s="64"/>
+      <c r="J49" s="64"/>
+      <c r="K49" s="64"/>
+      <c r="L49" s="64"/>
+      <c r="M49" s="64"/>
+      <c r="N49" s="64"/>
+      <c r="O49" s="64"/>
+      <c r="P49" s="64"/>
+      <c r="Q49" s="64"/>
+      <c r="R49" s="64"/>
+      <c r="S49" s="64"/>
+      <c r="T49" s="64"/>
+      <c r="U49" s="64"/>
+      <c r="V49" s="64"/>
+      <c r="W49" s="64"/>
+      <c r="X49" s="64"/>
+      <c r="Y49" s="64"/>
+      <c r="Z49" s="64"/>
+      <c r="AA49" s="64"/>
+      <c r="AB49" s="64"/>
+      <c r="AC49" s="64"/>
+      <c r="AD49" s="64"/>
+      <c r="AE49" s="64"/>
+      <c r="AF49" s="64"/>
+      <c r="AG49" s="64"/>
+      <c r="AH49" s="64"/>
+      <c r="AI49" s="64"/>
+      <c r="AJ49" s="64"/>
+      <c r="AK49" s="64"/>
+      <c r="AL49" s="64"/>
+      <c r="AM49" s="64"/>
+      <c r="AN49" s="64"/>
+      <c r="AO49" s="64"/>
     </row>
-    <row r="50" spans="1:39" ht="0.75" customHeight="1" x14ac:dyDescent="0.2">
-[...38 lines deleted...]
-      <c r="AM50" s="77"/>
+    <row r="50" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="65"/>
+      <c r="B50" s="65"/>
+      <c r="C50" s="65"/>
+      <c r="D50" s="65"/>
+      <c r="E50" s="65"/>
+      <c r="F50" s="65"/>
+      <c r="G50" s="65"/>
+      <c r="H50" s="65"/>
+      <c r="I50" s="65"/>
+      <c r="J50" s="65"/>
+      <c r="K50" s="65"/>
+      <c r="L50" s="65"/>
+      <c r="M50" s="65"/>
+      <c r="N50" s="65"/>
+      <c r="O50" s="65"/>
+      <c r="P50" s="65"/>
+      <c r="Q50" s="65"/>
+      <c r="R50" s="65"/>
+      <c r="S50" s="65"/>
+      <c r="T50" s="65"/>
+      <c r="U50" s="65"/>
+      <c r="V50" s="65"/>
+      <c r="W50" s="65"/>
+      <c r="X50" s="65"/>
+      <c r="Y50" s="65"/>
+      <c r="Z50" s="65"/>
+      <c r="AA50" s="65"/>
+      <c r="AB50" s="65"/>
+      <c r="AC50" s="65"/>
+      <c r="AD50" s="65"/>
+      <c r="AE50" s="65"/>
+      <c r="AF50" s="65"/>
+      <c r="AG50" s="65"/>
+      <c r="AH50" s="65"/>
+      <c r="AI50" s="65"/>
+      <c r="AJ50" s="65"/>
+      <c r="AK50" s="65"/>
+      <c r="AL50" s="65"/>
+      <c r="AM50" s="65"/>
+      <c r="AN50" s="65"/>
+      <c r="AO50" s="65"/>
     </row>
-    <row r="51" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="51" t="s">
+    <row r="51" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="65"/>
+      <c r="B51" s="65"/>
+      <c r="C51" s="65"/>
+      <c r="D51" s="65"/>
+      <c r="E51" s="65"/>
+      <c r="F51" s="65"/>
+      <c r="G51" s="65"/>
+      <c r="H51" s="65"/>
+      <c r="I51" s="65"/>
+      <c r="J51" s="65"/>
+      <c r="K51" s="65"/>
+      <c r="L51" s="65"/>
+      <c r="M51" s="65"/>
+      <c r="N51" s="65"/>
+      <c r="O51" s="65"/>
+      <c r="P51" s="65"/>
+      <c r="Q51" s="65"/>
+      <c r="R51" s="65"/>
+      <c r="S51" s="65"/>
+      <c r="T51" s="65"/>
+      <c r="U51" s="65"/>
+      <c r="V51" s="65"/>
+      <c r="W51" s="65"/>
+      <c r="X51" s="65"/>
+      <c r="Y51" s="65"/>
+      <c r="Z51" s="65"/>
+      <c r="AA51" s="65"/>
+      <c r="AB51" s="65"/>
+      <c r="AC51" s="65"/>
+      <c r="AD51" s="65"/>
+      <c r="AE51" s="65"/>
+      <c r="AF51" s="65"/>
+      <c r="AG51" s="65"/>
+      <c r="AH51" s="65"/>
+      <c r="AI51" s="65"/>
+      <c r="AJ51" s="65"/>
+      <c r="AK51" s="65"/>
+      <c r="AL51" s="65"/>
+      <c r="AM51" s="65"/>
+      <c r="AN51" s="65"/>
+      <c r="AO51" s="65"/>
+    </row>
+    <row r="52" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="30" t="s">
+        <v>92</v>
+      </c>
+      <c r="B52" s="7"/>
+      <c r="C52" s="7"/>
+      <c r="D52" s="7"/>
+      <c r="E52" s="7"/>
+      <c r="F52" s="7"/>
+      <c r="G52" s="7"/>
+      <c r="H52" s="7"/>
+      <c r="I52" s="7"/>
+      <c r="J52" s="7"/>
+      <c r="K52" s="7"/>
+      <c r="L52" s="7"/>
+      <c r="M52" s="7"/>
+      <c r="N52" s="7"/>
+      <c r="O52" s="7"/>
+      <c r="P52" s="7"/>
+      <c r="Q52" s="7"/>
+      <c r="R52" s="7"/>
+      <c r="S52" s="7"/>
+      <c r="T52" s="7"/>
+      <c r="U52" s="7"/>
+      <c r="V52" s="7"/>
+      <c r="W52" s="7"/>
+      <c r="X52" s="30"/>
+      <c r="Y52" s="30" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z52" s="7"/>
+      <c r="AA52" s="29"/>
+      <c r="AB52" s="7"/>
+      <c r="AC52" s="7"/>
+      <c r="AD52" s="7"/>
+      <c r="AE52" s="7"/>
+      <c r="AF52" s="7"/>
+      <c r="AG52" s="7"/>
+      <c r="AH52" s="7"/>
+      <c r="AI52" s="7"/>
+      <c r="AJ52" s="7"/>
+      <c r="AK52" s="7"/>
+      <c r="AL52" s="7"/>
+      <c r="AM52" s="7"/>
+    </row>
+    <row r="53" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="30" t="s">
         <v>94</v>
       </c>
-      <c r="B51" s="51"/>
-[...36 lines deleted...]
-      <c r="AM51" s="51"/>
+      <c r="B53" s="7"/>
+      <c r="C53" s="7"/>
+      <c r="D53" s="7"/>
+      <c r="E53" s="7"/>
+      <c r="F53" s="7"/>
+      <c r="G53" s="7"/>
+      <c r="H53" s="7"/>
+      <c r="I53" s="7"/>
+      <c r="J53" s="7"/>
+      <c r="K53" s="7"/>
+      <c r="L53" s="7"/>
+      <c r="M53" s="7"/>
+      <c r="N53" s="7"/>
+      <c r="O53" s="7"/>
+      <c r="P53" s="7"/>
+      <c r="Q53" s="7"/>
+      <c r="R53" s="7"/>
+      <c r="S53" s="7"/>
+      <c r="T53" s="7"/>
+      <c r="U53" s="7"/>
+      <c r="V53" s="7"/>
+      <c r="W53" s="7"/>
+      <c r="X53" s="7"/>
+      <c r="Y53" s="30" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z53" s="7"/>
+      <c r="AA53" s="29"/>
+      <c r="AB53" s="7"/>
+      <c r="AC53" s="7"/>
+      <c r="AD53" s="7"/>
+      <c r="AE53" s="7"/>
+      <c r="AF53" s="7"/>
+      <c r="AG53" s="7"/>
+      <c r="AH53" s="7"/>
+      <c r="AI53" s="7"/>
+      <c r="AJ53" s="7"/>
+      <c r="AK53" s="7"/>
+      <c r="AL53" s="7"/>
+      <c r="AM53" s="7"/>
     </row>
-    <row r="52" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...179 lines deleted...]
-    <row r="64" spans="1:39" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="59" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="60" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="61" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="62" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="63" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="64" spans="1:41" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="65" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="66" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="67" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="68" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="69" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="70" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <mergeCells count="51">
+  <mergeCells count="53">
     <mergeCell ref="AD33:AL33"/>
     <mergeCell ref="Z33:AC33"/>
     <mergeCell ref="A4:F4"/>
-    <mergeCell ref="G4:AM4"/>
     <mergeCell ref="A5:F10"/>
     <mergeCell ref="A11:F11"/>
     <mergeCell ref="A12:F12"/>
     <mergeCell ref="A13:F13"/>
     <mergeCell ref="A17:F17"/>
     <mergeCell ref="A18:F20"/>
     <mergeCell ref="A21:F32"/>
     <mergeCell ref="A14:F15"/>
+    <mergeCell ref="G4:AO4"/>
+    <mergeCell ref="I27:AO27"/>
     <mergeCell ref="A39:F42"/>
     <mergeCell ref="G39:K40"/>
     <mergeCell ref="M39:Q39"/>
     <mergeCell ref="L40:AM40"/>
     <mergeCell ref="G41:K41"/>
-    <mergeCell ref="L41:AM41"/>
     <mergeCell ref="G42:I42"/>
     <mergeCell ref="J42:O42"/>
     <mergeCell ref="P42:R42"/>
     <mergeCell ref="S42:Y42"/>
     <mergeCell ref="Z42:AC42"/>
-    <mergeCell ref="AD42:AM42"/>
+    <mergeCell ref="L41:AO41"/>
+    <mergeCell ref="AD42:AO42"/>
     <mergeCell ref="AA38:AM38"/>
     <mergeCell ref="A34:F35"/>
     <mergeCell ref="G34:I34"/>
     <mergeCell ref="J34:Y34"/>
     <mergeCell ref="Z34:AC34"/>
-    <mergeCell ref="AD34:AM34"/>
     <mergeCell ref="G35:I35"/>
     <mergeCell ref="J35:O35"/>
     <mergeCell ref="P35:R35"/>
     <mergeCell ref="S35:Y35"/>
     <mergeCell ref="Z35:AC35"/>
+    <mergeCell ref="AD34:AO34"/>
+    <mergeCell ref="AD35:AO35"/>
+    <mergeCell ref="A49:AO51"/>
+    <mergeCell ref="AF2:AO2"/>
+    <mergeCell ref="I20:AO20"/>
+    <mergeCell ref="AM46:AO48"/>
+    <mergeCell ref="AD45:AG48"/>
+    <mergeCell ref="AH46:AL48"/>
     <mergeCell ref="H2:Z2"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="AB2:AE2"/>
-    <mergeCell ref="AF2:AM2"/>
-    <mergeCell ref="A51:AM53"/>
     <mergeCell ref="A45:H45"/>
-    <mergeCell ref="AB45:AE50"/>
-[...1 lines deleted...]
-    <mergeCell ref="A46:H50"/>
+    <mergeCell ref="AH45:AO45"/>
+    <mergeCell ref="A46:H48"/>
     <mergeCell ref="O46:R46"/>
-    <mergeCell ref="AF46:AI50"/>
-[...1 lines deleted...]
-    <mergeCell ref="AD35:AM35"/>
     <mergeCell ref="A36:F36"/>
     <mergeCell ref="A37:F37"/>
     <mergeCell ref="A38:F38"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
-  <dataValidations count="1">
-[...3 lines deleted...]
-  </dataValidations>
   <pageMargins left="1.1023622047244095" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="88" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="86" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4097" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>139700</xdr:colOff>
                     <xdr:row>3</xdr:row>
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:rowOff>215900</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>11</xdr:col>
-                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:col>12</xdr:col>
+                    <xdr:colOff>0</xdr:colOff>
                     <xdr:row>5</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4098" r:id="rId5" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>3</xdr:row>
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:rowOff>215900</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>5</xdr:row>
-                    <xdr:rowOff>15240</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4099" r:id="rId6" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>17</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>139700</xdr:colOff>
                     <xdr:row>5</xdr:row>
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:rowOff>215900</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>34</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>7</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4100" r:id="rId7" name="Check Box 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>139700</xdr:colOff>
                     <xdr:row>5</xdr:row>
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:rowOff>215900</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>30480</xdr:colOff>
-[...1 lines deleted...]
-                    <xdr:rowOff>228600</xdr:rowOff>
+                    <xdr:colOff>31750</xdr:colOff>
+                    <xdr:row>7</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4101" r:id="rId8" name="Check Box 5">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>5</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>34</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>12</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>36</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4102" r:id="rId9" name="Check Box 6">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>34</xdr:row>
-                    <xdr:rowOff>220980</xdr:rowOff>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>17</xdr:col>
-                    <xdr:colOff>53340</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>36</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4103" r:id="rId10" name="Check Box 7">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>15</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>34</xdr:row>
-                    <xdr:rowOff>220980</xdr:rowOff>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>22</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>36</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4104" r:id="rId11" name="Check Box 8">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>5</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>36</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>12</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>37</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4105" r:id="rId12" name="Check Box 9">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>5</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>36</xdr:row>
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:rowOff>215900</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>12</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4106" r:id="rId13" name="Check Box 10">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>36</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>37</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4107" r:id="rId14" name="Check Box 11">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>37</xdr:row>
-                    <xdr:rowOff>15240</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4108" r:id="rId15" name="Check Box 12">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>36</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>20</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>37</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4109" r:id="rId16" name="Check Box 13">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>13</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>36</xdr:row>
-                    <xdr:rowOff>205740</xdr:rowOff>
+                    <xdr:rowOff>203200</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>20</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4110" r:id="rId17" name="Check Box 14">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>17</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>35</xdr:row>
-                    <xdr:rowOff>220980</xdr:rowOff>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>24</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>37</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4111" r:id="rId18" name="Check Box 15">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>17</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>36</xdr:row>
-                    <xdr:rowOff>220980</xdr:rowOff>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>24</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>38</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4112" r:id="rId19" name="Check Box 16">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>36</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>28</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>37</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4113" r:id="rId20" name="Check Box 17">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>36</xdr:row>
-                    <xdr:rowOff>220980</xdr:rowOff>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>28</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>38</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4114" r:id="rId21" name="Check Box 18">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>25</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>36</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>32</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>37</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4115" r:id="rId22" name="Check Box 19">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>7</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>8</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4116" r:id="rId23" name="Check Box 20">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>15</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>7</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>22</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>8</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4117" r:id="rId24" name="Check Box 21">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>7</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>27</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>8</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4118" r:id="rId25" name="Check Box 22">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>27</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>7</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>34</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>8</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4119" r:id="rId26" name="Check Box 23">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>139700</xdr:colOff>
                     <xdr:row>8</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>9</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4121" r:id="rId27" name="Check Box 25">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>9</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4122" r:id="rId28" name="Check Box 26">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>17</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>9</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>6350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>24</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>15240</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4123" r:id="rId29" name="Check Box 27">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>25400</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>25400</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4124" r:id="rId30" name="Check Box 28">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>12</xdr:col>
-                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:col>13</xdr:col>
+                    <xdr:colOff>0</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>19</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>25400</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4125" r:id="rId31" name="Check Box 29">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>18</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>25</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>25400</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>15240</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4126" r:id="rId32" name="Check Box 30">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>24</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>29</xdr:col>
-                    <xdr:colOff>83820</xdr:colOff>
+                    <xdr:colOff>82550</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>25400</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4127" r:id="rId33" name="Check Box 31">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>31</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>35</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>6350</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>25400</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4128" r:id="rId34" name="Check Box 32">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>25400</xdr:colOff>
                     <xdr:row>12</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4129" r:id="rId35" name="Check Box 33">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>14</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>15240</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>18</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>63500</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>203200</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4130" r:id="rId36" name="Check Box 34">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>19</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>15240</xdr:rowOff>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
-                    <xdr:colOff>60960</xdr:colOff>
+                    <xdr:colOff>63500</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>205740</xdr:rowOff>
+                    <xdr:rowOff>203200</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4131" r:id="rId37" name="Check Box 35">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>24</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>25400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>33</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>139700</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>196850</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4132" r:id="rId38" name="Check Box 36">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>34</xdr:col>
-                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:colOff>234950</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>25400</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>37</xdr:col>
-                    <xdr:colOff>129540</xdr:colOff>
+                    <xdr:col>38</xdr:col>
+                    <xdr:colOff>133350</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>196850</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4133" r:id="rId39" name="Check Box 37">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>144780</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>13</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>13</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4134" r:id="rId40" name="Check Box 38">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>17</xdr:col>
-                    <xdr:colOff>0</xdr:colOff>
+                    <xdr:colOff>133350</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:rowOff>215900</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>23</xdr:col>
-                    <xdr:colOff>45720</xdr:colOff>
+                    <xdr:col>24</xdr:col>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>13</xdr:row>
-                    <xdr:rowOff>0</xdr:rowOff>
+                    <xdr:rowOff>6350</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4135" r:id="rId41" name="Check Box 39">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>27</xdr:col>
-                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:col>29</xdr:col>
+                    <xdr:colOff>133350</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>34</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>228600</xdr:rowOff>
+                    <xdr:col>35</xdr:col>
+                    <xdr:colOff>63500</xdr:colOff>
+                    <xdr:row>13</xdr:row>
+                    <xdr:rowOff>6350</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4136" r:id="rId42" name="Check Box 40">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>139700</xdr:colOff>
                     <xdr:row>13</xdr:row>
-                    <xdr:rowOff>53340</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>26</xdr:col>
-                    <xdr:colOff>121920</xdr:colOff>
+                    <xdr:colOff>127000</xdr:colOff>
                     <xdr:row>13</xdr:row>
-                    <xdr:rowOff>175260</xdr:rowOff>
+                    <xdr:rowOff>184150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4137" r:id="rId43" name="Check Box 41">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>139700</xdr:colOff>
                     <xdr:row>23</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>14</xdr:col>
-                    <xdr:colOff>7620</xdr:colOff>
+                    <xdr:colOff>12700</xdr:colOff>
                     <xdr:row>23</xdr:row>
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4138" r:id="rId44" name="Check Box 42">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>139700</xdr:colOff>
                     <xdr:row>16</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>11</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
-[...1 lines deleted...]
-                    <xdr:rowOff>228600</xdr:rowOff>
+                    <xdr:colOff>146050</xdr:colOff>
+                    <xdr:row>17</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4139" r:id="rId45" name="Check Box 43">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>139700</xdr:colOff>
                     <xdr:row>17</xdr:row>
-                    <xdr:rowOff>15240</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>17</xdr:row>
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4140" r:id="rId46" name="Check Box 44">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>139700</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>18</xdr:row>
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4141" r:id="rId47" name="Check Box 45">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>139700</xdr:colOff>
                     <xdr:row>19</xdr:row>
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:rowOff>6350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>19</xdr:row>
-                    <xdr:rowOff>220980</xdr:rowOff>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4144" r:id="rId48" name="Check Box 48">
-[...65 lines deleted...]
-            <control shapeId="4147" r:id="rId51" name="Check Box 51">
+            <control shapeId="4147" r:id="rId48" name="Check Box 51">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>139700</xdr:colOff>
                     <xdr:row>21</xdr:row>
-                    <xdr:rowOff>53340</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>12</xdr:col>
-                    <xdr:colOff>22860</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4153" r:id="rId52" name="Check Box 57">
+            <control shapeId="4153" r:id="rId49" name="Check Box 57">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>13</xdr:col>
-                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:col>14</xdr:col>
+                    <xdr:colOff>133350</xdr:colOff>
                     <xdr:row>23</xdr:row>
-                    <xdr:rowOff>45720</xdr:rowOff>
+                    <xdr:rowOff>44450</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>21</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:col>22</xdr:col>
+                    <xdr:colOff>127000</xdr:colOff>
                     <xdr:row>23</xdr:row>
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:rowOff>196850</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4154" r:id="rId53" name="Check Box 58">
+            <control shapeId="4154" r:id="rId50" name="Check Box 58">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>137160</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
                     <xdr:row>28</xdr:row>
+                    <xdr:rowOff>44450</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>14</xdr:col>
+                    <xdr:colOff>127000</xdr:colOff>
+                    <xdr:row>28</xdr:row>
+                    <xdr:rowOff>196850</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4156" r:id="rId51" name="Check Box 60">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>139700</xdr:colOff>
+                    <xdr:row>27</xdr:row>
+                    <xdr:rowOff>31750</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>14</xdr:col>
+                    <xdr:colOff>127000</xdr:colOff>
+                    <xdr:row>27</xdr:row>
+                    <xdr:rowOff>184150</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4157" r:id="rId52" name="Check Box 61">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>17</xdr:col>
+                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:row>27</xdr:row>
+                    <xdr:rowOff>38100</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>25</xdr:col>
+                    <xdr:colOff>146050</xdr:colOff>
+                    <xdr:row>27</xdr:row>
+                    <xdr:rowOff>184150</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4158" r:id="rId53" name="Check Box 62">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>139700</xdr:colOff>
+                    <xdr:row>29</xdr:row>
+                    <xdr:rowOff>25400</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>14</xdr:col>
+                    <xdr:colOff>127000</xdr:colOff>
+                    <xdr:row>29</xdr:row>
+                    <xdr:rowOff>184150</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4159" r:id="rId54" name="Check Box 63">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>139700</xdr:colOff>
+                    <xdr:row>30</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>14</xdr:col>
-                    <xdr:colOff>129540</xdr:colOff>
+                    <xdr:colOff>146050</xdr:colOff>
+                    <xdr:row>30</xdr:row>
+                    <xdr:rowOff>190500</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4160" r:id="rId55" name="Check Box 64">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>139700</xdr:colOff>
+                    <xdr:row>31</xdr:row>
+                    <xdr:rowOff>44450</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>14</xdr:col>
+                    <xdr:colOff>146050</xdr:colOff>
+                    <xdr:row>31</xdr:row>
+                    <xdr:rowOff>203200</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4161" r:id="rId56" name="Check Box 65">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>26</xdr:col>
+                    <xdr:colOff>114300</xdr:colOff>
+                    <xdr:row>28</xdr:row>
+                    <xdr:rowOff>44450</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>34</xdr:col>
+                    <xdr:colOff>101600</xdr:colOff>
+                    <xdr:row>28</xdr:row>
+                    <xdr:rowOff>196850</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4162" r:id="rId57" name="Check Box 66">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>18</xdr:col>
+                    <xdr:colOff>114300</xdr:colOff>
+                    <xdr:row>28</xdr:row>
+                    <xdr:rowOff>50800</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>24</xdr:col>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>28</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4156" r:id="rId54" name="Check Box 60">
+            <control shapeId="4163" r:id="rId58" name="Check Box 67">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>6</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>30480</xdr:rowOff>
+                    <xdr:col>14</xdr:col>
+                    <xdr:colOff>0</xdr:colOff>
+                    <xdr:row>16</xdr:row>
+                    <xdr:rowOff>6350</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>14</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>182880</xdr:rowOff>
+                    <xdr:col>17</xdr:col>
+                    <xdr:colOff>50800</xdr:colOff>
+                    <xdr:row>16</xdr:row>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4157" r:id="rId55" name="Check Box 61">
+            <control shapeId="4164" r:id="rId59" name="Check Box 68">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>17</xdr:col>
-                    <xdr:colOff>152400</xdr:colOff>
-[...1 lines deleted...]
-                    <xdr:rowOff>38100</xdr:rowOff>
+                    <xdr:colOff>146050</xdr:colOff>
+                    <xdr:row>16</xdr:row>
+                    <xdr:rowOff>6350</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>25</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>182880</xdr:rowOff>
+                    <xdr:col>21</xdr:col>
+                    <xdr:colOff>31750</xdr:colOff>
+                    <xdr:row>16</xdr:row>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4158" r:id="rId56" name="Check Box 62">
+            <control shapeId="4165" r:id="rId60" name="Check Box 69">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>6</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:col>22</xdr:col>
+                    <xdr:colOff>146050</xdr:colOff>
+                    <xdr:row>16</xdr:row>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>14</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>182880</xdr:rowOff>
+                    <xdr:col>29</xdr:col>
+                    <xdr:colOff>12700</xdr:colOff>
+                    <xdr:row>16</xdr:row>
+                    <xdr:rowOff>222250</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4159" r:id="rId57" name="Check Box 63">
+            <control shapeId="4168" r:id="rId61" name="Check Box 72">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>6</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>38100</xdr:rowOff>
+                    <xdr:col>25</xdr:col>
+                    <xdr:colOff>133350</xdr:colOff>
+                    <xdr:row>23</xdr:row>
+                    <xdr:rowOff>63500</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>14</xdr:col>
-[...1 lines deleted...]
-                    <xdr:row>30</xdr:row>
+                    <xdr:col>37</xdr:col>
+                    <xdr:colOff>88900</xdr:colOff>
+                    <xdr:row>23</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4160" r:id="rId58" name="Check Box 64">
+            <control shapeId="4169" r:id="rId62" name="Check Box 73">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>6</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>45720</xdr:rowOff>
+                    <xdr:col>13</xdr:col>
+                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:row>21</xdr:row>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>14</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>205740</xdr:rowOff>
+                    <xdr:col>21</xdr:col>
+                    <xdr:colOff>146050</xdr:colOff>
+                    <xdr:row>21</xdr:row>
+                    <xdr:rowOff>203200</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4161" r:id="rId59" name="Check Box 65">
+            <control shapeId="4170" r:id="rId63" name="Check Box 74">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>24</xdr:col>
+                    <xdr:col>23</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>28</xdr:row>
-                    <xdr:rowOff>45720</xdr:rowOff>
+                    <xdr:row>21</xdr:row>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>32</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:col>31</xdr:col>
+                    <xdr:colOff>146050</xdr:colOff>
+                    <xdr:row>21</xdr:row>
+                    <xdr:rowOff>203200</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4162" r:id="rId60" name="Check Box 66">
+            <control shapeId="4171" r:id="rId64" name="Check Box 75">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>17</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>53340</xdr:rowOff>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>139700</xdr:colOff>
+                    <xdr:row>14</xdr:row>
+                    <xdr:rowOff>44450</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>23</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>190500</xdr:rowOff>
+                    <xdr:col>26</xdr:col>
+                    <xdr:colOff>127000</xdr:colOff>
+                    <xdr:row>14</xdr:row>
+                    <xdr:rowOff>184150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4163" r:id="rId61" name="Check Box 67">
+            <control shapeId="4172" r:id="rId65" name="Check Box 76">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>13</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>139700</xdr:colOff>
+                    <xdr:row>24</xdr:row>
+                    <xdr:rowOff>25400</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>16</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>220980</xdr:rowOff>
+                    <xdr:col>14</xdr:col>
+                    <xdr:colOff>12700</xdr:colOff>
+                    <xdr:row>24</xdr:row>
+                    <xdr:rowOff>203200</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4164" r:id="rId62" name="Check Box 68">
+            <control shapeId="4173" r:id="rId66" name="Check Box 77">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>16</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>7620</xdr:rowOff>
+                    <xdr:col>32</xdr:col>
+                    <xdr:colOff>0</xdr:colOff>
+                    <xdr:row>34</xdr:row>
+                    <xdr:rowOff>215900</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>20</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>220980</xdr:rowOff>
+                    <xdr:col>38</xdr:col>
+                    <xdr:colOff>139700</xdr:colOff>
+                    <xdr:row>36</xdr:row>
+                    <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4165" r:id="rId63" name="Check Box 69">
+            <control shapeId="4179" r:id="rId67" name="Check Box 83">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>21</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>15240</xdr:rowOff>
+                    <xdr:col>33</xdr:col>
+                    <xdr:colOff>0</xdr:colOff>
+                    <xdr:row>17</xdr:row>
+                    <xdr:rowOff>25400</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>28</xdr:col>
-[...2 lines deleted...]
-                    <xdr:rowOff>213360</xdr:rowOff>
+                    <xdr:col>35</xdr:col>
+                    <xdr:colOff>50800</xdr:colOff>
+                    <xdr:row>17</xdr:row>
+                    <xdr:rowOff>203200</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4166" r:id="rId64" name="Check Box 70">
+            <control shapeId="4180" r:id="rId68" name="Check Box 84">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
-                    <xdr:col>22</xdr:col>
+                    <xdr:col>27</xdr:col>
+                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:row>17</xdr:row>
+                    <xdr:rowOff>25400</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>31</xdr:col>
+                    <xdr:colOff>0</xdr:colOff>
+                    <xdr:row>17</xdr:row>
+                    <xdr:rowOff>196850</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4181" r:id="rId69" name="Check Box 85">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>23</xdr:col>
+                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:row>17</xdr:row>
+                    <xdr:rowOff>25400</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>26</xdr:col>
+                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:row>17</xdr:row>
+                    <xdr:rowOff>203200</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="4182" r:id="rId70" name="Check Box 86">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>27</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>18</xdr:row>
-                    <xdr:rowOff>22860</xdr:rowOff>
+                    <xdr:rowOff>25400</xdr:rowOff>
                   </from>
                   <to>
-                    <xdr:col>25</xdr:col>
-                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:col>31</xdr:col>
+                    <xdr:colOff>0</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="4167" r:id="rId65" name="Check Box 71">
-[...21 lines deleted...]
-            <control shapeId="4168" r:id="rId66" name="Check Box 72">
+            <control shapeId="4183" r:id="rId71" name="Check Box 87">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>23</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
-                    <xdr:row>23</xdr:row>
-[...66 lines deleted...]
-                    <xdr:rowOff>45720</xdr:rowOff>
+                    <xdr:row>18</xdr:row>
+                    <xdr:rowOff>25400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>26</xdr:col>
-                    <xdr:colOff>129540</xdr:colOff>
-[...23 lines deleted...]
-                    <xdr:rowOff>198120</xdr:rowOff>
+                    <xdr:colOff>152400</xdr:colOff>
+                    <xdr:row>18</xdr:row>
+                    <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x0101008D3CB5524D6F4C428650543F92D3AE61" ma:contentTypeVersion="0" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="096ba13a45481892cf2c658b7d0d3045">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e0e46738973ce63e7373d6040de515fc">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
@@ -11723,78 +11789,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{032C6223-8261-4888-A1A5-6858F9B7FC4B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{05F2BCF5-73AF-422B-9AD7-33073FD5972A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8E7FCC8-05C3-4354-8A06-B18572B75BC1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>