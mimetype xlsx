--- v0 (2025-10-03)
+++ v1 (2025-12-07)
@@ -1,131 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.240\aic-kyoyu\個人フォルダー\高橋\☆書式　社名変更\贈与税非課税\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.240\aic-kyoyu\個人フォルダー\高橋\アップロード依頼\20251010性能証明（贈与税非課税）\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3A2F2283-EB7A-466F-99D7-01AFD0E49F8C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA687F95-6AD2-43B2-8594-030822660158}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{54BF65CE-71F1-4802-99C1-23364D9AFB37}"/>
+    <workbookView xWindow="7620" yWindow="1155" windowWidth="19920" windowHeight="14085" xr2:uid="{54BF65CE-71F1-4802-99C1-23364D9AFB37}"/>
   </bookViews>
   <sheets>
     <sheet name="審査申込書" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="152511"/>
-[...10 lines deleted...]
-  </extLst>
+  <calcPr calcId="152511" calcOnSave="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="52">
   <si>
     <t>年</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>月</t>
     <rPh sb="0" eb="1">
       <t>ツキ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>日</t>
     <rPh sb="0" eb="1">
       <t>ヒ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>□</t>
   </si>
   <si>
     <t>住宅の新築
 又は
 新築住宅の取得</t>
     <rPh sb="0" eb="2">
       <t>ジュウタク</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>シンチク</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>マタ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>シンチク</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ジュウタク</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>シュトク</t>
     </rPh>
     <phoneticPr fontId="5"/>
-  </si>
-[...4 lines deleted...]
-    <t>一次エネルギー消費量等級の等級４又は等級５</t>
   </si>
   <si>
     <t>耐震等級（構造躯体の倒壊等防止）の等級２又は等級３</t>
   </si>
   <si>
     <t>その他（地震に対する構造躯体の倒壊等防止及び損傷防止）の免震建築物</t>
   </si>
   <si>
     <t>高齢者等配慮対策等級（専用部分）の等級３又は等級４又は等級５</t>
   </si>
   <si>
     <t>既存住宅の取得</t>
     <rPh sb="0" eb="2">
       <t>キゾン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ジュウタク</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>シュトク</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>断熱等性能等級の等級４と同程度</t>
@@ -521,56 +504,76 @@
     </rPh>
     <rPh sb="7" eb="9">
       <t>チバン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>確認済証の写し等</t>
     <rPh sb="0" eb="2">
       <t>カクニン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ズミ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>ショウ</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>ウツ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>トウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
+  <si>
+    <t>断熱等性能等級の等級５以上（結露の発生を防止する対策に関する基準を除く）</t>
+  </si>
+  <si>
+    <t>及び　一次エネルギー消費量等級の等級６以上</t>
+  </si>
+  <si>
+    <t>耐震等級（構造躯体の倒壊等防止）の等級２以上</t>
+    <rPh sb="20" eb="22">
+      <t>イジョウ</t>
+    </rPh>
+    <phoneticPr fontId="11"/>
+  </si>
+  <si>
+    <t>高齢者等配慮対策等級（専用部分）の等級３以上</t>
+    <rPh sb="20" eb="22">
+      <t>イジョウ</t>
+    </rPh>
+    <phoneticPr fontId="11"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
@@ -597,50 +600,58 @@
     <font>
       <sz val="10"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="28">
     <border>
       <left/>
       <right/>
@@ -944,474 +955,451 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="138">
+  <cellXfs count="131">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...150 lines deleted...]
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
-    </xf>
-[...97 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準_KHPE0001" xfId="1" xr:uid="{D837AE23-F033-4EE9-9216-A20E21E73D64}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
@@ -1656,1746 +1644,1657 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{178B46A6-7BDC-4E37-8E47-C5881FA02EE3}">
   <dimension ref="A1:AD48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C10" sqref="C10:G14"/>
+      <selection activeCell="G5" sqref="G5:AD6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.125" defaultRowHeight="24.95" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="26" width="3.125" style="2"/>
     <col min="27" max="27" width="3.5" style="2" bestFit="1" customWidth="1"/>
     <col min="28" max="16384" width="3.125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="7.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="AC1" s="3"/>
     </row>
     <row r="2" spans="1:30" ht="24.95" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B2" s="137" t="s">
-[...28 lines deleted...]
-      <c r="AC2" s="137"/>
+      <c r="B2" s="55" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" s="55"/>
+      <c r="D2" s="55"/>
+      <c r="E2" s="55"/>
+      <c r="F2" s="55"/>
+      <c r="G2" s="55"/>
+      <c r="H2" s="55"/>
+      <c r="I2" s="55"/>
+      <c r="J2" s="55"/>
+      <c r="K2" s="55"/>
+      <c r="L2" s="55"/>
+      <c r="M2" s="55"/>
+      <c r="N2" s="55"/>
+      <c r="O2" s="55"/>
+      <c r="P2" s="55"/>
+      <c r="Q2" s="55"/>
+      <c r="R2" s="55"/>
+      <c r="S2" s="55"/>
+      <c r="T2" s="55"/>
+      <c r="U2" s="55"/>
+      <c r="V2" s="55"/>
+      <c r="W2" s="55"/>
+      <c r="X2" s="55"/>
+      <c r="Y2" s="55"/>
+      <c r="Z2" s="55"/>
+      <c r="AA2" s="55"/>
+      <c r="AB2" s="55"/>
+      <c r="AC2" s="55"/>
       <c r="AD2" s="4"/>
     </row>
     <row r="3" spans="1:30" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
       <c r="L3" s="5"/>
       <c r="M3" s="5"/>
       <c r="N3" s="5"/>
       <c r="O3" s="5"/>
       <c r="P3" s="5"/>
       <c r="Q3" s="5"/>
       <c r="R3" s="5"/>
       <c r="S3" s="5"/>
       <c r="T3" s="5"/>
       <c r="U3" s="5"/>
       <c r="V3" s="5"/>
       <c r="W3" s="5"/>
       <c r="X3" s="5"/>
       <c r="Y3" s="5"/>
       <c r="Z3" s="5"/>
       <c r="AA3" s="5"/>
       <c r="AB3" s="5"/>
       <c r="AC3" s="5"/>
     </row>
     <row r="4" spans="1:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="27" t="s">
-        <v>26</v>
+      <c r="B4" s="25" t="s">
+        <v>24</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="W4" s="6"/>
       <c r="X4" s="7" t="s">
         <v>0</v>
       </c>
       <c r="Y4" s="8"/>
-      <c r="Z4" s="7" t="s">
+      <c r="Z4" s="7"/>
+      <c r="AA4" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="AA4" s="8"/>
-      <c r="AB4" s="7" t="s">
+      <c r="AB4" s="7"/>
+      <c r="AD4" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:30" s="42" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
-[...64 lines deleted...]
-      <c r="B7" s="75" t="s">
+    <row r="5" spans="1:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B5" s="56" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" s="69"/>
+      <c r="D5" s="69"/>
+      <c r="E5" s="69"/>
+      <c r="F5" s="70"/>
+      <c r="G5" s="74"/>
+      <c r="H5" s="75"/>
+      <c r="I5" s="75"/>
+      <c r="J5" s="75"/>
+      <c r="K5" s="75"/>
+      <c r="L5" s="75"/>
+      <c r="M5" s="75"/>
+      <c r="N5" s="75"/>
+      <c r="O5" s="75"/>
+      <c r="P5" s="75"/>
+      <c r="Q5" s="75"/>
+      <c r="R5" s="75"/>
+      <c r="S5" s="75"/>
+      <c r="T5" s="75"/>
+      <c r="U5" s="75"/>
+      <c r="V5" s="75"/>
+      <c r="W5" s="75"/>
+      <c r="X5" s="75"/>
+      <c r="Y5" s="75"/>
+      <c r="Z5" s="75"/>
+      <c r="AA5" s="75"/>
+      <c r="AB5" s="75"/>
+      <c r="AC5" s="75"/>
+      <c r="AD5" s="76"/>
+    </row>
+    <row r="6" spans="1:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B6" s="71"/>
+      <c r="C6" s="72"/>
+      <c r="D6" s="72"/>
+      <c r="E6" s="72"/>
+      <c r="F6" s="73"/>
+      <c r="G6" s="77"/>
+      <c r="H6" s="78"/>
+      <c r="I6" s="78"/>
+      <c r="J6" s="78"/>
+      <c r="K6" s="78"/>
+      <c r="L6" s="78"/>
+      <c r="M6" s="78"/>
+      <c r="N6" s="78"/>
+      <c r="O6" s="78"/>
+      <c r="P6" s="78"/>
+      <c r="Q6" s="78"/>
+      <c r="R6" s="78"/>
+      <c r="S6" s="78"/>
+      <c r="T6" s="78"/>
+      <c r="U6" s="78"/>
+      <c r="V6" s="78"/>
+      <c r="W6" s="78"/>
+      <c r="X6" s="78"/>
+      <c r="Y6" s="78"/>
+      <c r="Z6" s="78"/>
+      <c r="AA6" s="78"/>
+      <c r="AB6" s="78"/>
+      <c r="AC6" s="78"/>
+      <c r="AD6" s="79"/>
+    </row>
+    <row r="7" spans="1:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B7" s="80" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" s="69"/>
+      <c r="D7" s="69"/>
+      <c r="E7" s="69"/>
+      <c r="F7" s="70"/>
+      <c r="G7" s="74"/>
+      <c r="H7" s="75"/>
+      <c r="I7" s="75"/>
+      <c r="J7" s="75"/>
+      <c r="K7" s="75"/>
+      <c r="L7" s="75"/>
+      <c r="M7" s="75"/>
+      <c r="N7" s="75"/>
+      <c r="O7" s="75"/>
+      <c r="P7" s="75"/>
+      <c r="Q7" s="75"/>
+      <c r="R7" s="75"/>
+      <c r="S7" s="75"/>
+      <c r="T7" s="75"/>
+      <c r="U7" s="75"/>
+      <c r="V7" s="75"/>
+      <c r="W7" s="75"/>
+      <c r="X7" s="75"/>
+      <c r="Y7" s="75"/>
+      <c r="Z7" s="75"/>
+      <c r="AA7" s="75"/>
+      <c r="AB7" s="75"/>
+      <c r="AC7" s="75"/>
+      <c r="AD7" s="76"/>
+    </row>
+    <row r="8" spans="1:30" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A8" s="1"/>
+      <c r="B8" s="71"/>
+      <c r="C8" s="72"/>
+      <c r="D8" s="72"/>
+      <c r="E8" s="72"/>
+      <c r="F8" s="73"/>
+      <c r="G8" s="77"/>
+      <c r="H8" s="78"/>
+      <c r="I8" s="78"/>
+      <c r="J8" s="78"/>
+      <c r="K8" s="78"/>
+      <c r="L8" s="78"/>
+      <c r="M8" s="78"/>
+      <c r="N8" s="78"/>
+      <c r="O8" s="78"/>
+      <c r="P8" s="78"/>
+      <c r="Q8" s="78"/>
+      <c r="R8" s="78"/>
+      <c r="S8" s="78"/>
+      <c r="T8" s="78"/>
+      <c r="U8" s="78"/>
+      <c r="V8" s="78"/>
+      <c r="W8" s="78"/>
+      <c r="X8" s="78"/>
+      <c r="Y8" s="78"/>
+      <c r="Z8" s="78"/>
+      <c r="AA8" s="78"/>
+      <c r="AB8" s="78"/>
+      <c r="AC8" s="78"/>
+      <c r="AD8" s="79"/>
+    </row>
+    <row r="9" spans="1:30" ht="4.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A9" s="1"/>
+      <c r="B9" s="54"/>
+      <c r="C9" s="54"/>
+      <c r="D9" s="54"/>
+      <c r="E9" s="54"/>
+      <c r="F9" s="54"/>
+      <c r="G9" s="51"/>
+      <c r="H9" s="51"/>
+      <c r="I9" s="51"/>
+      <c r="J9" s="51"/>
+      <c r="K9" s="51"/>
+      <c r="L9" s="51"/>
+      <c r="M9" s="51"/>
+      <c r="N9" s="51"/>
+      <c r="O9" s="51"/>
+      <c r="P9" s="51"/>
+      <c r="Q9" s="51"/>
+      <c r="R9" s="51"/>
+      <c r="S9" s="51"/>
+      <c r="T9" s="51"/>
+      <c r="U9" s="51"/>
+      <c r="V9" s="51"/>
+      <c r="W9" s="51"/>
+      <c r="X9" s="51"/>
+      <c r="Y9" s="51"/>
+      <c r="Z9" s="51"/>
+      <c r="AA9" s="51"/>
+      <c r="AB9" s="51"/>
+      <c r="AC9" s="51"/>
+      <c r="AD9" s="51"/>
+    </row>
+    <row r="10" spans="1:30" ht="21" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B10" s="87" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="81" t="s">
+        <v>4</v>
+      </c>
+      <c r="D10" s="82"/>
+      <c r="E10" s="82"/>
+      <c r="F10" s="82"/>
+      <c r="G10" s="83"/>
+      <c r="H10" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="I10" s="17" t="s">
         <v>48</v>
       </c>
-      <c r="C7" s="64"/>
-[...103 lines deleted...]
-      <c r="H10" s="18" t="s">
+      <c r="J10" s="30"/>
+      <c r="K10" s="30"/>
+      <c r="L10" s="30"/>
+      <c r="M10" s="30"/>
+      <c r="N10" s="30"/>
+      <c r="O10" s="30"/>
+      <c r="P10" s="30"/>
+      <c r="Q10" s="30"/>
+      <c r="R10" s="30"/>
+      <c r="S10" s="30"/>
+      <c r="T10" s="30"/>
+      <c r="U10" s="30"/>
+      <c r="V10" s="30"/>
+      <c r="W10" s="30"/>
+      <c r="X10" s="30"/>
+      <c r="Y10" s="30"/>
+      <c r="Z10" s="30"/>
+      <c r="AA10" s="30"/>
+      <c r="AB10" s="30"/>
+      <c r="AC10" s="30"/>
+      <c r="AD10" s="31"/>
+    </row>
+    <row r="11" spans="1:30" ht="21" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B11" s="88"/>
+      <c r="C11" s="84"/>
+      <c r="D11" s="85"/>
+      <c r="E11" s="85"/>
+      <c r="F11" s="85"/>
+      <c r="G11" s="86"/>
+      <c r="H11" s="18"/>
+      <c r="I11" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="J11" s="32"/>
+      <c r="K11" s="32"/>
+      <c r="L11" s="32"/>
+      <c r="M11" s="32"/>
+      <c r="N11" s="32"/>
+      <c r="O11" s="32"/>
+      <c r="P11" s="32"/>
+      <c r="Q11" s="32"/>
+      <c r="R11" s="32"/>
+      <c r="S11" s="32"/>
+      <c r="T11" s="32"/>
+      <c r="U11" s="32"/>
+      <c r="V11" s="32"/>
+      <c r="W11" s="32"/>
+      <c r="X11" s="32"/>
+      <c r="Y11" s="32"/>
+      <c r="Z11" s="32"/>
+      <c r="AA11" s="32"/>
+      <c r="AB11" s="32"/>
+      <c r="AC11" s="32"/>
+      <c r="AD11" s="33"/>
+    </row>
+    <row r="12" spans="1:30" ht="21" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B12" s="88"/>
+      <c r="C12" s="84"/>
+      <c r="D12" s="85"/>
+      <c r="E12" s="85"/>
+      <c r="F12" s="85"/>
+      <c r="G12" s="86"/>
+      <c r="H12" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="I10" s="19" t="s">
+      <c r="I12" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="J12" s="32"/>
+      <c r="K12" s="32"/>
+      <c r="L12" s="32"/>
+      <c r="M12" s="32"/>
+      <c r="N12" s="32"/>
+      <c r="O12" s="32"/>
+      <c r="P12" s="32"/>
+      <c r="Q12" s="32"/>
+      <c r="R12" s="32"/>
+      <c r="S12" s="32"/>
+      <c r="T12" s="32"/>
+      <c r="U12" s="32"/>
+      <c r="V12" s="32"/>
+      <c r="W12" s="32"/>
+      <c r="X12" s="32"/>
+      <c r="Y12" s="32"/>
+      <c r="Z12" s="32"/>
+      <c r="AA12" s="32"/>
+      <c r="AB12" s="32"/>
+      <c r="AC12" s="32"/>
+      <c r="AD12" s="33"/>
+    </row>
+    <row r="13" spans="1:30" ht="21" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B13" s="88"/>
+      <c r="C13" s="84"/>
+      <c r="D13" s="85"/>
+      <c r="E13" s="85"/>
+      <c r="F13" s="85"/>
+      <c r="G13" s="86"/>
+      <c r="H13" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="I13" s="19" t="s">
+        <v>6</v>
+      </c>
+      <c r="J13" s="32"/>
+      <c r="K13" s="32"/>
+      <c r="L13" s="32"/>
+      <c r="M13" s="32"/>
+      <c r="N13" s="32"/>
+      <c r="O13" s="32"/>
+      <c r="P13" s="32"/>
+      <c r="Q13" s="32"/>
+      <c r="R13" s="32"/>
+      <c r="S13" s="32"/>
+      <c r="T13" s="32"/>
+      <c r="U13" s="32"/>
+      <c r="V13" s="32"/>
+      <c r="W13" s="32"/>
+      <c r="X13" s="32"/>
+      <c r="Y13" s="32"/>
+      <c r="Z13" s="32"/>
+      <c r="AA13" s="32"/>
+      <c r="AB13" s="32"/>
+      <c r="AC13" s="32"/>
+      <c r="AD13" s="33"/>
+    </row>
+    <row r="14" spans="1:30" ht="21" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B14" s="88"/>
+      <c r="C14" s="84"/>
+      <c r="D14" s="85"/>
+      <c r="E14" s="85"/>
+      <c r="F14" s="85"/>
+      <c r="G14" s="86"/>
+      <c r="H14" s="20" t="s">
+        <v>3</v>
+      </c>
+      <c r="I14" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="J14" s="34"/>
+      <c r="K14" s="34"/>
+      <c r="L14" s="34"/>
+      <c r="M14" s="34"/>
+      <c r="N14" s="34"/>
+      <c r="O14" s="34"/>
+      <c r="P14" s="34"/>
+      <c r="Q14" s="34"/>
+      <c r="R14" s="34"/>
+      <c r="S14" s="34"/>
+      <c r="T14" s="34"/>
+      <c r="U14" s="34"/>
+      <c r="V14" s="34"/>
+      <c r="W14" s="34"/>
+      <c r="X14" s="34"/>
+      <c r="Y14" s="34"/>
+      <c r="Z14" s="34"/>
+      <c r="AA14" s="34"/>
+      <c r="AB14" s="34"/>
+      <c r="AC14" s="34"/>
+      <c r="AD14" s="35"/>
+    </row>
+    <row r="15" spans="1:30" ht="21" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B15" s="88"/>
+      <c r="C15" s="68" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="68"/>
+      <c r="E15" s="68"/>
+      <c r="F15" s="68"/>
+      <c r="G15" s="68"/>
+      <c r="H15" s="16" t="s">
+        <v>3</v>
+      </c>
+      <c r="I15" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="J15" s="30"/>
+      <c r="K15" s="30"/>
+      <c r="L15" s="30"/>
+      <c r="M15" s="30"/>
+      <c r="N15" s="30"/>
+      <c r="O15" s="30"/>
+      <c r="P15" s="30"/>
+      <c r="Q15" s="30"/>
+      <c r="R15" s="30"/>
+      <c r="S15" s="30"/>
+      <c r="T15" s="30"/>
+      <c r="U15" s="30"/>
+      <c r="V15" s="30"/>
+      <c r="W15" s="30"/>
+      <c r="X15" s="30"/>
+      <c r="Y15" s="30"/>
+      <c r="Z15" s="30"/>
+      <c r="AA15" s="30"/>
+      <c r="AB15" s="30"/>
+      <c r="AC15" s="30"/>
+      <c r="AD15" s="31"/>
+    </row>
+    <row r="16" spans="1:30" ht="21" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B16" s="88"/>
+      <c r="C16" s="68"/>
+      <c r="D16" s="68"/>
+      <c r="E16" s="68"/>
+      <c r="F16" s="68"/>
+      <c r="G16" s="68"/>
+      <c r="H16" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="I16" s="19" t="s">
+        <v>10</v>
+      </c>
+      <c r="J16" s="32"/>
+      <c r="K16" s="32"/>
+      <c r="L16" s="32"/>
+      <c r="M16" s="32"/>
+      <c r="N16" s="32"/>
+      <c r="O16" s="32"/>
+      <c r="P16" s="32"/>
+      <c r="Q16" s="32"/>
+      <c r="R16" s="32"/>
+      <c r="S16" s="32"/>
+      <c r="T16" s="32"/>
+      <c r="U16" s="32"/>
+      <c r="V16" s="32"/>
+      <c r="W16" s="32"/>
+      <c r="X16" s="32"/>
+      <c r="Y16" s="32"/>
+      <c r="Z16" s="32"/>
+      <c r="AA16" s="32"/>
+      <c r="AB16" s="32"/>
+      <c r="AC16" s="32"/>
+      <c r="AD16" s="33"/>
+    </row>
+    <row r="17" spans="1:30" ht="21" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B17" s="88"/>
+      <c r="C17" s="68"/>
+      <c r="D17" s="68"/>
+      <c r="E17" s="68"/>
+      <c r="F17" s="68"/>
+      <c r="G17" s="68"/>
+      <c r="H17" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="I17" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="J10" s="33"/>
-[...28 lines deleted...]
-      <c r="H11" s="20" t="s">
+      <c r="J17" s="32"/>
+      <c r="K17" s="32"/>
+      <c r="L17" s="32"/>
+      <c r="M17" s="32"/>
+      <c r="N17" s="32"/>
+      <c r="O17" s="32"/>
+      <c r="P17" s="32"/>
+      <c r="Q17" s="32"/>
+      <c r="R17" s="32"/>
+      <c r="S17" s="32"/>
+      <c r="T17" s="32"/>
+      <c r="U17" s="32"/>
+      <c r="V17" s="32"/>
+      <c r="W17" s="32"/>
+      <c r="X17" s="32"/>
+      <c r="Y17" s="32"/>
+      <c r="Z17" s="32"/>
+      <c r="AA17" s="32"/>
+      <c r="AB17" s="32"/>
+      <c r="AC17" s="32"/>
+      <c r="AD17" s="33"/>
+    </row>
+    <row r="18" spans="1:30" ht="21" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B18" s="88"/>
+      <c r="C18" s="68"/>
+      <c r="D18" s="68"/>
+      <c r="E18" s="68"/>
+      <c r="F18" s="68"/>
+      <c r="G18" s="68"/>
+      <c r="H18" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="I11" s="21" t="s">
+      <c r="I18" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="J11" s="35"/>
-[...28 lines deleted...]
-      <c r="H12" s="20" t="s">
+      <c r="J18" s="32"/>
+      <c r="K18" s="32"/>
+      <c r="L18" s="32"/>
+      <c r="M18" s="32"/>
+      <c r="N18" s="32"/>
+      <c r="O18" s="32"/>
+      <c r="P18" s="32"/>
+      <c r="Q18" s="32"/>
+      <c r="R18" s="32"/>
+      <c r="S18" s="32"/>
+      <c r="T18" s="32"/>
+      <c r="U18" s="32"/>
+      <c r="V18" s="32"/>
+      <c r="W18" s="32"/>
+      <c r="X18" s="32"/>
+      <c r="Y18" s="32"/>
+      <c r="Z18" s="32"/>
+      <c r="AA18" s="32"/>
+      <c r="AB18" s="32"/>
+      <c r="AC18" s="32"/>
+      <c r="AD18" s="33"/>
+    </row>
+    <row r="19" spans="1:30" ht="21" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B19" s="89"/>
+      <c r="C19" s="68"/>
+      <c r="D19" s="68"/>
+      <c r="E19" s="68"/>
+      <c r="F19" s="68"/>
+      <c r="G19" s="68"/>
+      <c r="H19" s="20" t="s">
         <v>3</v>
       </c>
-      <c r="I12" s="21" t="s">
+      <c r="I19" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="J12" s="35"/>
-[...266 lines deleted...]
-      <c r="AD19" s="38"/>
+      <c r="J19" s="34"/>
+      <c r="K19" s="34"/>
+      <c r="L19" s="34"/>
+      <c r="M19" s="34"/>
+      <c r="N19" s="34"/>
+      <c r="O19" s="34"/>
+      <c r="P19" s="34"/>
+      <c r="Q19" s="34"/>
+      <c r="R19" s="34"/>
+      <c r="S19" s="34"/>
+      <c r="T19" s="34"/>
+      <c r="U19" s="34"/>
+      <c r="V19" s="34"/>
+      <c r="W19" s="34"/>
+      <c r="X19" s="34"/>
+      <c r="Y19" s="34"/>
+      <c r="Z19" s="34"/>
+      <c r="AA19" s="34"/>
+      <c r="AB19" s="34"/>
+      <c r="AC19" s="34"/>
+      <c r="AD19" s="35"/>
     </row>
     <row r="20" spans="1:30" ht="5.25" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="C20" s="13"/>
-[...24 lines deleted...]
-      <c r="AB20" s="13"/>
+      <c r="H20" s="8"/>
+      <c r="I20" s="26"/>
     </row>
     <row r="21" spans="1:30" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B21" s="62" t="s">
-[...6 lines deleted...]
-      <c r="G21" s="62"/>
+      <c r="B21" s="68" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="68"/>
+      <c r="D21" s="68"/>
+      <c r="E21" s="68"/>
+      <c r="F21" s="68"/>
+      <c r="G21" s="68"/>
       <c r="H21" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="I21" s="29" t="s">
-        <v>27</v>
+      <c r="I21" s="27" t="s">
+        <v>25</v>
       </c>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="10"/>
       <c r="M21" s="10"/>
       <c r="N21" s="10"/>
       <c r="O21" s="10"/>
       <c r="P21" s="10"/>
       <c r="Q21" s="10"/>
       <c r="R21" s="10"/>
       <c r="S21" s="10"/>
       <c r="T21" s="10"/>
       <c r="U21" s="10"/>
       <c r="V21" s="10"/>
       <c r="W21" s="10"/>
       <c r="X21" s="10"/>
       <c r="Y21" s="10"/>
       <c r="Z21" s="10"/>
       <c r="AA21" s="10"/>
       <c r="AB21" s="10"/>
       <c r="AC21" s="10"/>
       <c r="AD21" s="11"/>
     </row>
     <row r="22" spans="1:30" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B22" s="62"/>
-[...29 lines deleted...]
-      <c r="AD22" s="14"/>
+      <c r="B22" s="68"/>
+      <c r="C22" s="68"/>
+      <c r="D22" s="68"/>
+      <c r="E22" s="68"/>
+      <c r="F22" s="68"/>
+      <c r="G22" s="68"/>
+      <c r="H22" s="8"/>
+      <c r="I22" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="AD22" s="12"/>
     </row>
     <row r="23" spans="1:30" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B23" s="62"/>
-[...5 lines deleted...]
-      <c r="H23" s="24" t="s">
+      <c r="B23" s="68"/>
+      <c r="C23" s="68"/>
+      <c r="D23" s="68"/>
+      <c r="E23" s="68"/>
+      <c r="F23" s="68"/>
+      <c r="G23" s="68"/>
+      <c r="H23" s="22" t="s">
         <v>3</v>
       </c>
-      <c r="I23" s="30" t="s">
+      <c r="I23" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="J23" s="23"/>
+      <c r="K23" s="23"/>
+      <c r="L23" s="23"/>
+      <c r="M23" s="23"/>
+      <c r="N23" s="23"/>
+      <c r="O23" s="23"/>
+      <c r="P23" s="23"/>
+      <c r="Q23" s="23"/>
+      <c r="R23" s="23"/>
+      <c r="S23" s="23"/>
+      <c r="T23" s="23"/>
+      <c r="U23" s="23"/>
+      <c r="V23" s="23"/>
+      <c r="W23" s="23"/>
+      <c r="X23" s="23"/>
+      <c r="Y23" s="23"/>
+      <c r="Z23" s="23"/>
+      <c r="AA23" s="23"/>
+      <c r="AB23" s="23"/>
+      <c r="AC23" s="23"/>
+      <c r="AD23" s="24"/>
+    </row>
+    <row r="24" spans="1:30" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B24" s="68"/>
+      <c r="C24" s="68"/>
+      <c r="D24" s="68"/>
+      <c r="E24" s="68"/>
+      <c r="F24" s="68"/>
+      <c r="G24" s="68"/>
+      <c r="H24" s="8"/>
+      <c r="I24" s="26" t="s">
+        <v>11</v>
+      </c>
+      <c r="AD24" s="12"/>
+    </row>
+    <row r="25" spans="1:30" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B25" s="68"/>
+      <c r="C25" s="68"/>
+      <c r="D25" s="68"/>
+      <c r="E25" s="68"/>
+      <c r="F25" s="68"/>
+      <c r="G25" s="68"/>
+      <c r="H25" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="I25" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="J25" s="23"/>
+      <c r="K25" s="23"/>
+      <c r="L25" s="23"/>
+      <c r="M25" s="23"/>
+      <c r="N25" s="23"/>
+      <c r="O25" s="23"/>
+      <c r="P25" s="23"/>
+      <c r="Q25" s="23"/>
+      <c r="R25" s="23"/>
+      <c r="S25" s="23"/>
+      <c r="T25" s="23"/>
+      <c r="U25" s="23"/>
+      <c r="V25" s="23"/>
+      <c r="W25" s="23"/>
+      <c r="X25" s="23"/>
+      <c r="Y25" s="23"/>
+      <c r="Z25" s="23"/>
+      <c r="AA25" s="23"/>
+      <c r="AB25" s="23"/>
+      <c r="AC25" s="23"/>
+      <c r="AD25" s="24"/>
+    </row>
+    <row r="26" spans="1:30" ht="22.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B26" s="68"/>
+      <c r="C26" s="68"/>
+      <c r="D26" s="68"/>
+      <c r="E26" s="68"/>
+      <c r="F26" s="68"/>
+      <c r="G26" s="68"/>
+      <c r="H26" s="13"/>
+      <c r="I26" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="J26" s="14"/>
+      <c r="K26" s="14"/>
+      <c r="L26" s="14"/>
+      <c r="M26" s="14"/>
+      <c r="N26" s="14"/>
+      <c r="O26" s="14"/>
+      <c r="P26" s="14"/>
+      <c r="Q26" s="14"/>
+      <c r="R26" s="14"/>
+      <c r="S26" s="14"/>
+      <c r="T26" s="14"/>
+      <c r="U26" s="14"/>
+      <c r="V26" s="14"/>
+      <c r="W26" s="14"/>
+      <c r="X26" s="14"/>
+      <c r="Y26" s="14"/>
+      <c r="Z26" s="14"/>
+      <c r="AA26" s="14"/>
+      <c r="AB26" s="14"/>
+      <c r="AC26" s="14"/>
+      <c r="AD26" s="15"/>
+    </row>
+    <row r="27" spans="1:30" ht="5.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="H27" s="8"/>
+      <c r="I27" s="26"/>
+    </row>
+    <row r="28" spans="1:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A28" s="1"/>
+      <c r="B28" s="56" t="s">
+        <v>19</v>
+      </c>
+      <c r="C28" s="57"/>
+      <c r="D28" s="57"/>
+      <c r="E28" s="58"/>
+      <c r="F28" s="36" t="s">
+        <v>3</v>
+      </c>
+      <c r="G28" s="65" t="s">
+        <v>20</v>
+      </c>
+      <c r="H28" s="66"/>
+      <c r="I28" s="66"/>
+      <c r="J28" s="66"/>
+      <c r="K28" s="66"/>
+      <c r="L28" s="65" t="s">
+        <v>27</v>
+      </c>
+      <c r="M28" s="65"/>
+      <c r="N28" s="65"/>
+      <c r="O28" s="65"/>
+      <c r="P28" s="65"/>
+      <c r="Q28" s="65"/>
+      <c r="R28" s="65"/>
+      <c r="S28" s="65"/>
+      <c r="T28" s="65"/>
+      <c r="U28" s="65"/>
+      <c r="V28" s="65"/>
+      <c r="W28" s="65"/>
+      <c r="X28" s="65"/>
+      <c r="Y28" s="65"/>
+      <c r="Z28" s="65"/>
+      <c r="AA28" s="65"/>
+      <c r="AB28" s="65"/>
+      <c r="AC28" s="65"/>
+      <c r="AD28" s="67"/>
+    </row>
+    <row r="29" spans="1:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="1"/>
+      <c r="B29" s="59"/>
+      <c r="C29" s="60"/>
+      <c r="D29" s="60"/>
+      <c r="E29" s="61"/>
+      <c r="F29" s="36" t="s">
+        <v>3</v>
+      </c>
+      <c r="G29" s="65" t="s">
         <v>28</v>
       </c>
-      <c r="J23" s="25"/>
-[...61 lines deleted...]
-      <c r="H25" s="24" t="s">
+      <c r="H29" s="66"/>
+      <c r="I29" s="66"/>
+      <c r="J29" s="66"/>
+      <c r="K29" s="66"/>
+      <c r="L29" s="65" t="s">
+        <v>29</v>
+      </c>
+      <c r="M29" s="65"/>
+      <c r="N29" s="65"/>
+      <c r="O29" s="65"/>
+      <c r="P29" s="65"/>
+      <c r="Q29" s="65"/>
+      <c r="R29" s="65"/>
+      <c r="S29" s="65"/>
+      <c r="T29" s="65"/>
+      <c r="U29" s="65"/>
+      <c r="V29" s="65"/>
+      <c r="W29" s="65"/>
+      <c r="X29" s="65"/>
+      <c r="Y29" s="65"/>
+      <c r="Z29" s="65"/>
+      <c r="AA29" s="65"/>
+      <c r="AB29" s="65"/>
+      <c r="AC29" s="65"/>
+      <c r="AD29" s="67"/>
+    </row>
+    <row r="30" spans="1:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B30" s="62"/>
+      <c r="C30" s="63"/>
+      <c r="D30" s="63"/>
+      <c r="E30" s="64"/>
+      <c r="F30" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="I25" s="30" t="s">
-[...87 lines deleted...]
-      <c r="B28" s="63" t="s">
+      <c r="G30" s="65" t="s">
         <v>21</v>
       </c>
-      <c r="C28" s="123"/>
-[...2 lines deleted...]
-      <c r="F28" s="40" t="s">
+      <c r="H30" s="66"/>
+      <c r="I30" s="66"/>
+      <c r="J30" s="66"/>
+      <c r="K30" s="66"/>
+      <c r="L30" s="65" t="s">
+        <v>30</v>
+      </c>
+      <c r="M30" s="65"/>
+      <c r="N30" s="65"/>
+      <c r="O30" s="65"/>
+      <c r="P30" s="65"/>
+      <c r="Q30" s="65"/>
+      <c r="R30" s="65"/>
+      <c r="S30" s="65"/>
+      <c r="T30" s="65"/>
+      <c r="U30" s="65"/>
+      <c r="V30" s="65"/>
+      <c r="W30" s="65"/>
+      <c r="X30" s="65"/>
+      <c r="Y30" s="65"/>
+      <c r="Z30" s="65"/>
+      <c r="AA30" s="65"/>
+      <c r="AB30" s="65"/>
+      <c r="AC30" s="65"/>
+      <c r="AD30" s="67"/>
+    </row>
+    <row r="31" spans="1:30" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B31" s="53"/>
+      <c r="C31" s="39"/>
+      <c r="D31" s="39"/>
+      <c r="E31" s="39"/>
+      <c r="F31" s="52"/>
+      <c r="G31" s="37"/>
+      <c r="H31" s="51"/>
+      <c r="I31" s="51"/>
+      <c r="J31" s="51"/>
+      <c r="K31" s="51"/>
+      <c r="L31" s="37"/>
+      <c r="M31" s="37"/>
+      <c r="N31" s="37"/>
+      <c r="O31" s="37"/>
+      <c r="P31" s="37"/>
+      <c r="Q31" s="37"/>
+      <c r="R31" s="37"/>
+      <c r="S31" s="37"/>
+      <c r="T31" s="37"/>
+      <c r="U31" s="37"/>
+      <c r="V31" s="37"/>
+      <c r="W31" s="37"/>
+      <c r="X31" s="37"/>
+      <c r="Y31" s="37"/>
+      <c r="Z31" s="37"/>
+      <c r="AA31" s="37"/>
+      <c r="AB31" s="37"/>
+      <c r="AC31" s="37"/>
+      <c r="AD31" s="37"/>
+    </row>
+    <row r="32" spans="1:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B32" s="90" t="s">
+        <v>31</v>
+      </c>
+      <c r="C32" s="91"/>
+      <c r="D32" s="91"/>
+      <c r="E32" s="91"/>
+      <c r="F32" s="91"/>
+      <c r="G32" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="G28" s="131" t="s">
-[...34 lines deleted...]
-      <c r="F29" s="40" t="s">
+      <c r="H32" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="I32" s="92"/>
+      <c r="J32" s="40"/>
+      <c r="K32" s="41" t="s">
         <v>3</v>
       </c>
-      <c r="G29" s="131" t="s">
-[...33 lines deleted...]
-      <c r="F30" s="40" t="s">
+      <c r="L32" s="92" t="s">
+        <v>33</v>
+      </c>
+      <c r="M32" s="92"/>
+      <c r="N32" s="40"/>
+      <c r="O32" s="41" t="s">
         <v>3</v>
       </c>
-      <c r="G30" s="131" t="s">
-[...60 lines deleted...]
-      <c r="B32" s="110" t="s">
+      <c r="P32" s="92" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q32" s="92"/>
+      <c r="R32" s="40"/>
+      <c r="S32" s="41" t="s">
+        <v>3</v>
+      </c>
+      <c r="T32" s="92" t="s">
+        <v>35</v>
+      </c>
+      <c r="U32" s="92"/>
+      <c r="V32" s="40"/>
+      <c r="W32" s="41" t="s">
+        <v>3</v>
+      </c>
+      <c r="X32" s="42"/>
+      <c r="Y32" s="42"/>
+      <c r="Z32" s="40"/>
+      <c r="AA32" s="40"/>
+      <c r="AB32" s="42"/>
+      <c r="AC32" s="42"/>
+      <c r="AD32" s="43"/>
+    </row>
+    <row r="33" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B33" s="90"/>
+      <c r="C33" s="91"/>
+      <c r="D33" s="91"/>
+      <c r="E33" s="91"/>
+      <c r="F33" s="91"/>
+      <c r="G33" s="93" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" s="94"/>
+      <c r="I33" s="94"/>
+      <c r="J33" s="44"/>
+      <c r="K33" s="45"/>
+      <c r="L33" s="45"/>
+      <c r="M33" s="45"/>
+      <c r="N33" s="45"/>
+      <c r="O33" s="45"/>
+      <c r="P33" s="45"/>
+      <c r="Q33" s="45"/>
+      <c r="R33" s="45"/>
+      <c r="S33" s="45"/>
+      <c r="T33" s="46"/>
+      <c r="U33" s="95" t="s">
+        <v>36</v>
+      </c>
+      <c r="V33" s="96"/>
+      <c r="W33" s="97"/>
+      <c r="X33" s="47"/>
+      <c r="Y33" s="48"/>
+      <c r="Z33" s="48"/>
+      <c r="AA33" s="48"/>
+      <c r="AB33" s="48"/>
+      <c r="AC33" s="48"/>
+      <c r="AD33" s="49"/>
+    </row>
+    <row r="34" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B34" s="90"/>
+      <c r="C34" s="91"/>
+      <c r="D34" s="91"/>
+      <c r="E34" s="91"/>
+      <c r="F34" s="91"/>
+      <c r="G34" s="93" t="s">
+        <v>37</v>
+      </c>
+      <c r="H34" s="94"/>
+      <c r="I34" s="94"/>
+      <c r="J34" s="98"/>
+      <c r="K34" s="99"/>
+      <c r="L34" s="99"/>
+      <c r="M34" s="99"/>
+      <c r="N34" s="99"/>
+      <c r="O34" s="99"/>
+      <c r="P34" s="99"/>
+      <c r="Q34" s="99"/>
+      <c r="R34" s="99"/>
+      <c r="S34" s="99"/>
+      <c r="T34" s="100"/>
+      <c r="U34" s="101" t="s">
+        <v>38</v>
+      </c>
+      <c r="V34" s="102"/>
+      <c r="W34" s="103"/>
+      <c r="X34" s="104"/>
+      <c r="Y34" s="105"/>
+      <c r="Z34" s="105"/>
+      <c r="AA34" s="105"/>
+      <c r="AB34" s="105"/>
+      <c r="AC34" s="105"/>
+      <c r="AD34" s="106"/>
+    </row>
+    <row r="35" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B35" s="90"/>
+      <c r="C35" s="91"/>
+      <c r="D35" s="91"/>
+      <c r="E35" s="91"/>
+      <c r="F35" s="91"/>
+      <c r="G35" s="107" t="s">
+        <v>39</v>
+      </c>
+      <c r="H35" s="108"/>
+      <c r="I35" s="109"/>
+      <c r="J35" s="50" t="s">
+        <v>40</v>
+      </c>
+      <c r="K35" s="113"/>
+      <c r="L35" s="113"/>
+      <c r="M35" s="113"/>
+      <c r="N35" s="113"/>
+      <c r="O35" s="113"/>
+      <c r="P35" s="113"/>
+      <c r="Q35" s="113"/>
+      <c r="R35" s="113"/>
+      <c r="S35" s="113"/>
+      <c r="T35" s="114"/>
+      <c r="U35" s="115" t="s">
+        <v>17</v>
+      </c>
+      <c r="V35" s="116"/>
+      <c r="W35" s="117"/>
+      <c r="X35" s="118"/>
+      <c r="Y35" s="119"/>
+      <c r="Z35" s="119"/>
+      <c r="AA35" s="119"/>
+      <c r="AB35" s="119"/>
+      <c r="AC35" s="119"/>
+      <c r="AD35" s="120"/>
+    </row>
+    <row r="36" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B36" s="91"/>
+      <c r="C36" s="91"/>
+      <c r="D36" s="91"/>
+      <c r="E36" s="91"/>
+      <c r="F36" s="91"/>
+      <c r="G36" s="110"/>
+      <c r="H36" s="111"/>
+      <c r="I36" s="112"/>
+      <c r="J36" s="121"/>
+      <c r="K36" s="122"/>
+      <c r="L36" s="122"/>
+      <c r="M36" s="122"/>
+      <c r="N36" s="122"/>
+      <c r="O36" s="122"/>
+      <c r="P36" s="122"/>
+      <c r="Q36" s="122"/>
+      <c r="R36" s="122"/>
+      <c r="S36" s="122"/>
+      <c r="T36" s="123"/>
+      <c r="U36" s="115" t="s">
+        <v>18</v>
+      </c>
+      <c r="V36" s="116"/>
+      <c r="W36" s="117"/>
+      <c r="X36" s="118"/>
+      <c r="Y36" s="119"/>
+      <c r="Z36" s="119"/>
+      <c r="AA36" s="119"/>
+      <c r="AB36" s="119"/>
+      <c r="AC36" s="119"/>
+      <c r="AD36" s="120"/>
+    </row>
+    <row r="37" spans="2:30" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B37" s="38"/>
+      <c r="C37" s="38"/>
+      <c r="D37" s="38"/>
+      <c r="E37" s="38"/>
+      <c r="F37" s="38"/>
+      <c r="G37" s="8"/>
+      <c r="H37" s="26"/>
+    </row>
+    <row r="38" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B38" s="124" t="s">
+        <v>41</v>
+      </c>
+      <c r="C38" s="91"/>
+      <c r="D38" s="91"/>
+      <c r="E38" s="91"/>
+      <c r="F38" s="91"/>
+      <c r="G38" s="36" t="s">
+        <v>3</v>
+      </c>
+      <c r="H38" s="92" t="s">
+        <v>42</v>
+      </c>
+      <c r="I38" s="92"/>
+      <c r="J38" s="40"/>
+      <c r="K38" s="41" t="s">
+        <v>3</v>
+      </c>
+      <c r="L38" s="92" t="s">
         <v>33</v>
       </c>
-      <c r="C32" s="109"/>
-[...3 lines deleted...]
-      <c r="G32" s="40" t="s">
+      <c r="M38" s="92"/>
+      <c r="N38" s="40"/>
+      <c r="O38" s="41" t="s">
         <v>3</v>
       </c>
-      <c r="H32" s="122" t="s">
+      <c r="P38" s="92" t="s">
         <v>34</v>
       </c>
-      <c r="I32" s="122"/>
-[...1 lines deleted...]
-      <c r="K32" s="46" t="s">
+      <c r="Q38" s="92"/>
+      <c r="R38" s="40"/>
+      <c r="S38" s="41" t="s">
         <v>3</v>
       </c>
-      <c r="L32" s="122" t="s">
+      <c r="T38" s="92" t="s">
         <v>35</v>
       </c>
-      <c r="M32" s="122"/>
-[...1 lines deleted...]
-      <c r="O32" s="46" t="s">
+      <c r="U38" s="92"/>
+      <c r="V38" s="40"/>
+      <c r="W38" s="41" t="s">
         <v>3</v>
       </c>
-      <c r="P32" s="122" t="s">
+      <c r="X38" s="42"/>
+      <c r="Y38" s="42"/>
+      <c r="Z38" s="40"/>
+      <c r="AA38" s="40"/>
+      <c r="AB38" s="42"/>
+      <c r="AC38" s="42"/>
+      <c r="AD38" s="43"/>
+    </row>
+    <row r="39" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B39" s="90"/>
+      <c r="C39" s="91"/>
+      <c r="D39" s="91"/>
+      <c r="E39" s="91"/>
+      <c r="F39" s="91"/>
+      <c r="G39" s="93" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" s="94"/>
+      <c r="I39" s="94"/>
+      <c r="J39" s="44"/>
+      <c r="K39" s="45"/>
+      <c r="L39" s="45"/>
+      <c r="M39" s="45"/>
+      <c r="N39" s="45"/>
+      <c r="O39" s="45"/>
+      <c r="P39" s="45"/>
+      <c r="Q39" s="45"/>
+      <c r="R39" s="45"/>
+      <c r="S39" s="45"/>
+      <c r="T39" s="46"/>
+      <c r="U39" s="95" t="s">
         <v>36</v>
       </c>
-      <c r="Q32" s="122"/>
-[...4 lines deleted...]
-      <c r="T32" s="122" t="s">
+      <c r="V39" s="96"/>
+      <c r="W39" s="97"/>
+      <c r="X39" s="47"/>
+      <c r="Y39" s="48"/>
+      <c r="Z39" s="48"/>
+      <c r="AA39" s="48"/>
+      <c r="AB39" s="48"/>
+      <c r="AC39" s="48"/>
+      <c r="AD39" s="49"/>
+    </row>
+    <row r="40" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B40" s="90"/>
+      <c r="C40" s="91"/>
+      <c r="D40" s="91"/>
+      <c r="E40" s="91"/>
+      <c r="F40" s="91"/>
+      <c r="G40" s="93" t="s">
         <v>37</v>
       </c>
-      <c r="U32" s="122"/>
-[...18 lines deleted...]
-      <c r="G33" s="111" t="s">
+      <c r="H40" s="94"/>
+      <c r="I40" s="94"/>
+      <c r="J40" s="98"/>
+      <c r="K40" s="99"/>
+      <c r="L40" s="99"/>
+      <c r="M40" s="99"/>
+      <c r="N40" s="99"/>
+      <c r="O40" s="99"/>
+      <c r="P40" s="99"/>
+      <c r="Q40" s="99"/>
+      <c r="R40" s="99"/>
+      <c r="S40" s="99"/>
+      <c r="T40" s="100"/>
+      <c r="U40" s="101" t="s">
+        <v>16</v>
+      </c>
+      <c r="V40" s="102"/>
+      <c r="W40" s="103"/>
+      <c r="X40" s="104"/>
+      <c r="Y40" s="105"/>
+      <c r="Z40" s="105"/>
+      <c r="AA40" s="105"/>
+      <c r="AB40" s="105"/>
+      <c r="AC40" s="105"/>
+      <c r="AD40" s="106"/>
+    </row>
+    <row r="41" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B41" s="90"/>
+      <c r="C41" s="91"/>
+      <c r="D41" s="91"/>
+      <c r="E41" s="91"/>
+      <c r="F41" s="91"/>
+      <c r="G41" s="107" t="s">
+        <v>39</v>
+      </c>
+      <c r="H41" s="108"/>
+      <c r="I41" s="109"/>
+      <c r="J41" s="50" t="s">
+        <v>40</v>
+      </c>
+      <c r="K41" s="113"/>
+      <c r="L41" s="113"/>
+      <c r="M41" s="113"/>
+      <c r="N41" s="113"/>
+      <c r="O41" s="113"/>
+      <c r="P41" s="113"/>
+      <c r="Q41" s="113"/>
+      <c r="R41" s="113"/>
+      <c r="S41" s="113"/>
+      <c r="T41" s="114"/>
+      <c r="U41" s="115" t="s">
         <v>17</v>
       </c>
-      <c r="H33" s="112"/>
-[...31 lines deleted...]
-      <c r="G34" s="111" t="s">
+      <c r="V41" s="116"/>
+      <c r="W41" s="117"/>
+      <c r="X41" s="118"/>
+      <c r="Y41" s="119"/>
+      <c r="Z41" s="119"/>
+      <c r="AA41" s="119"/>
+      <c r="AB41" s="119"/>
+      <c r="AC41" s="119"/>
+      <c r="AD41" s="120"/>
+    </row>
+    <row r="42" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B42" s="91"/>
+      <c r="C42" s="91"/>
+      <c r="D42" s="91"/>
+      <c r="E42" s="91"/>
+      <c r="F42" s="91"/>
+      <c r="G42" s="110"/>
+      <c r="H42" s="111"/>
+      <c r="I42" s="112"/>
+      <c r="J42" s="121"/>
+      <c r="K42" s="122"/>
+      <c r="L42" s="122"/>
+      <c r="M42" s="122"/>
+      <c r="N42" s="122"/>
+      <c r="O42" s="122"/>
+      <c r="P42" s="122"/>
+      <c r="Q42" s="122"/>
+      <c r="R42" s="122"/>
+      <c r="S42" s="122"/>
+      <c r="T42" s="123"/>
+      <c r="U42" s="115" t="s">
+        <v>18</v>
+      </c>
+      <c r="V42" s="116"/>
+      <c r="W42" s="117"/>
+      <c r="X42" s="118"/>
+      <c r="Y42" s="119"/>
+      <c r="Z42" s="119"/>
+      <c r="AA42" s="119"/>
+      <c r="AB42" s="119"/>
+      <c r="AC42" s="119"/>
+      <c r="AD42" s="120"/>
+    </row>
+    <row r="43" spans="2:30" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B43" s="38"/>
+      <c r="C43" s="38"/>
+      <c r="D43" s="38"/>
+      <c r="E43" s="38"/>
+      <c r="F43" s="38"/>
+    </row>
+    <row r="44" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B44" s="124" t="s">
+        <v>43</v>
+      </c>
+      <c r="C44" s="91"/>
+      <c r="D44" s="91"/>
+      <c r="E44" s="91"/>
+      <c r="F44" s="91"/>
+      <c r="G44" s="93" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" s="94"/>
+      <c r="I44" s="94"/>
+      <c r="J44" s="44"/>
+      <c r="K44" s="45"/>
+      <c r="L44" s="45"/>
+      <c r="M44" s="45"/>
+      <c r="N44" s="45"/>
+      <c r="O44" s="45"/>
+      <c r="P44" s="45"/>
+      <c r="Q44" s="45"/>
+      <c r="R44" s="45"/>
+      <c r="S44" s="45"/>
+      <c r="T44" s="46"/>
+      <c r="U44" s="95" t="s">
+        <v>36</v>
+      </c>
+      <c r="V44" s="96"/>
+      <c r="W44" s="97"/>
+      <c r="X44" s="47"/>
+      <c r="Y44" s="48"/>
+      <c r="Z44" s="48"/>
+      <c r="AA44" s="48"/>
+      <c r="AB44" s="48"/>
+      <c r="AC44" s="48"/>
+      <c r="AD44" s="49"/>
+    </row>
+    <row r="45" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B45" s="90"/>
+      <c r="C45" s="91"/>
+      <c r="D45" s="91"/>
+      <c r="E45" s="91"/>
+      <c r="F45" s="91"/>
+      <c r="G45" s="93" t="s">
+        <v>37</v>
+      </c>
+      <c r="H45" s="94"/>
+      <c r="I45" s="94"/>
+      <c r="J45" s="98"/>
+      <c r="K45" s="99"/>
+      <c r="L45" s="99"/>
+      <c r="M45" s="99"/>
+      <c r="N45" s="99"/>
+      <c r="O45" s="99"/>
+      <c r="P45" s="99"/>
+      <c r="Q45" s="99"/>
+      <c r="R45" s="99"/>
+      <c r="S45" s="99"/>
+      <c r="T45" s="100"/>
+      <c r="U45" s="101" t="s">
+        <v>16</v>
+      </c>
+      <c r="V45" s="102"/>
+      <c r="W45" s="103"/>
+      <c r="X45" s="104"/>
+      <c r="Y45" s="105"/>
+      <c r="Z45" s="105"/>
+      <c r="AA45" s="105"/>
+      <c r="AB45" s="105"/>
+      <c r="AC45" s="105"/>
+      <c r="AD45" s="106"/>
+    </row>
+    <row r="46" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B46" s="90"/>
+      <c r="C46" s="91"/>
+      <c r="D46" s="91"/>
+      <c r="E46" s="91"/>
+      <c r="F46" s="91"/>
+      <c r="G46" s="107" t="s">
         <v>39</v>
       </c>
-      <c r="H34" s="112"/>
-[...12 lines deleted...]
-      <c r="U34" s="119" t="s">
+      <c r="H46" s="108"/>
+      <c r="I46" s="109"/>
+      <c r="J46" s="50" t="s">
         <v>40</v>
       </c>
-      <c r="V34" s="120"/>
-[...99 lines deleted...]
-      <c r="H38" s="122" t="s">
+      <c r="K46" s="113"/>
+      <c r="L46" s="113"/>
+      <c r="M46" s="113"/>
+      <c r="N46" s="113"/>
+      <c r="O46" s="113"/>
+      <c r="P46" s="113"/>
+      <c r="Q46" s="113"/>
+      <c r="R46" s="113"/>
+      <c r="S46" s="113"/>
+      <c r="T46" s="114"/>
+      <c r="U46" s="115" t="s">
+        <v>17</v>
+      </c>
+      <c r="V46" s="116"/>
+      <c r="W46" s="117"/>
+      <c r="X46" s="118"/>
+      <c r="Y46" s="119"/>
+      <c r="Z46" s="119"/>
+      <c r="AA46" s="119"/>
+      <c r="AB46" s="119"/>
+      <c r="AC46" s="119"/>
+      <c r="AD46" s="120"/>
+    </row>
+    <row r="47" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B47" s="90"/>
+      <c r="C47" s="91"/>
+      <c r="D47" s="91"/>
+      <c r="E47" s="91"/>
+      <c r="F47" s="91"/>
+      <c r="G47" s="125"/>
+      <c r="H47" s="126"/>
+      <c r="I47" s="127"/>
+      <c r="J47" s="128"/>
+      <c r="K47" s="129"/>
+      <c r="L47" s="129"/>
+      <c r="M47" s="129"/>
+      <c r="N47" s="129"/>
+      <c r="O47" s="129"/>
+      <c r="P47" s="129"/>
+      <c r="Q47" s="129"/>
+      <c r="R47" s="129"/>
+      <c r="S47" s="129"/>
+      <c r="T47" s="130"/>
+      <c r="U47" s="115" t="s">
+        <v>18</v>
+      </c>
+      <c r="V47" s="116"/>
+      <c r="W47" s="117"/>
+      <c r="X47" s="118"/>
+      <c r="Y47" s="119"/>
+      <c r="Z47" s="119"/>
+      <c r="AA47" s="119"/>
+      <c r="AB47" s="119"/>
+      <c r="AC47" s="119"/>
+      <c r="AD47" s="120"/>
+    </row>
+    <row r="48" spans="2:30" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B48" s="91"/>
+      <c r="C48" s="91"/>
+      <c r="D48" s="91"/>
+      <c r="E48" s="91"/>
+      <c r="F48" s="91"/>
+      <c r="G48" s="110"/>
+      <c r="H48" s="111"/>
+      <c r="I48" s="112"/>
+      <c r="J48" s="121"/>
+      <c r="K48" s="122"/>
+      <c r="L48" s="122"/>
+      <c r="M48" s="122"/>
+      <c r="N48" s="122"/>
+      <c r="O48" s="122"/>
+      <c r="P48" s="122"/>
+      <c r="Q48" s="122"/>
+      <c r="R48" s="122"/>
+      <c r="S48" s="122"/>
+      <c r="T48" s="123"/>
+      <c r="U48" s="115" t="s">
         <v>44</v>
       </c>
-      <c r="I38" s="122"/>
-[...356 lines deleted...]
-      <c r="AD48" s="101"/>
+      <c r="V48" s="116"/>
+      <c r="W48" s="117"/>
+      <c r="X48" s="118"/>
+      <c r="Y48" s="119"/>
+      <c r="Z48" s="119"/>
+      <c r="AA48" s="119"/>
+      <c r="AB48" s="119"/>
+      <c r="AC48" s="119"/>
+      <c r="AD48" s="120"/>
     </row>
   </sheetData>
   <mergeCells count="68">
-    <mergeCell ref="B2:AC2"/>
-[...6 lines deleted...]
-    <mergeCell ref="L30:AD30"/>
+    <mergeCell ref="X45:AD45"/>
+    <mergeCell ref="G46:I48"/>
+    <mergeCell ref="K46:T46"/>
+    <mergeCell ref="U46:W46"/>
+    <mergeCell ref="X46:AD46"/>
+    <mergeCell ref="J47:T48"/>
+    <mergeCell ref="U47:W47"/>
+    <mergeCell ref="X47:AD47"/>
+    <mergeCell ref="U48:W48"/>
+    <mergeCell ref="X48:AD48"/>
+    <mergeCell ref="B44:F48"/>
+    <mergeCell ref="G44:I44"/>
+    <mergeCell ref="U44:W44"/>
+    <mergeCell ref="G45:I45"/>
+    <mergeCell ref="J45:T45"/>
+    <mergeCell ref="U45:W45"/>
+    <mergeCell ref="X40:AD40"/>
+    <mergeCell ref="G41:I42"/>
+    <mergeCell ref="K41:T41"/>
+    <mergeCell ref="U41:W41"/>
+    <mergeCell ref="X41:AD41"/>
+    <mergeCell ref="J42:T42"/>
+    <mergeCell ref="U42:W42"/>
+    <mergeCell ref="X42:AD42"/>
+    <mergeCell ref="B38:F42"/>
+    <mergeCell ref="H38:I38"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="P38:Q38"/>
+    <mergeCell ref="T38:U38"/>
+    <mergeCell ref="G39:I39"/>
+    <mergeCell ref="U39:W39"/>
+    <mergeCell ref="G40:I40"/>
+    <mergeCell ref="J40:T40"/>
+    <mergeCell ref="U40:W40"/>
+    <mergeCell ref="X34:AD34"/>
+    <mergeCell ref="G35:I36"/>
+    <mergeCell ref="K35:T35"/>
+    <mergeCell ref="U35:W35"/>
+    <mergeCell ref="X35:AD35"/>
+    <mergeCell ref="J36:T36"/>
+    <mergeCell ref="U36:W36"/>
+    <mergeCell ref="X36:AD36"/>
     <mergeCell ref="B32:F36"/>
     <mergeCell ref="H32:I32"/>
     <mergeCell ref="L32:M32"/>
     <mergeCell ref="P32:Q32"/>
     <mergeCell ref="T32:U32"/>
     <mergeCell ref="G33:I33"/>
     <mergeCell ref="U33:W33"/>
     <mergeCell ref="G34:I34"/>
     <mergeCell ref="J34:T34"/>
     <mergeCell ref="U34:W34"/>
-    <mergeCell ref="X34:AD34"/>
-[...40 lines deleted...]
-    <mergeCell ref="X48:AD48"/>
+    <mergeCell ref="B2:AC2"/>
+    <mergeCell ref="B28:E30"/>
+    <mergeCell ref="G28:K28"/>
+    <mergeCell ref="L28:AD28"/>
+    <mergeCell ref="G29:K29"/>
+    <mergeCell ref="L29:AD29"/>
+    <mergeCell ref="G30:K30"/>
+    <mergeCell ref="L30:AD30"/>
     <mergeCell ref="B21:G26"/>
     <mergeCell ref="B5:F6"/>
     <mergeCell ref="G5:AD6"/>
     <mergeCell ref="B7:F8"/>
     <mergeCell ref="G7:AD8"/>
     <mergeCell ref="C10:G14"/>
     <mergeCell ref="C15:G19"/>
     <mergeCell ref="B10:B19"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H10:H27 G37" xr:uid="{3E0E7F2D-5AFF-43D8-AD04-752DDDE8B992}">
       <formula1>"□,■"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="W38 G32 K32 O32 S32 W32 G38 K38 O38 S38 F28:F30" xr:uid="{2DD371FE-4E17-4641-ACC9-77E5541AF0B6}">
       <formula1>"□,☑"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.27559055118110237" top="0.19685039370078741" bottom="0.39370078740157483" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;L&amp;9 &amp;K00-0242025年6月20日改訂　株式会社GAI建築確認</oddFooter>
+    <oddFooter>&amp;L&amp;9 &amp;K00-0232025年10月10日改訂　株式会社GAI建築確認</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>審査申込書</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>