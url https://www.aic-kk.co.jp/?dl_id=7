--- v0 (2025-10-03)
+++ v1 (2025-12-07)
@@ -5,92 +5,81 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.240\aic-kyoyu\個人フォルダー\高橋\☆書式　社名変更\2建設性能評価　戸建て\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user09\Desktop\HP関係\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3069BBC6-B180-454B-8F4B-103408AC1100}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F0522843-DC96-4E80-A29C-538AD75EE4AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="858" xr2:uid="{FE93088B-977E-45BF-91E3-5E30857F57C0}"/>
+    <workbookView xWindow="15465" yWindow="-16320" windowWidth="29040" windowHeight="15720" tabRatio="858" activeTab="1" xr2:uid="{FE93088B-977E-45BF-91E3-5E30857F57C0}"/>
   </bookViews>
   <sheets>
     <sheet name="一面" sheetId="48" r:id="rId1"/>
     <sheet name="二面" sheetId="56" r:id="rId2"/>
     <sheet name="二面別紙" sheetId="51" r:id="rId3"/>
     <sheet name="三面" sheetId="52" r:id="rId4"/>
     <sheet name="説明" sheetId="53" r:id="rId5"/>
     <sheet name="委任状" sheetId="54" r:id="rId6"/>
     <sheet name="複数申請者等" sheetId="55" r:id="rId7"/>
     <sheet name="Sheet1" sheetId="49" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="5">委任状!$A$1:$AL$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">二面!$A$1:$AL$65</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
-  <extLst>
-[...9 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="433" uniqueCount="276">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="433" uniqueCount="277">
   <si>
     <t>（注意）</t>
   </si>
   <si>
     <t>１．</t>
   </si>
   <si>
     <t>第一面関係</t>
   </si>
   <si>
     <t>※印のある欄は記入しないでください。</t>
   </si>
   <si>
     <t>２．</t>
   </si>
   <si>
     <t>第二面関係</t>
   </si>
   <si>
     <t>①</t>
   </si>
   <si>
     <t>申請者からの委任を受けて申請を代理で行う者がいる場合においては、２欄に記入してください。</t>
   </si>
   <si>
@@ -1548,54 +1537,50 @@
     <phoneticPr fontId="14"/>
   </si>
   <si>
     <t>福島県</t>
     <rPh sb="0" eb="3">
       <t>フクシマケン</t>
     </rPh>
     <phoneticPr fontId="14"/>
   </si>
   <si>
     <t>福島県知事</t>
     <phoneticPr fontId="14"/>
   </si>
   <si>
     <t>茨城県</t>
     <rPh sb="0" eb="3">
       <t>イバラキケン</t>
     </rPh>
     <phoneticPr fontId="14"/>
   </si>
   <si>
     <t>茨城県知事</t>
     <phoneticPr fontId="14"/>
   </si>
   <si>
-    <t>-</t>
-[...2 lines deleted...]
-  <si>
     <t>栃木県</t>
     <rPh sb="0" eb="3">
       <t>トチギケン</t>
     </rPh>
     <phoneticPr fontId="14"/>
   </si>
   <si>
     <t>栃木県知事</t>
     <phoneticPr fontId="14"/>
   </si>
   <si>
     <t>群馬県</t>
     <rPh sb="0" eb="3">
       <t>グンマケン</t>
     </rPh>
     <phoneticPr fontId="14"/>
   </si>
   <si>
     <t>群馬県知事</t>
     <phoneticPr fontId="14"/>
   </si>
   <si>
     <t>埼玉県</t>
     <rPh sb="0" eb="3">
       <t>サイタマケン</t>
@@ -1997,50 +1982,58 @@
   </si>
   <si>
     <t>※ 委任者及び受任者の双方で了承が得られた場合は、押印を省略していただいても差し支えありません。</t>
     <phoneticPr fontId="14"/>
   </si>
   <si>
     <t>株式会社GAI建築確認    殿</t>
     <rPh sb="0" eb="11">
       <t>g</t>
     </rPh>
     <rPh sb="15" eb="16">
       <t>ドノ</t>
     </rPh>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>株式会社GAI建築確認   殿</t>
     <rPh sb="14" eb="15">
       <t>ドノ</t>
     </rPh>
     <phoneticPr fontId="23"/>
   </si>
   <si>
     <t>株式会社GAI建築確認</t>
     <phoneticPr fontId="35"/>
+  </si>
+  <si>
+    <t>-</t>
+    <phoneticPr fontId="38"/>
+  </si>
+  <si>
+    <t>号</t>
+    <phoneticPr fontId="38"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="176" formatCode="[&lt;&gt;0]General"/>
   </numFmts>
   <fonts count="43" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
@@ -2305,51 +2298,51 @@
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
   </fonts>
-  <fills count="27">
+  <fills count="28">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="27"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="47"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
@@ -2437,50 +2430,56 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="10"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="55"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="65"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
       </left>
       <right style="double">
         <color indexed="63"/>
       </right>
       <top style="double">
         <color indexed="63"/>
       </top>
       <bottom style="double">
         <color indexed="63"/>
       </bottom>
@@ -2821,222 +2820,197 @@
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="149">
+  <cellXfs count="131">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="45" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="45" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="11" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="11" xfId="45" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="45" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="24" fillId="0" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="176" fontId="24" fillId="0" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="46" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="46" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="13" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="14" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="15" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="16" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="17" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="18" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="46" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="19" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="46" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="42" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="20" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="13" xfId="45" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="21" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="14" xfId="45" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="44" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="44" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="18" xfId="45" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="18" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="45" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="10" xfId="45" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="10" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="45" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="45" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="45" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="45" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="42" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="42" applyFont="1"/>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="11" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="11" xfId="42" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="42" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="24" fillId="25" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="25" borderId="0" xfId="45" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="25" borderId="0" xfId="45" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="47" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="47" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="47" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="10" xfId="47" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="10" xfId="47" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="10" xfId="47" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="47" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="47" applyFont="1" applyAlignment="1">
@@ -3044,311 +3018,280 @@
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="47" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="41" fontId="31" fillId="0" borderId="0" xfId="47" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="41" fontId="31" fillId="0" borderId="0" xfId="47" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="31" fillId="0" borderId="0" xfId="47" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="41" fontId="31" fillId="0" borderId="0" xfId="47" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="47" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="47" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1">
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="10" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="27" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="42" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="49" fontId="24" fillId="26" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="26" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="26" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="26" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="26" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="13" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="14" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="18" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="34" fillId="0" borderId="10" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="10" xfId="45" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="26" borderId="10" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="12" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="26" borderId="0" xfId="45" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="41" fontId="31" fillId="0" borderId="0" xfId="47" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="41" fontId="31" fillId="26" borderId="0" xfId="47" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="25" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="26" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="0" xfId="0" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="25" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="10" xfId="45" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="26" borderId="18" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="18" xfId="45" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="18" xfId="45" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="26" borderId="12" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="10" xfId="42" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="26" borderId="0" xfId="45" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="26" borderId="0" xfId="45" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="44" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="44" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="46" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="24" fillId="0" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="10" xfId="47" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="45" applyFont="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="49" fontId="24" fillId="26" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="31" fillId="26" borderId="10" xfId="47" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
-    </xf>
-[...207 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="47" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="31" fillId="26" borderId="0" xfId="47" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="31" fillId="26" borderId="10" xfId="47" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="47" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="10" xfId="47" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="49">
     <cellStyle name="20% - アクセント 1 2" xfId="1" xr:uid="{895A9A23-6086-4DF1-A90B-41066DED8340}"/>
     <cellStyle name="20% - アクセント 2 2" xfId="2" xr:uid="{870F3550-B3A8-442D-8FED-60B3F43C51D1}"/>
     <cellStyle name="20% - アクセント 3 2" xfId="3" xr:uid="{19DD3A30-4D97-4967-B121-D3762920C6B7}"/>
     <cellStyle name="20% - アクセント 4 2" xfId="4" xr:uid="{3EDEBCB9-DEE2-48EB-BC5B-8E0A78287C7C}"/>
     <cellStyle name="20% - アクセント 5 2" xfId="5" xr:uid="{65D541E1-81AC-4864-9DA0-2BAD8B33B147}"/>
     <cellStyle name="20% - アクセント 6 2" xfId="6" xr:uid="{C780873B-0A20-4BC9-82A1-8A7104B15394}"/>
     <cellStyle name="40% - アクセント 1 2" xfId="7" xr:uid="{C13CB6B3-6F99-4D14-A2D7-C5AC6170BE82}"/>
     <cellStyle name="40% - アクセント 2 2" xfId="8" xr:uid="{BC7516BB-5334-4F3F-9FBF-315D60189D11}"/>
     <cellStyle name="40% - アクセント 3 2" xfId="9" xr:uid="{E0B3062E-819C-45AA-ABB7-913A7C7C6F4B}"/>
     <cellStyle name="40% - アクセント 4 2" xfId="10" xr:uid="{F979576F-A170-42CF-B94E-243ED9823049}"/>
     <cellStyle name="40% - アクセント 5 2" xfId="11" xr:uid="{DCD0C2CE-0DA7-4E9C-B9FB-FC745C2E3E06}"/>
     <cellStyle name="40% - アクセント 6 2" xfId="12" xr:uid="{30652932-B351-45D1-8991-EBE7EF2FDB18}"/>
     <cellStyle name="60% - アクセント 1 2" xfId="13" xr:uid="{6EA14502-E6D3-4469-83AC-7F2EFB173B24}"/>
     <cellStyle name="60% - アクセント 2 2" xfId="14" xr:uid="{FB7955E3-694C-4DC4-8B9E-C74815EABF14}"/>
     <cellStyle name="60% - アクセント 3 2" xfId="15" xr:uid="{0D309D04-866B-49EE-8F90-899FEF22EE5F}"/>
     <cellStyle name="60% - アクセント 4 2" xfId="16" xr:uid="{42722707-EEE8-46BD-B1B2-29E9CD1550FB}"/>
     <cellStyle name="60% - アクセント 5 2" xfId="17" xr:uid="{2BC2A058-2386-4AE2-A2D9-084D547E2F5B}"/>
     <cellStyle name="60% - アクセント 6 2" xfId="18" xr:uid="{D2000223-6827-4CB8-A6E3-A94592F0B84A}"/>
     <cellStyle name="アクセント 1 2" xfId="19" xr:uid="{F96373D7-4DFC-491B-B5A0-B8B2192D4DCA}"/>
     <cellStyle name="アクセント 2 2" xfId="20" xr:uid="{3CB0D3BA-2F7A-46A3-A90D-71C381E53EBD}"/>
     <cellStyle name="アクセント 3 2" xfId="21" xr:uid="{0703D593-6324-4FE3-8E5E-2C8DB1E55E6C}"/>
     <cellStyle name="アクセント 4 2" xfId="22" xr:uid="{7EAB5D7E-53EC-4C2B-B771-FCE5CFF141F3}"/>
@@ -3667,12375 +3610,12376 @@
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4AD9D427-5E95-432F-AAE7-6110CDE04C24}">
   <dimension ref="B3:AM71"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+    <sheetView view="pageBreakPreview" topLeftCell="A19" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="E25" sqref="E25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="2.625" style="49"/>
+    <col min="1" max="16384" width="2.6328125" style="42"/>
   </cols>
   <sheetData>
-    <row r="3" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="3" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="C3" s="48"/>
-[...37 lines deleted...]
-      <c r="B5" s="94" t="s">
+      <c r="C3" s="41"/>
+      <c r="D3" s="41"/>
+      <c r="E3" s="41"/>
+      <c r="F3" s="41"/>
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+      <c r="I3" s="41"/>
+      <c r="J3" s="41"/>
+      <c r="K3" s="41"/>
+      <c r="L3" s="41"/>
+      <c r="M3" s="41"/>
+      <c r="N3" s="41"/>
+      <c r="O3" s="41"/>
+      <c r="P3" s="41"/>
+      <c r="Q3" s="41"/>
+      <c r="R3" s="41"/>
+      <c r="S3" s="41"/>
+      <c r="T3" s="41"/>
+      <c r="U3" s="41"/>
+      <c r="V3" s="41"/>
+      <c r="W3" s="41"/>
+      <c r="X3" s="41"/>
+      <c r="Y3" s="41"/>
+      <c r="Z3" s="41"/>
+      <c r="AA3" s="41"/>
+      <c r="AB3" s="41"/>
+      <c r="AC3" s="41"/>
+      <c r="AD3" s="41"/>
+      <c r="AE3" s="41"/>
+      <c r="AF3" s="41"/>
+      <c r="AG3" s="41"/>
+      <c r="AH3" s="41"/>
+      <c r="AI3" s="41"/>
+      <c r="AJ3" s="41"/>
+      <c r="AK3" s="41"/>
+      <c r="AL3" s="41"/>
+    </row>
+    <row r="5" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="70" t="s">
         <v>160</v>
       </c>
-      <c r="C5" s="94"/>
-[...37 lines deleted...]
-      <c r="B6" s="97" t="s">
+      <c r="C5" s="70"/>
+      <c r="D5" s="70"/>
+      <c r="E5" s="70"/>
+      <c r="F5" s="70"/>
+      <c r="G5" s="70"/>
+      <c r="H5" s="70"/>
+      <c r="I5" s="70"/>
+      <c r="J5" s="70"/>
+      <c r="K5" s="70"/>
+      <c r="L5" s="70"/>
+      <c r="M5" s="70"/>
+      <c r="N5" s="70"/>
+      <c r="O5" s="70"/>
+      <c r="P5" s="70"/>
+      <c r="Q5" s="70"/>
+      <c r="R5" s="70"/>
+      <c r="S5" s="70"/>
+      <c r="T5" s="70"/>
+      <c r="U5" s="70"/>
+      <c r="V5" s="70"/>
+      <c r="W5" s="70"/>
+      <c r="X5" s="70"/>
+      <c r="Y5" s="70"/>
+      <c r="Z5" s="70"/>
+      <c r="AA5" s="70"/>
+      <c r="AB5" s="70"/>
+      <c r="AC5" s="70"/>
+      <c r="AD5" s="70"/>
+      <c r="AE5" s="70"/>
+      <c r="AF5" s="70"/>
+      <c r="AG5" s="70"/>
+      <c r="AH5" s="70"/>
+      <c r="AI5" s="70"/>
+      <c r="AJ5" s="70"/>
+      <c r="AK5" s="70"/>
+      <c r="AL5" s="70"/>
+    </row>
+    <row r="6" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B6" s="73" t="s">
         <v>153</v>
       </c>
-      <c r="C6" s="97"/>
-[...37 lines deleted...]
-      <c r="B7" s="95" t="s">
+      <c r="C6" s="73"/>
+      <c r="D6" s="73"/>
+      <c r="E6" s="73"/>
+      <c r="F6" s="73"/>
+      <c r="G6" s="73"/>
+      <c r="H6" s="73"/>
+      <c r="I6" s="73"/>
+      <c r="J6" s="73"/>
+      <c r="K6" s="73"/>
+      <c r="L6" s="73"/>
+      <c r="M6" s="73"/>
+      <c r="N6" s="73"/>
+      <c r="O6" s="73"/>
+      <c r="P6" s="73"/>
+      <c r="Q6" s="73"/>
+      <c r="R6" s="73"/>
+      <c r="S6" s="73"/>
+      <c r="T6" s="73"/>
+      <c r="U6" s="73"/>
+      <c r="V6" s="73"/>
+      <c r="W6" s="73"/>
+      <c r="X6" s="73"/>
+      <c r="Y6" s="73"/>
+      <c r="Z6" s="73"/>
+      <c r="AA6" s="73"/>
+      <c r="AB6" s="73"/>
+      <c r="AC6" s="73"/>
+      <c r="AD6" s="73"/>
+      <c r="AE6" s="73"/>
+      <c r="AF6" s="73"/>
+      <c r="AG6" s="73"/>
+      <c r="AH6" s="73"/>
+      <c r="AI6" s="73"/>
+      <c r="AJ6" s="73"/>
+      <c r="AK6" s="73"/>
+      <c r="AL6" s="73"/>
+    </row>
+    <row r="7" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B7" s="71" t="s">
         <v>33</v>
       </c>
-      <c r="C7" s="95"/>
-[...36 lines deleted...]
-    <row r="8" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C7" s="71"/>
+      <c r="D7" s="71"/>
+      <c r="E7" s="71"/>
+      <c r="F7" s="71"/>
+      <c r="G7" s="71"/>
+      <c r="H7" s="71"/>
+      <c r="I7" s="71"/>
+      <c r="J7" s="71"/>
+      <c r="K7" s="71"/>
+      <c r="L7" s="71"/>
+      <c r="M7" s="71"/>
+      <c r="N7" s="71"/>
+      <c r="O7" s="71"/>
+      <c r="P7" s="71"/>
+      <c r="Q7" s="71"/>
+      <c r="R7" s="71"/>
+      <c r="S7" s="71"/>
+      <c r="T7" s="71"/>
+      <c r="U7" s="71"/>
+      <c r="V7" s="71"/>
+      <c r="W7" s="71"/>
+      <c r="X7" s="71"/>
+      <c r="Y7" s="71"/>
+      <c r="Z7" s="71"/>
+      <c r="AA7" s="71"/>
+      <c r="AB7" s="71"/>
+      <c r="AC7" s="71"/>
+      <c r="AD7" s="71"/>
+      <c r="AE7" s="71"/>
+      <c r="AF7" s="71"/>
+      <c r="AG7" s="71"/>
+      <c r="AH7" s="71"/>
+      <c r="AI7" s="71"/>
+      <c r="AJ7" s="71"/>
+      <c r="AK7" s="71"/>
+      <c r="AL7" s="71"/>
+    </row>
+    <row r="8" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
       <c r="N8" s="3"/>
       <c r="O8" s="3"/>
       <c r="P8" s="3"/>
       <c r="Q8" s="3"/>
       <c r="R8" s="3"/>
       <c r="S8" s="3"/>
       <c r="T8" s="3"/>
       <c r="U8" s="3"/>
       <c r="V8" s="3"/>
       <c r="W8" s="3"/>
       <c r="X8" s="3"/>
       <c r="Y8" s="3"/>
       <c r="Z8" s="3"/>
       <c r="AA8" s="3"/>
       <c r="AB8" s="3"/>
       <c r="AC8" s="3"/>
       <c r="AD8" s="3"/>
       <c r="AE8" s="3"/>
       <c r="AF8" s="3"/>
       <c r="AG8" s="3"/>
       <c r="AH8" s="3"/>
       <c r="AI8" s="3"/>
       <c r="AJ8" s="3"/>
       <c r="AK8" s="3"/>
       <c r="AL8" s="3"/>
     </row>
-    <row r="9" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-[...29 lines deleted...]
-      <c r="AE9" s="98"/>
+    <row r="9" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="41"/>
+      <c r="C9" s="41"/>
+      <c r="D9" s="41"/>
+      <c r="E9" s="41"/>
+      <c r="F9" s="41"/>
+      <c r="G9" s="41"/>
+      <c r="H9" s="41"/>
+      <c r="I9" s="41"/>
+      <c r="J9" s="41"/>
+      <c r="K9" s="41"/>
+      <c r="L9" s="41"/>
+      <c r="M9" s="41"/>
+      <c r="N9" s="41"/>
+      <c r="O9" s="41"/>
+      <c r="P9" s="41"/>
+      <c r="Q9" s="41"/>
+      <c r="R9" s="41"/>
+      <c r="S9" s="41"/>
+      <c r="T9" s="41"/>
+      <c r="U9" s="41"/>
+      <c r="V9" s="41"/>
+      <c r="W9" s="41"/>
+      <c r="X9" s="41"/>
+      <c r="Y9" s="41"/>
+      <c r="Z9" s="41"/>
+      <c r="AA9" s="41"/>
+      <c r="AB9" s="74"/>
+      <c r="AC9" s="74"/>
+      <c r="AD9" s="74"/>
+      <c r="AE9" s="74"/>
       <c r="AF9" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="AG9" s="96"/>
-      <c r="AH9" s="96"/>
+      <c r="AG9" s="72"/>
+      <c r="AH9" s="72"/>
       <c r="AI9" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="AJ9" s="96"/>
-      <c r="AK9" s="96"/>
+      <c r="AJ9" s="72"/>
+      <c r="AK9" s="72"/>
       <c r="AL9" s="3" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="10" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="10" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="4" t="s">
-        <v>274</v>
-[...64 lines deleted...]
-      <c r="AA11" s="48"/>
+        <v>273</v>
+      </c>
+      <c r="C10" s="41"/>
+      <c r="D10" s="41"/>
+      <c r="E10" s="41"/>
+      <c r="F10" s="41"/>
+      <c r="G10" s="41"/>
+      <c r="H10" s="41"/>
+      <c r="I10" s="41"/>
+      <c r="J10" s="41"/>
+      <c r="K10" s="41"/>
+      <c r="L10" s="41"/>
+      <c r="M10" s="41"/>
+      <c r="N10" s="41"/>
+      <c r="O10" s="41"/>
+      <c r="P10" s="41"/>
+      <c r="Q10" s="41"/>
+      <c r="R10" s="41"/>
+      <c r="S10" s="41"/>
+      <c r="T10" s="41"/>
+      <c r="U10" s="41"/>
+      <c r="V10" s="41"/>
+      <c r="W10" s="41"/>
+      <c r="X10" s="41"/>
+      <c r="Y10" s="41"/>
+      <c r="Z10" s="41"/>
+      <c r="AA10" s="41"/>
+      <c r="AB10" s="41"/>
+      <c r="AC10" s="41"/>
+      <c r="AD10" s="41"/>
+      <c r="AE10" s="41"/>
+      <c r="AF10" s="41"/>
+      <c r="AG10" s="41"/>
+      <c r="AH10" s="41"/>
+      <c r="AI10" s="41"/>
+      <c r="AJ10" s="41"/>
+      <c r="AK10" s="41"/>
+      <c r="AL10" s="41"/>
+    </row>
+    <row r="11" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B11" s="41"/>
+      <c r="C11" s="41"/>
+      <c r="D11" s="41"/>
+      <c r="E11" s="41"/>
+      <c r="F11" s="41"/>
+      <c r="G11" s="41"/>
+      <c r="H11" s="41"/>
+      <c r="I11" s="41"/>
+      <c r="J11" s="41"/>
+      <c r="K11" s="41"/>
+      <c r="L11" s="41"/>
+      <c r="M11" s="41"/>
+      <c r="N11" s="41"/>
+      <c r="O11" s="41"/>
+      <c r="P11" s="41"/>
+      <c r="Q11" s="41"/>
+      <c r="R11" s="41"/>
+      <c r="S11" s="41"/>
+      <c r="T11" s="41"/>
+      <c r="U11" s="41"/>
+      <c r="V11" s="41"/>
+      <c r="W11" s="41"/>
+      <c r="X11" s="41"/>
+      <c r="Y11" s="41"/>
+      <c r="Z11" s="41"/>
+      <c r="AA11" s="41"/>
       <c r="AB11" s="3"/>
       <c r="AC11" s="3"/>
       <c r="AD11" s="3"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
       <c r="AJ11" s="3"/>
-      <c r="AK11" s="48"/>
-[...20 lines deleted...]
-      <c r="S12" s="13" t="s">
+      <c r="AK11" s="41"/>
+      <c r="AL11" s="41"/>
+    </row>
+    <row r="12" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="41"/>
+      <c r="C12" s="41"/>
+      <c r="D12" s="41"/>
+      <c r="E12" s="41"/>
+      <c r="F12" s="41"/>
+      <c r="G12" s="41"/>
+      <c r="H12" s="41"/>
+      <c r="I12" s="41"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="41"/>
+      <c r="L12" s="41"/>
+      <c r="M12" s="41"/>
+      <c r="N12" s="41"/>
+      <c r="O12" s="41"/>
+      <c r="P12" s="41"/>
+      <c r="Q12" s="41"/>
+      <c r="R12" s="41"/>
+      <c r="S12" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="T12" s="13"/>
-[...6 lines deleted...]
-      <c r="AA12" s="13"/>
+      <c r="T12" s="10"/>
+      <c r="U12" s="10"/>
+      <c r="V12" s="10"/>
+      <c r="W12" s="10"/>
+      <c r="X12" s="41"/>
+      <c r="Y12" s="10"/>
+      <c r="Z12" s="10"/>
+      <c r="AA12" s="10"/>
       <c r="AB12" s="3"/>
       <c r="AC12" s="3"/>
       <c r="AD12" s="3"/>
       <c r="AE12" s="3"/>
       <c r="AF12" s="3"/>
       <c r="AG12" s="3"/>
       <c r="AH12" s="3"/>
       <c r="AI12" s="3"/>
       <c r="AJ12" s="3"/>
-      <c r="AK12" s="48"/>
-[...99 lines deleted...]
-      <c r="T15" s="13" t="s">
+      <c r="AK12" s="41"/>
+      <c r="AL12" s="41"/>
+    </row>
+    <row r="13" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B13" s="41"/>
+      <c r="C13" s="41"/>
+      <c r="D13" s="41"/>
+      <c r="E13" s="41"/>
+      <c r="F13" s="41"/>
+      <c r="G13" s="41"/>
+      <c r="H13" s="41"/>
+      <c r="I13" s="41"/>
+      <c r="J13" s="41"/>
+      <c r="K13" s="41"/>
+      <c r="L13" s="41"/>
+      <c r="M13" s="41"/>
+      <c r="N13" s="41"/>
+      <c r="O13" s="41"/>
+      <c r="P13" s="41"/>
+      <c r="Q13" s="41"/>
+      <c r="R13" s="41"/>
+      <c r="S13" s="41"/>
+      <c r="T13" s="41"/>
+      <c r="U13" s="75"/>
+      <c r="V13" s="75"/>
+      <c r="W13" s="75"/>
+      <c r="X13" s="75"/>
+      <c r="Y13" s="75"/>
+      <c r="Z13" s="75"/>
+      <c r="AA13" s="75"/>
+      <c r="AB13" s="75"/>
+      <c r="AC13" s="75"/>
+      <c r="AD13" s="75"/>
+      <c r="AE13" s="75"/>
+      <c r="AF13" s="75"/>
+      <c r="AG13" s="75"/>
+      <c r="AH13" s="75"/>
+      <c r="AI13" s="75"/>
+      <c r="AJ13" s="75"/>
+      <c r="AK13" s="41"/>
+      <c r="AL13" s="76"/>
+    </row>
+    <row r="14" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="41"/>
+      <c r="C14" s="41"/>
+      <c r="D14" s="41"/>
+      <c r="E14" s="41"/>
+      <c r="F14" s="41"/>
+      <c r="G14" s="41"/>
+      <c r="H14" s="41"/>
+      <c r="I14" s="41"/>
+      <c r="J14" s="41"/>
+      <c r="K14" s="41"/>
+      <c r="L14" s="41"/>
+      <c r="M14" s="41"/>
+      <c r="N14" s="41"/>
+      <c r="O14" s="41"/>
+      <c r="P14" s="41"/>
+      <c r="Q14" s="41"/>
+      <c r="R14" s="41"/>
+      <c r="S14" s="41"/>
+      <c r="T14" s="41"/>
+      <c r="U14" s="75"/>
+      <c r="V14" s="75"/>
+      <c r="W14" s="75"/>
+      <c r="X14" s="75"/>
+      <c r="Y14" s="75"/>
+      <c r="Z14" s="75"/>
+      <c r="AA14" s="75"/>
+      <c r="AB14" s="75"/>
+      <c r="AC14" s="75"/>
+      <c r="AD14" s="75"/>
+      <c r="AE14" s="75"/>
+      <c r="AF14" s="75"/>
+      <c r="AG14" s="75"/>
+      <c r="AH14" s="75"/>
+      <c r="AI14" s="75"/>
+      <c r="AJ14" s="75"/>
+      <c r="AK14" s="41"/>
+      <c r="AL14" s="76"/>
+    </row>
+    <row r="15" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="41"/>
+      <c r="C15" s="41"/>
+      <c r="D15" s="41"/>
+      <c r="E15" s="41"/>
+      <c r="F15" s="41"/>
+      <c r="G15" s="41"/>
+      <c r="H15" s="41"/>
+      <c r="I15" s="41"/>
+      <c r="J15" s="41"/>
+      <c r="K15" s="41"/>
+      <c r="L15" s="41"/>
+      <c r="M15" s="41"/>
+      <c r="N15" s="41"/>
+      <c r="O15" s="41"/>
+      <c r="P15" s="41"/>
+      <c r="Q15" s="41"/>
+      <c r="R15" s="41"/>
+      <c r="S15" s="41"/>
+      <c r="T15" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="U15" s="48"/>
-[...36 lines deleted...]
-      <c r="S16" s="48"/>
+      <c r="U15" s="41"/>
+      <c r="V15" s="41"/>
+      <c r="W15" s="41"/>
+      <c r="X15" s="41"/>
+      <c r="Y15" s="41"/>
+      <c r="Z15" s="41"/>
+      <c r="AA15" s="41"/>
+      <c r="AB15" s="41"/>
+      <c r="AC15" s="41"/>
+      <c r="AD15" s="41"/>
+      <c r="AE15" s="41"/>
+      <c r="AF15" s="41"/>
+      <c r="AG15" s="41"/>
+      <c r="AH15" s="41"/>
+      <c r="AI15" s="41"/>
+      <c r="AJ15" s="41"/>
+      <c r="AK15" s="41"/>
+      <c r="AL15" s="41"/>
+    </row>
+    <row r="16" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="41"/>
+      <c r="C16" s="41"/>
+      <c r="D16" s="41"/>
+      <c r="E16" s="41"/>
+      <c r="F16" s="41"/>
+      <c r="G16" s="41"/>
+      <c r="H16" s="41"/>
+      <c r="I16" s="41"/>
+      <c r="J16" s="41"/>
+      <c r="K16" s="41"/>
+      <c r="L16" s="41"/>
+      <c r="M16" s="41"/>
+      <c r="N16" s="41"/>
+      <c r="O16" s="41"/>
+      <c r="P16" s="41"/>
+      <c r="Q16" s="41"/>
+      <c r="R16" s="41"/>
+      <c r="S16" s="41"/>
       <c r="T16" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="U16" s="93"/>
-[...37 lines deleted...]
-      <c r="B19" s="22" t="s">
+      <c r="U16" s="77"/>
+      <c r="V16" s="77"/>
+      <c r="W16" s="77"/>
+      <c r="X16" s="77"/>
+      <c r="Y16" s="77"/>
+      <c r="Z16" s="77"/>
+      <c r="AA16" s="77"/>
+      <c r="AB16" s="77"/>
+      <c r="AC16" s="77"/>
+      <c r="AD16" s="77"/>
+      <c r="AE16" s="77"/>
+      <c r="AF16" s="77"/>
+      <c r="AG16" s="77"/>
+      <c r="AH16" s="77"/>
+      <c r="AI16" s="77"/>
+      <c r="AJ16" s="77"/>
+      <c r="AK16" s="41"/>
+      <c r="AL16" s="41"/>
+    </row>
+    <row r="17" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="U17" s="46"/>
+      <c r="V17" s="46"/>
+      <c r="W17" s="46"/>
+      <c r="X17" s="46"/>
+      <c r="Y17" s="46"/>
+      <c r="Z17" s="46"/>
+      <c r="AA17" s="46"/>
+      <c r="AB17" s="46"/>
+      <c r="AC17" s="46"/>
+      <c r="AD17" s="46"/>
+      <c r="AE17" s="46"/>
+      <c r="AF17" s="46"/>
+      <c r="AG17" s="46"/>
+      <c r="AH17" s="46"/>
+      <c r="AI17" s="46"/>
+      <c r="AJ17" s="46"/>
+    </row>
+    <row r="19" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B19" s="17" t="s">
         <v>40</v>
       </c>
-      <c r="C19" s="22"/>
-[...37 lines deleted...]
-      <c r="B20" s="22" t="s">
+      <c r="C19" s="17"/>
+      <c r="D19" s="17"/>
+      <c r="E19" s="17"/>
+      <c r="F19" s="17"/>
+      <c r="G19" s="17"/>
+      <c r="H19" s="17"/>
+      <c r="I19" s="17"/>
+      <c r="J19" s="17"/>
+      <c r="K19" s="17"/>
+      <c r="L19" s="17"/>
+      <c r="M19" s="17"/>
+      <c r="N19" s="17"/>
+      <c r="O19" s="17"/>
+      <c r="P19" s="17"/>
+      <c r="Q19" s="17"/>
+      <c r="R19" s="17"/>
+      <c r="S19" s="17"/>
+      <c r="T19" s="17"/>
+      <c r="U19" s="17"/>
+      <c r="V19" s="17"/>
+      <c r="W19" s="17"/>
+      <c r="X19" s="17"/>
+      <c r="Y19" s="17"/>
+      <c r="Z19" s="17"/>
+      <c r="AA19" s="17"/>
+      <c r="AB19" s="17"/>
+      <c r="AC19" s="17"/>
+      <c r="AD19" s="17"/>
+      <c r="AE19" s="17"/>
+      <c r="AF19" s="17"/>
+      <c r="AG19" s="17"/>
+      <c r="AH19" s="17"/>
+      <c r="AI19" s="17"/>
+      <c r="AJ19" s="17"/>
+      <c r="AK19" s="17"/>
+      <c r="AL19" s="17"/>
+    </row>
+    <row r="20" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B20" s="17" t="s">
         <v>41</v>
       </c>
-      <c r="C20" s="22"/>
-[...36 lines deleted...]
-    <row r="22" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="C20" s="17"/>
+      <c r="D20" s="17"/>
+      <c r="E20" s="17"/>
+      <c r="F20" s="17"/>
+      <c r="G20" s="17"/>
+      <c r="H20" s="17"/>
+      <c r="I20" s="17"/>
+      <c r="J20" s="17"/>
+      <c r="K20" s="17"/>
+      <c r="L20" s="17"/>
+      <c r="M20" s="17"/>
+      <c r="N20" s="17"/>
+      <c r="O20" s="17"/>
+      <c r="P20" s="17"/>
+      <c r="Q20" s="17"/>
+      <c r="R20" s="17"/>
+      <c r="S20" s="17"/>
+      <c r="T20" s="17"/>
+      <c r="U20" s="17"/>
+      <c r="V20" s="17"/>
+      <c r="W20" s="17"/>
+      <c r="X20" s="17"/>
+      <c r="Y20" s="17"/>
+      <c r="Z20" s="17"/>
+      <c r="AA20" s="17"/>
+      <c r="AB20" s="17"/>
+      <c r="AC20" s="17"/>
+      <c r="AD20" s="17"/>
+      <c r="AE20" s="17"/>
+      <c r="AF20" s="17"/>
+      <c r="AG20" s="17"/>
+      <c r="AH20" s="17"/>
+      <c r="AI20" s="17"/>
+      <c r="AJ20" s="17"/>
+      <c r="AK20" s="17"/>
+      <c r="AL20" s="17"/>
+    </row>
+    <row r="22" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="5"/>
       <c r="J22" s="5"/>
       <c r="K22" s="5"/>
       <c r="L22" s="5"/>
       <c r="M22" s="5"/>
       <c r="N22" s="5"/>
       <c r="O22" s="5"/>
       <c r="P22" s="5"/>
       <c r="Q22" s="5"/>
       <c r="R22" s="5"/>
       <c r="S22" s="5"/>
       <c r="T22" s="5"/>
       <c r="U22" s="5"/>
       <c r="V22" s="5"/>
       <c r="W22" s="5"/>
       <c r="X22" s="5"/>
       <c r="Y22" s="5"/>
       <c r="Z22" s="5"/>
       <c r="AA22" s="5"/>
       <c r="AB22" s="5"/>
       <c r="AC22" s="5"/>
       <c r="AD22" s="5"/>
       <c r="AE22" s="5"/>
       <c r="AF22" s="5"/>
       <c r="AG22" s="5"/>
       <c r="AH22" s="5"/>
       <c r="AI22" s="5"/>
       <c r="AJ22" s="5"/>
       <c r="AK22" s="5"/>
       <c r="AL22" s="5"/>
     </row>
-    <row r="23" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-[...55 lines deleted...]
-      <c r="R24" s="48"/>
+    <row r="23" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="34"/>
+      <c r="C23" s="34"/>
+      <c r="D23" s="34"/>
+      <c r="E23" s="34"/>
+      <c r="F23" s="34"/>
+      <c r="G23" s="34"/>
+      <c r="H23" s="34"/>
+      <c r="I23" s="34"/>
+      <c r="J23" s="34"/>
+      <c r="K23" s="34"/>
+      <c r="L23" s="34"/>
+      <c r="M23" s="34"/>
+      <c r="N23" s="34"/>
+      <c r="O23" s="34"/>
+      <c r="P23" s="34"/>
+      <c r="Q23" s="34"/>
+      <c r="R23" s="34"/>
+      <c r="S23" s="34"/>
+      <c r="T23" s="34"/>
+      <c r="U23" s="34"/>
+      <c r="V23" s="34"/>
+      <c r="W23" s="34"/>
+      <c r="X23" s="34"/>
+      <c r="Y23" s="34"/>
+      <c r="Z23" s="34"/>
+      <c r="AA23" s="34"/>
+      <c r="AB23" s="34"/>
+      <c r="AC23" s="34"/>
+      <c r="AD23" s="34"/>
+      <c r="AE23" s="34"/>
+      <c r="AF23" s="34"/>
+      <c r="AG23" s="34"/>
+      <c r="AH23" s="34"/>
+      <c r="AI23" s="34"/>
+      <c r="AJ23" s="34"/>
+      <c r="AK23" s="34"/>
+      <c r="AL23" s="34"/>
+    </row>
+    <row r="24" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="41"/>
+      <c r="C24" s="41"/>
+      <c r="D24" s="41"/>
+      <c r="E24" s="41"/>
+      <c r="F24" s="41"/>
+      <c r="G24" s="41"/>
+      <c r="H24" s="41"/>
+      <c r="I24" s="41"/>
+      <c r="J24" s="41"/>
+      <c r="K24" s="41"/>
+      <c r="L24" s="41"/>
+      <c r="M24" s="41"/>
+      <c r="N24" s="41"/>
+      <c r="O24" s="41"/>
+      <c r="P24" s="41"/>
+      <c r="Q24" s="41"/>
+      <c r="R24" s="41"/>
       <c r="S24" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="T24" s="48"/>
-[...116 lines deleted...]
-      <c r="T27" s="13" t="s">
+      <c r="T24" s="41"/>
+      <c r="U24" s="41"/>
+      <c r="V24" s="41"/>
+      <c r="W24" s="41"/>
+      <c r="X24" s="41"/>
+      <c r="Y24" s="41"/>
+      <c r="Z24" s="41"/>
+      <c r="AA24" s="41"/>
+      <c r="AB24" s="41"/>
+      <c r="AC24" s="41"/>
+      <c r="AD24" s="41"/>
+      <c r="AE24" s="41"/>
+      <c r="AF24" s="41"/>
+      <c r="AG24" s="41"/>
+      <c r="AH24" s="41"/>
+      <c r="AI24" s="41"/>
+      <c r="AJ24" s="41"/>
+      <c r="AK24" s="41"/>
+      <c r="AL24" s="41"/>
+    </row>
+    <row r="25" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B25" s="41"/>
+      <c r="C25" s="41"/>
+      <c r="D25" s="41"/>
+      <c r="E25" s="41"/>
+      <c r="F25" s="41"/>
+      <c r="G25" s="41"/>
+      <c r="H25" s="41"/>
+      <c r="I25" s="41"/>
+      <c r="J25" s="41"/>
+      <c r="K25" s="41"/>
+      <c r="L25" s="41"/>
+      <c r="M25" s="41"/>
+      <c r="N25" s="41"/>
+      <c r="O25" s="41"/>
+      <c r="P25" s="41"/>
+      <c r="Q25" s="41"/>
+      <c r="R25" s="41"/>
+      <c r="S25" s="41"/>
+      <c r="T25" s="41"/>
+      <c r="U25" s="75"/>
+      <c r="V25" s="75"/>
+      <c r="W25" s="75"/>
+      <c r="X25" s="75"/>
+      <c r="Y25" s="75"/>
+      <c r="Z25" s="75"/>
+      <c r="AA25" s="75"/>
+      <c r="AB25" s="75"/>
+      <c r="AC25" s="75"/>
+      <c r="AD25" s="75"/>
+      <c r="AE25" s="75"/>
+      <c r="AF25" s="75"/>
+      <c r="AG25" s="75"/>
+      <c r="AH25" s="75"/>
+      <c r="AI25" s="75"/>
+      <c r="AJ25" s="75"/>
+      <c r="AK25" s="41"/>
+      <c r="AL25" s="76"/>
+    </row>
+    <row r="26" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="41"/>
+      <c r="C26" s="41"/>
+      <c r="D26" s="41"/>
+      <c r="E26" s="41"/>
+      <c r="F26" s="41"/>
+      <c r="G26" s="41"/>
+      <c r="H26" s="41"/>
+      <c r="I26" s="41"/>
+      <c r="J26" s="41"/>
+      <c r="K26" s="41"/>
+      <c r="L26" s="41"/>
+      <c r="M26" s="41"/>
+      <c r="N26" s="41"/>
+      <c r="O26" s="41"/>
+      <c r="P26" s="41"/>
+      <c r="Q26" s="41"/>
+      <c r="R26" s="41"/>
+      <c r="S26" s="41"/>
+      <c r="T26" s="41"/>
+      <c r="U26" s="75"/>
+      <c r="V26" s="75"/>
+      <c r="W26" s="75"/>
+      <c r="X26" s="75"/>
+      <c r="Y26" s="75"/>
+      <c r="Z26" s="75"/>
+      <c r="AA26" s="75"/>
+      <c r="AB26" s="75"/>
+      <c r="AC26" s="75"/>
+      <c r="AD26" s="75"/>
+      <c r="AE26" s="75"/>
+      <c r="AF26" s="75"/>
+      <c r="AG26" s="75"/>
+      <c r="AH26" s="75"/>
+      <c r="AI26" s="75"/>
+      <c r="AJ26" s="75"/>
+      <c r="AK26" s="41"/>
+      <c r="AL26" s="76"/>
+    </row>
+    <row r="27" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B27" s="41"/>
+      <c r="C27" s="41"/>
+      <c r="D27" s="41"/>
+      <c r="E27" s="41"/>
+      <c r="F27" s="41"/>
+      <c r="G27" s="41"/>
+      <c r="H27" s="41"/>
+      <c r="I27" s="41"/>
+      <c r="J27" s="41"/>
+      <c r="K27" s="41"/>
+      <c r="L27" s="41"/>
+      <c r="M27" s="41"/>
+      <c r="N27" s="41"/>
+      <c r="O27" s="41"/>
+      <c r="P27" s="41"/>
+      <c r="Q27" s="41"/>
+      <c r="R27" s="41"/>
+      <c r="S27" s="41"/>
+      <c r="T27" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="U27" s="48"/>
-[...74 lines deleted...]
-      <c r="R29" s="48"/>
+      <c r="U27" s="41"/>
+      <c r="V27" s="41"/>
+      <c r="W27" s="41"/>
+      <c r="X27" s="41"/>
+      <c r="Y27" s="41"/>
+      <c r="Z27" s="41"/>
+      <c r="AA27" s="41"/>
+      <c r="AB27" s="41"/>
+      <c r="AC27" s="41"/>
+      <c r="AD27" s="41"/>
+      <c r="AE27" s="41"/>
+      <c r="AF27" s="41"/>
+      <c r="AG27" s="41"/>
+      <c r="AH27" s="41"/>
+      <c r="AI27" s="41"/>
+      <c r="AJ27" s="41"/>
+      <c r="AK27" s="41"/>
+      <c r="AL27" s="41"/>
+    </row>
+    <row r="28" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B28" s="41"/>
+      <c r="C28" s="41"/>
+      <c r="D28" s="41"/>
+      <c r="E28" s="41"/>
+      <c r="F28" s="41"/>
+      <c r="G28" s="41"/>
+      <c r="H28" s="41"/>
+      <c r="I28" s="41"/>
+      <c r="J28" s="41"/>
+      <c r="K28" s="41"/>
+      <c r="L28" s="41"/>
+      <c r="M28" s="41"/>
+      <c r="N28" s="41"/>
+      <c r="O28" s="41"/>
+      <c r="P28" s="41"/>
+      <c r="Q28" s="41"/>
+      <c r="R28" s="41"/>
+      <c r="S28" s="41"/>
+      <c r="T28" s="41"/>
+      <c r="U28" s="78"/>
+      <c r="V28" s="78"/>
+      <c r="W28" s="78"/>
+      <c r="X28" s="78"/>
+      <c r="Y28" s="78"/>
+      <c r="Z28" s="78"/>
+      <c r="AA28" s="78"/>
+      <c r="AB28" s="78"/>
+      <c r="AC28" s="78"/>
+      <c r="AD28" s="78"/>
+      <c r="AE28" s="78"/>
+      <c r="AF28" s="78"/>
+      <c r="AG28" s="78"/>
+      <c r="AH28" s="78"/>
+      <c r="AI28" s="78"/>
+      <c r="AJ28" s="78"/>
+      <c r="AK28" s="41"/>
+      <c r="AL28" s="41"/>
+    </row>
+    <row r="29" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B29" s="41"/>
+      <c r="C29" s="41"/>
+      <c r="D29" s="41"/>
+      <c r="E29" s="41"/>
+      <c r="F29" s="41"/>
+      <c r="G29" s="41"/>
+      <c r="H29" s="41"/>
+      <c r="I29" s="41"/>
+      <c r="J29" s="41"/>
+      <c r="K29" s="41"/>
+      <c r="L29" s="41"/>
+      <c r="M29" s="41"/>
+      <c r="N29" s="41"/>
+      <c r="O29" s="41"/>
+      <c r="P29" s="41"/>
+      <c r="Q29" s="41"/>
+      <c r="R29" s="41"/>
       <c r="S29" s="4" t="s">
         <v>43</v>
       </c>
-      <c r="T29" s="48"/>
-[...55 lines deleted...]
-      <c r="AK30" s="48"/>
+      <c r="T29" s="41"/>
+      <c r="U29" s="41"/>
+      <c r="V29" s="41"/>
+      <c r="W29" s="41"/>
+      <c r="X29" s="41"/>
+      <c r="Y29" s="41"/>
+      <c r="Z29" s="41"/>
+      <c r="AA29" s="41"/>
+      <c r="AB29" s="41"/>
+      <c r="AC29" s="41"/>
+      <c r="AD29" s="41"/>
+      <c r="AE29" s="41"/>
+      <c r="AF29" s="41"/>
+      <c r="AG29" s="41"/>
+      <c r="AH29" s="41"/>
+      <c r="AI29" s="41"/>
+      <c r="AJ29" s="41"/>
+      <c r="AK29" s="41"/>
+      <c r="AL29" s="41"/>
+    </row>
+    <row r="30" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B30" s="41"/>
+      <c r="C30" s="41"/>
+      <c r="D30" s="41"/>
+      <c r="E30" s="41"/>
+      <c r="F30" s="41"/>
+      <c r="G30" s="41"/>
+      <c r="H30" s="41"/>
+      <c r="I30" s="41"/>
+      <c r="J30" s="41"/>
+      <c r="K30" s="41"/>
+      <c r="L30" s="41"/>
+      <c r="M30" s="41"/>
+      <c r="N30" s="41"/>
+      <c r="O30" s="41"/>
+      <c r="P30" s="41"/>
+      <c r="Q30" s="41"/>
+      <c r="R30" s="41"/>
+      <c r="S30" s="41"/>
+      <c r="T30" s="41"/>
+      <c r="U30" s="78"/>
+      <c r="V30" s="78"/>
+      <c r="W30" s="78"/>
+      <c r="X30" s="78"/>
+      <c r="Y30" s="78"/>
+      <c r="Z30" s="78"/>
+      <c r="AA30" s="78"/>
+      <c r="AB30" s="78"/>
+      <c r="AC30" s="78"/>
+      <c r="AD30" s="78"/>
+      <c r="AE30" s="78"/>
+      <c r="AF30" s="78"/>
+      <c r="AG30" s="78"/>
+      <c r="AH30" s="78"/>
+      <c r="AI30" s="78"/>
+      <c r="AJ30" s="78"/>
+      <c r="AK30" s="41"/>
       <c r="AL30" s="4"/>
     </row>
-    <row r="31" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-[...39 lines deleted...]
-      <c r="B40" s="86" t="s">
+    <row r="31" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="35"/>
+      <c r="C31" s="35"/>
+      <c r="D31" s="35"/>
+      <c r="E31" s="35"/>
+      <c r="F31" s="35"/>
+      <c r="G31" s="35"/>
+      <c r="H31" s="35"/>
+      <c r="I31" s="35"/>
+      <c r="J31" s="35"/>
+      <c r="K31" s="35"/>
+      <c r="L31" s="35"/>
+      <c r="M31" s="35"/>
+      <c r="N31" s="35"/>
+      <c r="O31" s="35"/>
+      <c r="P31" s="35"/>
+      <c r="Q31" s="35"/>
+      <c r="R31" s="35"/>
+      <c r="S31" s="35"/>
+      <c r="T31" s="35"/>
+      <c r="U31" s="35"/>
+      <c r="V31" s="35"/>
+      <c r="W31" s="35"/>
+      <c r="X31" s="35"/>
+      <c r="Y31" s="35"/>
+      <c r="Z31" s="35"/>
+      <c r="AA31" s="35"/>
+      <c r="AB31" s="35"/>
+      <c r="AC31" s="35"/>
+      <c r="AD31" s="35"/>
+      <c r="AE31" s="35"/>
+      <c r="AF31" s="35"/>
+      <c r="AG31" s="35"/>
+      <c r="AH31" s="35"/>
+      <c r="AI31" s="35"/>
+      <c r="AJ31" s="35"/>
+      <c r="AK31" s="35"/>
+      <c r="AL31" s="35"/>
+    </row>
+    <row r="40" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B40" s="79" t="s">
         <v>44</v>
       </c>
-      <c r="C40" s="87"/>
-[...11 lines deleted...]
-      <c r="O40" s="23" t="s">
+      <c r="C40" s="80"/>
+      <c r="D40" s="80"/>
+      <c r="E40" s="80"/>
+      <c r="F40" s="80"/>
+      <c r="G40" s="80"/>
+      <c r="H40" s="80"/>
+      <c r="I40" s="80"/>
+      <c r="J40" s="80"/>
+      <c r="K40" s="80"/>
+      <c r="L40" s="80"/>
+      <c r="M40" s="80"/>
+      <c r="N40" s="81"/>
+      <c r="O40" s="18" t="s">
         <v>45</v>
       </c>
-      <c r="P40" s="12"/>
-[...29 lines deleted...]
-      <c r="G41" s="25" t="s">
+      <c r="P40" s="9"/>
+      <c r="Q40" s="9"/>
+      <c r="R40" s="9"/>
+      <c r="S40" s="9"/>
+      <c r="T40" s="9"/>
+      <c r="U40" s="9"/>
+      <c r="V40" s="9"/>
+      <c r="W40" s="9"/>
+      <c r="X40" s="9"/>
+      <c r="Y40" s="9"/>
+      <c r="Z40" s="9"/>
+      <c r="AA40" s="9"/>
+      <c r="AB40" s="9"/>
+      <c r="AC40" s="9"/>
+      <c r="AD40" s="9"/>
+      <c r="AE40" s="9"/>
+      <c r="AF40" s="9"/>
+      <c r="AG40" s="9"/>
+      <c r="AH40" s="9"/>
+      <c r="AI40" s="9"/>
+      <c r="AJ40" s="9"/>
+      <c r="AK40" s="9"/>
+      <c r="AL40" s="19"/>
+    </row>
+    <row r="41" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="18"/>
+      <c r="C41" s="82"/>
+      <c r="D41" s="82"/>
+      <c r="E41" s="83"/>
+      <c r="F41" s="83"/>
+      <c r="G41" s="20" t="s">
         <v>34</v>
       </c>
-      <c r="H41" s="90"/>
-[...1 lines deleted...]
-      <c r="J41" s="25" t="s">
+      <c r="H41" s="83"/>
+      <c r="I41" s="83"/>
+      <c r="J41" s="20" t="s">
         <v>35</v>
       </c>
-      <c r="K41" s="87"/>
-[...1 lines deleted...]
-      <c r="M41" s="25" t="s">
+      <c r="K41" s="80"/>
+      <c r="L41" s="80"/>
+      <c r="M41" s="20" t="s">
         <v>46</v>
       </c>
-      <c r="N41" s="24"/>
-[...27 lines deleted...]
-      <c r="C42" s="39" t="s">
+      <c r="N41" s="19"/>
+      <c r="O41" s="21"/>
+      <c r="P41" s="4"/>
+      <c r="Q41" s="4"/>
+      <c r="R41" s="4"/>
+      <c r="S41" s="4"/>
+      <c r="T41" s="4"/>
+      <c r="U41" s="4"/>
+      <c r="V41" s="4"/>
+      <c r="W41" s="4"/>
+      <c r="X41" s="4"/>
+      <c r="Y41" s="4"/>
+      <c r="Z41" s="4"/>
+      <c r="AA41" s="4"/>
+      <c r="AB41" s="4"/>
+      <c r="AC41" s="4"/>
+      <c r="AD41" s="4"/>
+      <c r="AE41" s="4"/>
+      <c r="AF41" s="4"/>
+      <c r="AG41" s="4"/>
+      <c r="AH41" s="4"/>
+      <c r="AI41" s="4"/>
+      <c r="AJ41" s="4"/>
+      <c r="AK41" s="4"/>
+      <c r="AL41" s="22"/>
+    </row>
+    <row r="42" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B42" s="23"/>
+      <c r="C42" s="33" t="s">
         <v>47</v>
       </c>
-      <c r="D42" s="25"/>
-[...8 lines deleted...]
-      <c r="M42" s="25" t="s">
+      <c r="D42" s="20"/>
+      <c r="E42" s="20"/>
+      <c r="F42" s="20"/>
+      <c r="G42" s="20"/>
+      <c r="H42" s="20"/>
+      <c r="I42" s="20"/>
+      <c r="J42" s="20"/>
+      <c r="K42" s="20"/>
+      <c r="L42" s="20"/>
+      <c r="M42" s="20" t="s">
         <v>48</v>
       </c>
-      <c r="N42" s="24"/>
-[...27 lines deleted...]
-      <c r="C43" s="39" t="s">
+      <c r="N42" s="19"/>
+      <c r="O42" s="21"/>
+      <c r="P42" s="4"/>
+      <c r="Q42" s="4"/>
+      <c r="R42" s="4"/>
+      <c r="S42" s="4"/>
+      <c r="T42" s="4"/>
+      <c r="U42" s="4"/>
+      <c r="V42" s="4"/>
+      <c r="W42" s="4"/>
+      <c r="X42" s="4"/>
+      <c r="Y42" s="4"/>
+      <c r="Z42" s="4"/>
+      <c r="AA42" s="4"/>
+      <c r="AB42" s="4"/>
+      <c r="AC42" s="4"/>
+      <c r="AD42" s="4"/>
+      <c r="AE42" s="4"/>
+      <c r="AF42" s="4"/>
+      <c r="AG42" s="4"/>
+      <c r="AH42" s="4"/>
+      <c r="AI42" s="4"/>
+      <c r="AJ42" s="4"/>
+      <c r="AK42" s="4"/>
+      <c r="AL42" s="22"/>
+    </row>
+    <row r="43" spans="2:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B43" s="23"/>
+      <c r="C43" s="33" t="s">
         <v>171</v>
       </c>
-      <c r="D43" s="39"/>
-[...10 lines deleted...]
-      <c r="O43" s="31"/>
+      <c r="D43" s="33"/>
+      <c r="E43" s="33"/>
+      <c r="F43" s="33"/>
+      <c r="G43" s="24"/>
+      <c r="H43" s="24"/>
+      <c r="I43" s="24"/>
+      <c r="J43" s="24"/>
+      <c r="K43" s="24"/>
+      <c r="L43" s="24"/>
+      <c r="M43" s="24"/>
+      <c r="N43" s="25"/>
+      <c r="O43" s="26"/>
       <c r="P43" s="5"/>
       <c r="Q43" s="5"/>
       <c r="R43" s="5"/>
       <c r="S43" s="5"/>
       <c r="T43" s="5"/>
       <c r="U43" s="5"/>
       <c r="V43" s="5"/>
       <c r="W43" s="5"/>
       <c r="X43" s="5"/>
       <c r="Y43" s="5"/>
       <c r="Z43" s="5"/>
       <c r="AA43" s="5"/>
       <c r="AB43" s="5"/>
       <c r="AC43" s="5"/>
       <c r="AD43" s="5"/>
       <c r="AE43" s="5"/>
       <c r="AF43" s="5"/>
       <c r="AG43" s="5"/>
       <c r="AH43" s="5"/>
       <c r="AI43" s="5"/>
       <c r="AJ43" s="5"/>
       <c r="AK43" s="5"/>
-      <c r="AL43" s="32"/>
-[...90 lines deleted...]
-    <row r="71" ht="13.5" x14ac:dyDescent="0.15"/>
+      <c r="AL43" s="27"/>
+    </row>
+    <row r="60" spans="2:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="B60" s="41"/>
+      <c r="C60" s="41"/>
+      <c r="D60" s="41"/>
+      <c r="E60" s="41"/>
+      <c r="F60" s="41"/>
+      <c r="G60" s="41"/>
+      <c r="H60" s="41"/>
+      <c r="I60" s="41"/>
+      <c r="J60" s="41"/>
+      <c r="K60" s="41"/>
+      <c r="L60" s="41"/>
+      <c r="M60" s="41"/>
+      <c r="N60" s="41"/>
+      <c r="O60" s="41"/>
+      <c r="P60" s="41"/>
+      <c r="Q60" s="41"/>
+      <c r="R60" s="41"/>
+      <c r="S60" s="41"/>
+      <c r="T60" s="41"/>
+      <c r="U60" s="41"/>
+      <c r="V60" s="41"/>
+      <c r="W60" s="41"/>
+      <c r="X60" s="41"/>
+      <c r="Y60" s="41"/>
+      <c r="Z60" s="41"/>
+      <c r="AA60" s="41"/>
+      <c r="AB60" s="41"/>
+      <c r="AC60" s="41"/>
+      <c r="AD60" s="41"/>
+      <c r="AE60" s="41"/>
+      <c r="AF60" s="41"/>
+      <c r="AG60" s="41"/>
+      <c r="AH60" s="41"/>
+      <c r="AI60" s="41"/>
+      <c r="AJ60" s="41"/>
+      <c r="AK60" s="41"/>
+      <c r="AL60" s="41"/>
+      <c r="AM60" s="41"/>
+    </row>
+    <row r="61" spans="2:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="B61" s="41"/>
+      <c r="C61" s="41"/>
+      <c r="D61" s="41"/>
+      <c r="E61" s="41"/>
+      <c r="F61" s="41"/>
+      <c r="G61" s="41"/>
+      <c r="H61" s="41"/>
+      <c r="I61" s="41"/>
+      <c r="J61" s="41"/>
+      <c r="K61" s="41"/>
+      <c r="L61" s="41"/>
+      <c r="M61" s="41"/>
+      <c r="N61" s="41"/>
+      <c r="O61" s="41"/>
+      <c r="P61" s="41"/>
+      <c r="Q61" s="41"/>
+      <c r="R61" s="41"/>
+      <c r="S61" s="41"/>
+      <c r="T61" s="41"/>
+      <c r="U61" s="41"/>
+      <c r="V61" s="41"/>
+      <c r="W61" s="41"/>
+      <c r="X61" s="41"/>
+      <c r="Y61" s="41"/>
+      <c r="Z61" s="41"/>
+      <c r="AA61" s="41"/>
+      <c r="AB61" s="41"/>
+      <c r="AC61" s="41"/>
+      <c r="AD61" s="41"/>
+      <c r="AE61" s="41"/>
+      <c r="AF61" s="41"/>
+      <c r="AG61" s="41"/>
+      <c r="AH61" s="41"/>
+      <c r="AI61" s="41"/>
+      <c r="AJ61" s="41"/>
+      <c r="AK61" s="41"/>
+      <c r="AL61" s="41"/>
+      <c r="AM61" s="41"/>
+    </row>
+    <row r="62" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="63" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="64" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="13" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="18">
-    <mergeCell ref="B5:AL5"/>
-[...9 lines deleted...]
-    <mergeCell ref="AL25:AL26"/>
     <mergeCell ref="U28:AJ28"/>
     <mergeCell ref="U30:AJ30"/>
     <mergeCell ref="B40:N40"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="E41:F41"/>
     <mergeCell ref="H41:I41"/>
     <mergeCell ref="K41:L41"/>
+    <mergeCell ref="U13:AJ14"/>
+    <mergeCell ref="AL13:AL14"/>
+    <mergeCell ref="U16:AJ16"/>
+    <mergeCell ref="U25:AJ26"/>
+    <mergeCell ref="AL25:AL26"/>
+    <mergeCell ref="B5:AL5"/>
+    <mergeCell ref="B7:AL7"/>
+    <mergeCell ref="AG9:AH9"/>
+    <mergeCell ref="AJ9:AK9"/>
+    <mergeCell ref="B6:AL6"/>
+    <mergeCell ref="AB9:AE9"/>
   </mergeCells>
   <phoneticPr fontId="30"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.23622047244094491" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"游ゴシック,標準"&amp;9 &amp;K00-0182025年6月20日版　株式会社GAI建築確認</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E3197794-64A5-434D-98DB-5FACCD4EA9DD}">
   <dimension ref="B1:AP78"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="E25" sqref="E25"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="AD42" sqref="AD42:AK42"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="40" width="2.625" style="72"/>
-[...1 lines deleted...]
-    <col min="43" max="16384" width="2.625" style="72"/>
+    <col min="1" max="40" width="2.6328125" style="42"/>
+    <col min="41" max="42" width="0" style="42" hidden="1" customWidth="1"/>
+    <col min="43" max="16384" width="2.6328125" style="42"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:39" ht="13.5" x14ac:dyDescent="0.15"/>
-[...2 lines deleted...]
-      <c r="C3" s="99" t="s">
+    <row r="1" spans="3:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="3:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="3" spans="3:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="C3" s="71" t="s">
         <v>49</v>
       </c>
-      <c r="D3" s="99"/>
-[...37 lines deleted...]
-      <c r="C4" s="75" t="s">
+      <c r="D3" s="71"/>
+      <c r="E3" s="71"/>
+      <c r="F3" s="71"/>
+      <c r="G3" s="71"/>
+      <c r="H3" s="71"/>
+      <c r="I3" s="71"/>
+      <c r="J3" s="71"/>
+      <c r="K3" s="71"/>
+      <c r="L3" s="71"/>
+      <c r="M3" s="71"/>
+      <c r="N3" s="71"/>
+      <c r="O3" s="71"/>
+      <c r="P3" s="71"/>
+      <c r="Q3" s="71"/>
+      <c r="R3" s="71"/>
+      <c r="S3" s="71"/>
+      <c r="T3" s="71"/>
+      <c r="U3" s="71"/>
+      <c r="V3" s="71"/>
+      <c r="W3" s="71"/>
+      <c r="X3" s="71"/>
+      <c r="Y3" s="71"/>
+      <c r="Z3" s="71"/>
+      <c r="AA3" s="71"/>
+      <c r="AB3" s="71"/>
+      <c r="AC3" s="71"/>
+      <c r="AD3" s="71"/>
+      <c r="AE3" s="71"/>
+      <c r="AF3" s="71"/>
+      <c r="AG3" s="71"/>
+      <c r="AH3" s="71"/>
+      <c r="AI3" s="71"/>
+      <c r="AJ3" s="71"/>
+      <c r="AK3" s="71"/>
+      <c r="AL3" s="71"/>
+      <c r="AM3" s="41"/>
+    </row>
+    <row r="4" spans="3:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="C4" s="5" t="s">
         <v>50</v>
-      </c>
-[...2750 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="5"/>
       <c r="L4" s="5"/>
       <c r="M4" s="5"/>
       <c r="N4" s="5"/>
       <c r="O4" s="5"/>
       <c r="P4" s="5"/>
       <c r="Q4" s="5"/>
       <c r="R4" s="5"/>
       <c r="S4" s="5"/>
       <c r="T4" s="5"/>
       <c r="U4" s="5"/>
       <c r="V4" s="5"/>
       <c r="W4" s="5"/>
       <c r="X4" s="5"/>
       <c r="Y4" s="5"/>
       <c r="Z4" s="5"/>
       <c r="AA4" s="5"/>
       <c r="AB4" s="5"/>
       <c r="AC4" s="5"/>
       <c r="AD4" s="5"/>
       <c r="AE4" s="5"/>
       <c r="AF4" s="5"/>
       <c r="AG4" s="5"/>
       <c r="AH4" s="5"/>
       <c r="AI4" s="5"/>
       <c r="AJ4" s="5"/>
       <c r="AK4" s="5"/>
       <c r="AL4" s="5"/>
-      <c r="AM4" s="48"/>
-[...3 lines deleted...]
-      <c r="D5" s="56" t="s">
+      <c r="AM4" s="41"/>
+    </row>
+    <row r="5" spans="3:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="C5" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" s="4"/>
+      <c r="E5" s="4"/>
+      <c r="F5" s="4"/>
+      <c r="G5" s="4"/>
+      <c r="H5" s="4"/>
+      <c r="I5" s="4"/>
+      <c r="J5" s="4"/>
+      <c r="K5" s="4"/>
+      <c r="L5" s="4"/>
+      <c r="M5" s="4"/>
+      <c r="N5" s="4"/>
+      <c r="O5" s="4"/>
+      <c r="P5" s="4"/>
+      <c r="Q5" s="4"/>
+      <c r="R5" s="4"/>
+      <c r="S5" s="4"/>
+      <c r="T5" s="4"/>
+      <c r="U5" s="4"/>
+      <c r="V5" s="4"/>
+      <c r="W5" s="4"/>
+      <c r="X5" s="4"/>
+      <c r="Y5" s="4"/>
+      <c r="Z5" s="4"/>
+      <c r="AA5" s="4"/>
+      <c r="AB5" s="4"/>
+      <c r="AC5" s="4"/>
+      <c r="AD5" s="4"/>
+      <c r="AE5" s="4"/>
+      <c r="AF5" s="4"/>
+      <c r="AG5" s="4"/>
+      <c r="AH5" s="4"/>
+      <c r="AI5" s="4"/>
+      <c r="AJ5" s="4"/>
+      <c r="AK5" s="41"/>
+      <c r="AL5" s="41"/>
+      <c r="AM5" s="41"/>
+    </row>
+    <row r="6" spans="3:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="C6" s="41"/>
+      <c r="D6" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" s="41"/>
+      <c r="F6" s="41"/>
+      <c r="G6" s="41"/>
+      <c r="H6" s="41"/>
+      <c r="I6" s="41"/>
+      <c r="J6" s="41"/>
+      <c r="K6" s="41"/>
+      <c r="L6" s="41"/>
+      <c r="M6" s="88"/>
+      <c r="N6" s="88"/>
+      <c r="O6" s="88"/>
+      <c r="P6" s="88"/>
+      <c r="Q6" s="88"/>
+      <c r="R6" s="88"/>
+      <c r="S6" s="88"/>
+      <c r="T6" s="88"/>
+      <c r="U6" s="88"/>
+      <c r="V6" s="88"/>
+      <c r="W6" s="88"/>
+      <c r="X6" s="88"/>
+      <c r="Y6" s="88"/>
+      <c r="Z6" s="88"/>
+      <c r="AA6" s="88"/>
+      <c r="AB6" s="88"/>
+      <c r="AC6" s="88"/>
+      <c r="AD6" s="88"/>
+      <c r="AE6" s="88"/>
+      <c r="AF6" s="88"/>
+      <c r="AG6" s="88"/>
+      <c r="AH6" s="88"/>
+      <c r="AI6" s="88"/>
+      <c r="AJ6" s="88"/>
+      <c r="AK6" s="88"/>
+      <c r="AL6" s="88"/>
+      <c r="AM6" s="41"/>
+    </row>
+    <row r="7" spans="3:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="C7" s="41"/>
+      <c r="D7" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" s="41"/>
+      <c r="F7" s="41"/>
+      <c r="G7" s="41"/>
+      <c r="H7" s="41"/>
+      <c r="I7" s="41"/>
+      <c r="J7" s="41"/>
+      <c r="K7" s="41"/>
+      <c r="L7" s="4"/>
+      <c r="M7" s="88"/>
+      <c r="N7" s="88"/>
+      <c r="O7" s="88"/>
+      <c r="P7" s="88"/>
+      <c r="Q7" s="88"/>
+      <c r="R7" s="88"/>
+      <c r="S7" s="88"/>
+      <c r="T7" s="88"/>
+      <c r="U7" s="88"/>
+      <c r="V7" s="88"/>
+      <c r="W7" s="88"/>
+      <c r="X7" s="88"/>
+      <c r="Y7" s="88"/>
+      <c r="Z7" s="88"/>
+      <c r="AA7" s="88"/>
+      <c r="AB7" s="88"/>
+      <c r="AC7" s="88"/>
+      <c r="AD7" s="88"/>
+      <c r="AE7" s="88"/>
+      <c r="AF7" s="88"/>
+      <c r="AG7" s="88"/>
+      <c r="AH7" s="88"/>
+      <c r="AI7" s="88"/>
+      <c r="AJ7" s="88"/>
+      <c r="AK7" s="88"/>
+      <c r="AL7" s="88"/>
+      <c r="AM7" s="41"/>
+    </row>
+    <row r="8" spans="3:39" ht="14" x14ac:dyDescent="0.2">
+      <c r="C8" s="41"/>
+      <c r="D8" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" s="41"/>
+      <c r="F8" s="41"/>
+      <c r="G8" s="41"/>
+      <c r="H8" s="41"/>
+      <c r="I8" s="41"/>
+      <c r="J8" s="41"/>
+      <c r="K8" s="41"/>
+      <c r="L8" s="4"/>
+      <c r="M8" s="89" t="s">
+        <v>152</v>
+      </c>
+      <c r="N8" s="89"/>
+      <c r="O8" s="90"/>
+      <c r="P8" s="90"/>
+      <c r="Q8" s="90"/>
+      <c r="R8" s="90"/>
+      <c r="S8" s="90"/>
+      <c r="T8" s="90"/>
+      <c r="U8" s="90"/>
+      <c r="V8" s="90"/>
+      <c r="W8" s="90"/>
+      <c r="X8" s="46"/>
+      <c r="Y8" s="46"/>
+      <c r="Z8" s="46"/>
+      <c r="AA8" s="46"/>
+      <c r="AB8" s="46"/>
+      <c r="AC8" s="46"/>
+      <c r="AD8" s="46"/>
+      <c r="AE8" s="46"/>
+      <c r="AF8" s="46"/>
+      <c r="AG8" s="46"/>
+      <c r="AH8" s="46"/>
+      <c r="AI8" s="46"/>
+      <c r="AJ8" s="46"/>
+      <c r="AK8" s="46"/>
+      <c r="AL8" s="46"/>
+      <c r="AM8" s="41"/>
+    </row>
+    <row r="9" spans="3:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="C9" s="41"/>
+      <c r="D9" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" s="41"/>
+      <c r="F9" s="41"/>
+      <c r="G9" s="41"/>
+      <c r="H9" s="41"/>
+      <c r="I9" s="41"/>
+      <c r="J9" s="41"/>
+      <c r="K9" s="41"/>
+      <c r="L9" s="4"/>
+      <c r="M9" s="77"/>
+      <c r="N9" s="77"/>
+      <c r="O9" s="77"/>
+      <c r="P9" s="77"/>
+      <c r="Q9" s="77"/>
+      <c r="R9" s="77"/>
+      <c r="S9" s="77"/>
+      <c r="T9" s="77"/>
+      <c r="U9" s="77"/>
+      <c r="V9" s="77"/>
+      <c r="W9" s="77"/>
+      <c r="X9" s="77"/>
+      <c r="Y9" s="77"/>
+      <c r="Z9" s="77"/>
+      <c r="AA9" s="77"/>
+      <c r="AB9" s="77"/>
+      <c r="AC9" s="77"/>
+      <c r="AD9" s="77"/>
+      <c r="AE9" s="77"/>
+      <c r="AF9" s="77"/>
+      <c r="AG9" s="77"/>
+      <c r="AH9" s="77"/>
+      <c r="AI9" s="77"/>
+      <c r="AJ9" s="77"/>
+      <c r="AK9" s="77"/>
+      <c r="AL9" s="77"/>
+      <c r="AM9" s="41"/>
+    </row>
+    <row r="10" spans="3:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="C10" s="5"/>
+      <c r="D10" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" s="5"/>
+      <c r="F10" s="5"/>
+      <c r="G10" s="5"/>
+      <c r="H10" s="5"/>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5"/>
+      <c r="K10" s="5"/>
+      <c r="L10" s="5"/>
+      <c r="M10" s="86"/>
+      <c r="N10" s="86"/>
+      <c r="O10" s="86"/>
+      <c r="P10" s="86"/>
+      <c r="Q10" s="86"/>
+      <c r="R10" s="86"/>
+      <c r="S10" s="86"/>
+      <c r="T10" s="86"/>
+      <c r="U10" s="86"/>
+      <c r="V10" s="86"/>
+      <c r="W10" s="86"/>
+      <c r="X10" s="86"/>
+      <c r="Y10" s="86"/>
+      <c r="Z10" s="86"/>
+      <c r="AA10" s="86"/>
+      <c r="AB10" s="86"/>
+      <c r="AC10" s="86"/>
+      <c r="AD10" s="86"/>
+      <c r="AE10" s="86"/>
+      <c r="AF10" s="86"/>
+      <c r="AG10" s="86"/>
+      <c r="AH10" s="86"/>
+      <c r="AI10" s="86"/>
+      <c r="AJ10" s="86"/>
+      <c r="AK10" s="86"/>
+      <c r="AL10" s="86"/>
+      <c r="AM10" s="41"/>
+    </row>
+    <row r="11" spans="3:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="C11" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" s="4"/>
+      <c r="E11" s="4"/>
+      <c r="F11" s="4"/>
+      <c r="G11" s="4"/>
+      <c r="H11" s="4"/>
+      <c r="I11" s="4"/>
+      <c r="J11" s="4"/>
+      <c r="K11" s="4"/>
+      <c r="L11" s="4"/>
+      <c r="M11" s="4"/>
+      <c r="N11" s="4"/>
+      <c r="O11" s="4"/>
+      <c r="P11" s="4"/>
+      <c r="Q11" s="4"/>
+      <c r="R11" s="4"/>
+      <c r="S11" s="4"/>
+      <c r="T11" s="4"/>
+      <c r="U11" s="4"/>
+      <c r="V11" s="4"/>
+      <c r="W11" s="4"/>
+      <c r="X11" s="4"/>
+      <c r="Y11" s="4"/>
+      <c r="Z11" s="4"/>
+      <c r="AA11" s="4"/>
+      <c r="AB11" s="4"/>
+      <c r="AC11" s="4"/>
+      <c r="AD11" s="4"/>
+      <c r="AE11" s="4"/>
+      <c r="AF11" s="4"/>
+      <c r="AG11" s="4"/>
+      <c r="AH11" s="4"/>
+      <c r="AI11" s="4"/>
+      <c r="AJ11" s="4"/>
+      <c r="AK11" s="4"/>
+      <c r="AL11" s="4"/>
+      <c r="AM11" s="41"/>
+    </row>
+    <row r="12" spans="3:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="C12" s="41"/>
+      <c r="D12" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E12" s="41"/>
+      <c r="F12" s="41"/>
+      <c r="G12" s="41"/>
+      <c r="H12" s="41"/>
+      <c r="I12" s="41"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="41"/>
+      <c r="L12" s="41"/>
+      <c r="M12" s="88"/>
+      <c r="N12" s="88"/>
+      <c r="O12" s="88"/>
+      <c r="P12" s="88"/>
+      <c r="Q12" s="88"/>
+      <c r="R12" s="88"/>
+      <c r="S12" s="88"/>
+      <c r="T12" s="88"/>
+      <c r="U12" s="88"/>
+      <c r="V12" s="88"/>
+      <c r="W12" s="88"/>
+      <c r="X12" s="88"/>
+      <c r="Y12" s="88"/>
+      <c r="Z12" s="88"/>
+      <c r="AA12" s="88"/>
+      <c r="AB12" s="88"/>
+      <c r="AC12" s="88"/>
+      <c r="AD12" s="88"/>
+      <c r="AE12" s="88"/>
+      <c r="AF12" s="88"/>
+      <c r="AG12" s="88"/>
+      <c r="AH12" s="88"/>
+      <c r="AI12" s="88"/>
+      <c r="AJ12" s="88"/>
+      <c r="AK12" s="88"/>
+      <c r="AL12" s="88"/>
+      <c r="AM12" s="41"/>
+    </row>
+    <row r="13" spans="3:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="C13" s="41"/>
+      <c r="D13" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" s="41"/>
+      <c r="F13" s="41"/>
+      <c r="G13" s="41"/>
+      <c r="H13" s="41"/>
+      <c r="I13" s="41"/>
+      <c r="J13" s="41"/>
+      <c r="K13" s="41"/>
+      <c r="L13" s="4"/>
+      <c r="M13" s="88"/>
+      <c r="N13" s="88"/>
+      <c r="O13" s="88"/>
+      <c r="P13" s="88"/>
+      <c r="Q13" s="88"/>
+      <c r="R13" s="88"/>
+      <c r="S13" s="88"/>
+      <c r="T13" s="88"/>
+      <c r="U13" s="88"/>
+      <c r="V13" s="88"/>
+      <c r="W13" s="88"/>
+      <c r="X13" s="88"/>
+      <c r="Y13" s="88"/>
+      <c r="Z13" s="88"/>
+      <c r="AA13" s="88"/>
+      <c r="AB13" s="88"/>
+      <c r="AC13" s="88"/>
+      <c r="AD13" s="88"/>
+      <c r="AE13" s="88"/>
+      <c r="AF13" s="88"/>
+      <c r="AG13" s="88"/>
+      <c r="AH13" s="88"/>
+      <c r="AI13" s="88"/>
+      <c r="AJ13" s="88"/>
+      <c r="AK13" s="88"/>
+      <c r="AL13" s="88"/>
+      <c r="AM13" s="41"/>
+    </row>
+    <row r="14" spans="3:39" ht="14" x14ac:dyDescent="0.2">
+      <c r="C14" s="41"/>
+      <c r="D14" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" s="41"/>
+      <c r="F14" s="41"/>
+      <c r="G14" s="41"/>
+      <c r="H14" s="41"/>
+      <c r="I14" s="41"/>
+      <c r="J14" s="41"/>
+      <c r="K14" s="41"/>
+      <c r="L14" s="4"/>
+      <c r="M14" s="89" t="s">
+        <v>152</v>
+      </c>
+      <c r="N14" s="89"/>
+      <c r="O14" s="90"/>
+      <c r="P14" s="90"/>
+      <c r="Q14" s="90"/>
+      <c r="R14" s="90"/>
+      <c r="S14" s="90"/>
+      <c r="T14" s="90"/>
+      <c r="U14" s="90"/>
+      <c r="V14" s="90"/>
+      <c r="W14" s="90"/>
+      <c r="X14" s="46"/>
+      <c r="Y14" s="46"/>
+      <c r="Z14" s="46"/>
+      <c r="AA14" s="46"/>
+      <c r="AB14" s="46"/>
+      <c r="AC14" s="46"/>
+      <c r="AD14" s="46"/>
+      <c r="AE14" s="46"/>
+      <c r="AF14" s="46"/>
+      <c r="AG14" s="46"/>
+      <c r="AH14" s="46"/>
+      <c r="AI14" s="46"/>
+      <c r="AJ14" s="46"/>
+      <c r="AK14" s="46"/>
+      <c r="AL14" s="46"/>
+      <c r="AM14" s="41"/>
+    </row>
+    <row r="15" spans="3:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="C15" s="41"/>
+      <c r="D15" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="E15" s="41"/>
+      <c r="F15" s="41"/>
+      <c r="G15" s="41"/>
+      <c r="H15" s="41"/>
+      <c r="I15" s="41"/>
+      <c r="J15" s="41"/>
+      <c r="K15" s="41"/>
+      <c r="L15" s="4"/>
+      <c r="M15" s="77"/>
+      <c r="N15" s="77"/>
+      <c r="O15" s="77"/>
+      <c r="P15" s="77"/>
+      <c r="Q15" s="77"/>
+      <c r="R15" s="77"/>
+      <c r="S15" s="77"/>
+      <c r="T15" s="77"/>
+      <c r="U15" s="77"/>
+      <c r="V15" s="77"/>
+      <c r="W15" s="77"/>
+      <c r="X15" s="77"/>
+      <c r="Y15" s="77"/>
+      <c r="Z15" s="77"/>
+      <c r="AA15" s="77"/>
+      <c r="AB15" s="77"/>
+      <c r="AC15" s="77"/>
+      <c r="AD15" s="77"/>
+      <c r="AE15" s="77"/>
+      <c r="AF15" s="77"/>
+      <c r="AG15" s="77"/>
+      <c r="AH15" s="77"/>
+      <c r="AI15" s="77"/>
+      <c r="AJ15" s="77"/>
+      <c r="AK15" s="77"/>
+      <c r="AL15" s="77"/>
+      <c r="AM15" s="41"/>
+    </row>
+    <row r="16" spans="3:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="C16" s="5"/>
+      <c r="D16" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E16" s="5"/>
+      <c r="F16" s="5"/>
+      <c r="G16" s="5"/>
+      <c r="H16" s="5"/>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5"/>
+      <c r="K16" s="5"/>
+      <c r="L16" s="5"/>
+      <c r="M16" s="86"/>
+      <c r="N16" s="86"/>
+      <c r="O16" s="86"/>
+      <c r="P16" s="86"/>
+      <c r="Q16" s="86"/>
+      <c r="R16" s="86"/>
+      <c r="S16" s="86"/>
+      <c r="T16" s="86"/>
+      <c r="U16" s="86"/>
+      <c r="V16" s="86"/>
+      <c r="W16" s="86"/>
+      <c r="X16" s="86"/>
+      <c r="Y16" s="86"/>
+      <c r="Z16" s="86"/>
+      <c r="AA16" s="86"/>
+      <c r="AB16" s="86"/>
+      <c r="AC16" s="86"/>
+      <c r="AD16" s="86"/>
+      <c r="AE16" s="86"/>
+      <c r="AF16" s="86"/>
+      <c r="AG16" s="86"/>
+      <c r="AH16" s="86"/>
+      <c r="AI16" s="86"/>
+      <c r="AJ16" s="86"/>
+      <c r="AK16" s="86"/>
+      <c r="AL16" s="86"/>
+      <c r="AM16" s="41"/>
+    </row>
+    <row r="17" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C17" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D17" s="4"/>
+      <c r="E17" s="4"/>
+      <c r="F17" s="4"/>
+      <c r="G17" s="4"/>
+      <c r="H17" s="4"/>
+      <c r="I17" s="4"/>
+      <c r="J17" s="4"/>
+      <c r="K17" s="4"/>
+      <c r="L17" s="4"/>
+      <c r="M17" s="4"/>
+      <c r="N17" s="4"/>
+      <c r="O17" s="4"/>
+      <c r="P17" s="4"/>
+      <c r="Q17" s="4"/>
+      <c r="R17" s="4"/>
+      <c r="S17" s="4"/>
+      <c r="T17" s="4"/>
+      <c r="U17" s="4"/>
+      <c r="V17" s="4"/>
+      <c r="W17" s="4"/>
+      <c r="X17" s="4"/>
+      <c r="Y17" s="4"/>
+      <c r="Z17" s="4"/>
+      <c r="AA17" s="4"/>
+      <c r="AB17" s="4"/>
+      <c r="AC17" s="4"/>
+      <c r="AD17" s="4"/>
+      <c r="AE17" s="4"/>
+      <c r="AF17" s="4"/>
+      <c r="AG17" s="4"/>
+      <c r="AH17" s="4"/>
+      <c r="AI17" s="4"/>
+      <c r="AJ17" s="4"/>
+      <c r="AK17" s="4"/>
+      <c r="AL17" s="4"/>
+      <c r="AM17" s="41"/>
+    </row>
+    <row r="18" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C18" s="41"/>
+      <c r="D18" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" s="41"/>
+      <c r="F18" s="41"/>
+      <c r="G18" s="41"/>
+      <c r="H18" s="41"/>
+      <c r="I18" s="41"/>
+      <c r="J18" s="41"/>
+      <c r="K18" s="41"/>
+      <c r="L18" s="41"/>
+      <c r="M18" s="88"/>
+      <c r="N18" s="88"/>
+      <c r="O18" s="88"/>
+      <c r="P18" s="88"/>
+      <c r="Q18" s="88"/>
+      <c r="R18" s="88"/>
+      <c r="S18" s="88"/>
+      <c r="T18" s="88"/>
+      <c r="U18" s="88"/>
+      <c r="V18" s="88"/>
+      <c r="W18" s="88"/>
+      <c r="X18" s="88"/>
+      <c r="Y18" s="88"/>
+      <c r="Z18" s="88"/>
+      <c r="AA18" s="88"/>
+      <c r="AB18" s="88"/>
+      <c r="AC18" s="88"/>
+      <c r="AD18" s="88"/>
+      <c r="AE18" s="88"/>
+      <c r="AF18" s="88"/>
+      <c r="AG18" s="88"/>
+      <c r="AH18" s="88"/>
+      <c r="AI18" s="88"/>
+      <c r="AJ18" s="88"/>
+      <c r="AK18" s="88"/>
+      <c r="AL18" s="88"/>
+      <c r="AM18" s="41"/>
+    </row>
+    <row r="19" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C19" s="41"/>
+      <c r="D19" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" s="41"/>
+      <c r="F19" s="41"/>
+      <c r="G19" s="41"/>
+      <c r="H19" s="41"/>
+      <c r="I19" s="41"/>
+      <c r="J19" s="41"/>
+      <c r="K19" s="41"/>
+      <c r="L19" s="4"/>
+      <c r="M19" s="88"/>
+      <c r="N19" s="88"/>
+      <c r="O19" s="88"/>
+      <c r="P19" s="88"/>
+      <c r="Q19" s="88"/>
+      <c r="R19" s="88"/>
+      <c r="S19" s="88"/>
+      <c r="T19" s="88"/>
+      <c r="U19" s="88"/>
+      <c r="V19" s="88"/>
+      <c r="W19" s="88"/>
+      <c r="X19" s="88"/>
+      <c r="Y19" s="88"/>
+      <c r="Z19" s="88"/>
+      <c r="AA19" s="88"/>
+      <c r="AB19" s="88"/>
+      <c r="AC19" s="88"/>
+      <c r="AD19" s="88"/>
+      <c r="AE19" s="88"/>
+      <c r="AF19" s="88"/>
+      <c r="AG19" s="88"/>
+      <c r="AH19" s="88"/>
+      <c r="AI19" s="88"/>
+      <c r="AJ19" s="88"/>
+      <c r="AK19" s="88"/>
+      <c r="AL19" s="88"/>
+      <c r="AM19" s="41"/>
+    </row>
+    <row r="20" spans="3:42" ht="14" x14ac:dyDescent="0.2">
+      <c r="C20" s="41"/>
+      <c r="D20" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E20" s="41"/>
+      <c r="F20" s="41"/>
+      <c r="G20" s="41"/>
+      <c r="H20" s="41"/>
+      <c r="I20" s="41"/>
+      <c r="J20" s="41"/>
+      <c r="K20" s="41"/>
+      <c r="L20" s="4"/>
+      <c r="M20" s="89" t="s">
+        <v>152</v>
+      </c>
+      <c r="N20" s="89"/>
+      <c r="O20" s="90"/>
+      <c r="P20" s="90"/>
+      <c r="Q20" s="90"/>
+      <c r="R20" s="90"/>
+      <c r="S20" s="90"/>
+      <c r="T20" s="90"/>
+      <c r="U20" s="90"/>
+      <c r="V20" s="90"/>
+      <c r="W20" s="90"/>
+      <c r="X20" s="46"/>
+      <c r="Y20" s="46"/>
+      <c r="Z20" s="46"/>
+      <c r="AA20" s="46"/>
+      <c r="AB20" s="46"/>
+      <c r="AC20" s="46"/>
+      <c r="AD20" s="46"/>
+      <c r="AE20" s="46"/>
+      <c r="AF20" s="46"/>
+      <c r="AG20" s="46"/>
+      <c r="AH20" s="46"/>
+      <c r="AI20" s="46"/>
+      <c r="AJ20" s="46"/>
+      <c r="AK20" s="46"/>
+      <c r="AL20" s="46"/>
+      <c r="AM20" s="41"/>
+    </row>
+    <row r="21" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C21" s="41"/>
+      <c r="D21" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="E21" s="41"/>
+      <c r="F21" s="41"/>
+      <c r="G21" s="41"/>
+      <c r="H21" s="41"/>
+      <c r="I21" s="41"/>
+      <c r="J21" s="41"/>
+      <c r="K21" s="41"/>
+      <c r="L21" s="4"/>
+      <c r="M21" s="77"/>
+      <c r="N21" s="77"/>
+      <c r="O21" s="77"/>
+      <c r="P21" s="77"/>
+      <c r="Q21" s="77"/>
+      <c r="R21" s="77"/>
+      <c r="S21" s="77"/>
+      <c r="T21" s="77"/>
+      <c r="U21" s="77"/>
+      <c r="V21" s="77"/>
+      <c r="W21" s="77"/>
+      <c r="X21" s="77"/>
+      <c r="Y21" s="77"/>
+      <c r="Z21" s="77"/>
+      <c r="AA21" s="77"/>
+      <c r="AB21" s="77"/>
+      <c r="AC21" s="77"/>
+      <c r="AD21" s="77"/>
+      <c r="AE21" s="77"/>
+      <c r="AF21" s="77"/>
+      <c r="AG21" s="77"/>
+      <c r="AH21" s="77"/>
+      <c r="AI21" s="77"/>
+      <c r="AJ21" s="77"/>
+      <c r="AK21" s="77"/>
+      <c r="AL21" s="77"/>
+      <c r="AM21" s="41"/>
+    </row>
+    <row r="22" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C22" s="5"/>
+      <c r="D22" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E22" s="5"/>
+      <c r="F22" s="5"/>
+      <c r="G22" s="5"/>
+      <c r="H22" s="5"/>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5"/>
+      <c r="K22" s="5"/>
+      <c r="L22" s="5"/>
+      <c r="M22" s="86"/>
+      <c r="N22" s="86"/>
+      <c r="O22" s="86"/>
+      <c r="P22" s="86"/>
+      <c r="Q22" s="86"/>
+      <c r="R22" s="86"/>
+      <c r="S22" s="86"/>
+      <c r="T22" s="86"/>
+      <c r="U22" s="86"/>
+      <c r="V22" s="86"/>
+      <c r="W22" s="86"/>
+      <c r="X22" s="86"/>
+      <c r="Y22" s="86"/>
+      <c r="Z22" s="86"/>
+      <c r="AA22" s="86"/>
+      <c r="AB22" s="86"/>
+      <c r="AC22" s="86"/>
+      <c r="AD22" s="86"/>
+      <c r="AE22" s="86"/>
+      <c r="AF22" s="86"/>
+      <c r="AG22" s="86"/>
+      <c r="AH22" s="86"/>
+      <c r="AI22" s="86"/>
+      <c r="AJ22" s="86"/>
+      <c r="AK22" s="86"/>
+      <c r="AL22" s="86"/>
+      <c r="AM22" s="41"/>
+    </row>
+    <row r="23" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C23" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D23" s="4"/>
+      <c r="E23" s="4"/>
+      <c r="F23" s="4"/>
+      <c r="G23" s="4"/>
+      <c r="H23" s="4"/>
+      <c r="I23" s="4"/>
+      <c r="J23" s="4"/>
+      <c r="K23" s="4"/>
+      <c r="L23" s="4"/>
+      <c r="M23" s="4"/>
+      <c r="N23" s="4"/>
+      <c r="O23" s="4"/>
+      <c r="P23" s="4"/>
+      <c r="Q23" s="4"/>
+      <c r="R23" s="4"/>
+      <c r="S23" s="4"/>
+      <c r="T23" s="4"/>
+      <c r="U23" s="4"/>
+      <c r="V23" s="4"/>
+      <c r="W23" s="4"/>
+      <c r="X23" s="4"/>
+      <c r="Y23" s="4"/>
+      <c r="Z23" s="4"/>
+      <c r="AA23" s="4"/>
+      <c r="AB23" s="4"/>
+      <c r="AC23" s="4"/>
+      <c r="AD23" s="4"/>
+      <c r="AE23" s="4"/>
+      <c r="AF23" s="4"/>
+      <c r="AG23" s="4"/>
+      <c r="AH23" s="4"/>
+      <c r="AI23" s="4"/>
+      <c r="AJ23" s="4"/>
+      <c r="AK23" s="41"/>
+      <c r="AL23" s="41"/>
+      <c r="AM23" s="41"/>
+    </row>
+    <row r="24" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C24" s="41"/>
+      <c r="D24" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E24" s="41"/>
+      <c r="F24" s="41"/>
+      <c r="G24" s="41"/>
+      <c r="H24" s="41"/>
+      <c r="I24" s="41"/>
+      <c r="J24" s="41"/>
+      <c r="K24" s="41"/>
+      <c r="L24" s="3"/>
+      <c r="M24" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="N24" s="91"/>
+      <c r="O24" s="91"/>
+      <c r="P24" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q24" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="R24" s="41"/>
+      <c r="S24" s="41"/>
+      <c r="T24" s="41"/>
+      <c r="U24" s="41"/>
+      <c r="V24" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="W24" s="91"/>
+      <c r="X24" s="91"/>
+      <c r="Y24" s="91"/>
+      <c r="Z24" s="91"/>
+      <c r="AA24" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="AB24" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="AC24" s="41"/>
+      <c r="AD24" s="41"/>
+      <c r="AE24" s="41"/>
+      <c r="AF24" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="AG24" s="72"/>
+      <c r="AH24" s="72"/>
+      <c r="AI24" s="72"/>
+      <c r="AJ24" s="72"/>
+      <c r="AK24" s="72"/>
+      <c r="AL24" s="28" t="s">
+        <v>48</v>
+      </c>
+      <c r="AM24" s="41"/>
+    </row>
+    <row r="25" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C25" s="41"/>
+      <c r="D25" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="E25" s="41"/>
+      <c r="F25" s="41"/>
+      <c r="G25" s="41"/>
+      <c r="H25" s="41"/>
+      <c r="I25" s="41"/>
+      <c r="J25" s="41"/>
+      <c r="K25" s="41"/>
+      <c r="L25" s="41"/>
+      <c r="M25" s="77"/>
+      <c r="N25" s="77"/>
+      <c r="O25" s="77"/>
+      <c r="P25" s="77"/>
+      <c r="Q25" s="77"/>
+      <c r="R25" s="77"/>
+      <c r="S25" s="77"/>
+      <c r="T25" s="77"/>
+      <c r="U25" s="77"/>
+      <c r="V25" s="77"/>
+      <c r="W25" s="77"/>
+      <c r="X25" s="77"/>
+      <c r="Y25" s="77"/>
+      <c r="Z25" s="77"/>
+      <c r="AA25" s="77"/>
+      <c r="AB25" s="77"/>
+      <c r="AC25" s="77"/>
+      <c r="AD25" s="77"/>
+      <c r="AE25" s="77"/>
+      <c r="AF25" s="77"/>
+      <c r="AG25" s="77"/>
+      <c r="AH25" s="77"/>
+      <c r="AI25" s="77"/>
+      <c r="AJ25" s="77"/>
+      <c r="AK25" s="77"/>
+      <c r="AL25" s="77"/>
+      <c r="AM25" s="41"/>
+    </row>
+    <row r="26" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C26" s="41"/>
+      <c r="D26" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E26" s="41"/>
+      <c r="F26" s="41"/>
+      <c r="G26" s="41"/>
+      <c r="H26" s="41"/>
+      <c r="I26" s="41"/>
+      <c r="J26" s="41"/>
+      <c r="K26" s="41"/>
+      <c r="L26" s="41"/>
+      <c r="M26" s="77"/>
+      <c r="N26" s="77"/>
+      <c r="O26" s="77"/>
+      <c r="P26" s="77"/>
+      <c r="Q26" s="77"/>
+      <c r="R26" s="77"/>
+      <c r="S26" s="77"/>
+      <c r="T26" s="77"/>
+      <c r="U26" s="77"/>
+      <c r="V26" s="77"/>
+      <c r="W26" s="77"/>
+      <c r="X26" s="77"/>
+      <c r="Y26" s="77"/>
+      <c r="Z26" s="77"/>
+      <c r="AA26" s="77"/>
+      <c r="AB26" s="77"/>
+      <c r="AC26" s="77"/>
+      <c r="AD26" s="77"/>
+      <c r="AE26" s="77"/>
+      <c r="AF26" s="77"/>
+      <c r="AG26" s="77"/>
+      <c r="AH26" s="77"/>
+      <c r="AI26" s="77"/>
+      <c r="AJ26" s="77"/>
+      <c r="AK26" s="77"/>
+      <c r="AL26" s="77"/>
+      <c r="AM26" s="41"/>
+    </row>
+    <row r="27" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C27" s="41"/>
+      <c r="D27" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="E27" s="41"/>
+      <c r="F27" s="41"/>
+      <c r="G27" s="41"/>
+      <c r="H27" s="41"/>
+      <c r="I27" s="41"/>
+      <c r="J27" s="41"/>
+      <c r="K27" s="41"/>
+      <c r="L27" s="3"/>
+      <c r="M27" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="N27" s="91"/>
+      <c r="O27" s="91"/>
+      <c r="P27" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q27" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="R27" s="41"/>
+      <c r="S27" s="41"/>
+      <c r="T27" s="41"/>
+      <c r="U27" s="41"/>
+      <c r="V27" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="W27" s="91"/>
+      <c r="X27" s="91"/>
+      <c r="Y27" s="91"/>
+      <c r="Z27" s="91"/>
+      <c r="AA27" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="AB27" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC27" s="41"/>
+      <c r="AD27" s="41"/>
+      <c r="AE27" s="41"/>
+      <c r="AF27" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="AG27" s="72"/>
+      <c r="AH27" s="72"/>
+      <c r="AI27" s="72"/>
+      <c r="AJ27" s="72"/>
+      <c r="AK27" s="72"/>
+      <c r="AL27" s="28" t="s">
+        <v>48</v>
+      </c>
+      <c r="AM27" s="41"/>
+    </row>
+    <row r="28" spans="3:42" ht="14" x14ac:dyDescent="0.2">
+      <c r="C28" s="41"/>
+      <c r="D28" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E28" s="41"/>
+      <c r="F28" s="41"/>
+      <c r="G28" s="41"/>
+      <c r="H28" s="41"/>
+      <c r="I28" s="41"/>
+      <c r="J28" s="41"/>
+      <c r="K28" s="41"/>
+      <c r="L28" s="4"/>
+      <c r="M28" s="89" t="s">
+        <v>152</v>
+      </c>
+      <c r="N28" s="89"/>
+      <c r="O28" s="90"/>
+      <c r="P28" s="90"/>
+      <c r="Q28" s="90"/>
+      <c r="R28" s="90"/>
+      <c r="S28" s="90"/>
+      <c r="T28" s="90"/>
+      <c r="U28" s="90"/>
+      <c r="V28" s="90"/>
+      <c r="W28" s="90"/>
+      <c r="X28" s="46"/>
+      <c r="Y28" s="46"/>
+      <c r="Z28" s="46"/>
+      <c r="AA28" s="46"/>
+      <c r="AB28" s="46"/>
+      <c r="AC28" s="46"/>
+      <c r="AD28" s="46"/>
+      <c r="AE28" s="46"/>
+      <c r="AF28" s="46"/>
+      <c r="AG28" s="46"/>
+      <c r="AH28" s="46"/>
+      <c r="AI28" s="46"/>
+      <c r="AJ28" s="46"/>
+      <c r="AK28" s="46"/>
+      <c r="AL28" s="46"/>
+      <c r="AM28" s="41"/>
+    </row>
+    <row r="29" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C29" s="4"/>
+      <c r="D29" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="E29" s="4"/>
+      <c r="F29" s="4"/>
+      <c r="G29" s="4"/>
+      <c r="H29" s="4"/>
+      <c r="I29" s="4"/>
+      <c r="J29" s="4"/>
+      <c r="K29" s="4"/>
+      <c r="L29" s="4"/>
+      <c r="M29" s="77"/>
+      <c r="N29" s="77"/>
+      <c r="O29" s="77"/>
+      <c r="P29" s="77"/>
+      <c r="Q29" s="77"/>
+      <c r="R29" s="77"/>
+      <c r="S29" s="77"/>
+      <c r="T29" s="77"/>
+      <c r="U29" s="77"/>
+      <c r="V29" s="77"/>
+      <c r="W29" s="77"/>
+      <c r="X29" s="77"/>
+      <c r="Y29" s="77"/>
+      <c r="Z29" s="77"/>
+      <c r="AA29" s="77"/>
+      <c r="AB29" s="77"/>
+      <c r="AC29" s="77"/>
+      <c r="AD29" s="77"/>
+      <c r="AE29" s="77"/>
+      <c r="AF29" s="77"/>
+      <c r="AG29" s="77"/>
+      <c r="AH29" s="77"/>
+      <c r="AI29" s="77"/>
+      <c r="AJ29" s="77"/>
+      <c r="AK29" s="77"/>
+      <c r="AL29" s="77"/>
+      <c r="AM29" s="41"/>
+    </row>
+    <row r="30" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C30" s="5"/>
+      <c r="D30" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E30" s="5"/>
+      <c r="F30" s="5"/>
+      <c r="G30" s="5"/>
+      <c r="H30" s="5"/>
+      <c r="I30" s="5"/>
+      <c r="J30" s="5"/>
+      <c r="K30" s="5"/>
+      <c r="L30" s="5"/>
+      <c r="M30" s="86"/>
+      <c r="N30" s="86"/>
+      <c r="O30" s="86"/>
+      <c r="P30" s="86"/>
+      <c r="Q30" s="86"/>
+      <c r="R30" s="86"/>
+      <c r="S30" s="86"/>
+      <c r="T30" s="86"/>
+      <c r="U30" s="86"/>
+      <c r="V30" s="86"/>
+      <c r="W30" s="86"/>
+      <c r="X30" s="86"/>
+      <c r="Y30" s="86"/>
+      <c r="Z30" s="86"/>
+      <c r="AA30" s="86"/>
+      <c r="AB30" s="86"/>
+      <c r="AC30" s="86"/>
+      <c r="AD30" s="86"/>
+      <c r="AE30" s="86"/>
+      <c r="AF30" s="86"/>
+      <c r="AG30" s="86"/>
+      <c r="AH30" s="86"/>
+      <c r="AI30" s="86"/>
+      <c r="AJ30" s="86"/>
+      <c r="AK30" s="86"/>
+      <c r="AL30" s="86"/>
+      <c r="AM30" s="41"/>
+    </row>
+    <row r="31" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C31" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D31" s="4"/>
+      <c r="E31" s="4"/>
+      <c r="F31" s="4"/>
+      <c r="G31" s="4"/>
+      <c r="H31" s="4"/>
+      <c r="I31" s="4"/>
+      <c r="J31" s="4"/>
+      <c r="K31" s="4"/>
+      <c r="L31" s="4"/>
+      <c r="M31" s="4"/>
+      <c r="N31" s="4"/>
+      <c r="O31" s="4"/>
+      <c r="P31" s="4"/>
+      <c r="Q31" s="4"/>
+      <c r="R31" s="4"/>
+      <c r="S31" s="4"/>
+      <c r="T31" s="4"/>
+      <c r="U31" s="4"/>
+      <c r="V31" s="4"/>
+      <c r="W31" s="4"/>
+      <c r="X31" s="4"/>
+      <c r="Y31" s="4"/>
+      <c r="Z31" s="4"/>
+      <c r="AA31" s="4"/>
+      <c r="AB31" s="4"/>
+      <c r="AC31" s="4"/>
+      <c r="AD31" s="4"/>
+      <c r="AE31" s="4"/>
+      <c r="AF31" s="4"/>
+      <c r="AG31" s="4"/>
+      <c r="AH31" s="4"/>
+      <c r="AI31" s="4"/>
+      <c r="AJ31" s="4"/>
+      <c r="AK31" s="4"/>
+      <c r="AL31" s="4"/>
+      <c r="AM31" s="41"/>
+      <c r="AO31" s="64"/>
+      <c r="AP31" s="64" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="32" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C32" s="4"/>
+      <c r="D32" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E32" s="41"/>
+      <c r="F32" s="41"/>
+      <c r="G32" s="41"/>
+      <c r="H32" s="41"/>
+      <c r="I32" s="41"/>
+      <c r="J32" s="41"/>
+      <c r="K32" s="41"/>
+      <c r="L32" s="3"/>
+      <c r="M32" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="N32" s="91"/>
+      <c r="O32" s="91"/>
+      <c r="P32" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q32" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="R32" s="41"/>
+      <c r="S32" s="41"/>
+      <c r="T32" s="41"/>
+      <c r="U32" s="41"/>
+      <c r="V32" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="W32" s="91"/>
+      <c r="X32" s="91"/>
+      <c r="Y32" s="91"/>
+      <c r="Z32" s="91"/>
+      <c r="AA32" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="AB32" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="AC32" s="41"/>
+      <c r="AD32" s="41"/>
+      <c r="AE32" s="41"/>
+      <c r="AF32" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="AG32" s="72"/>
+      <c r="AH32" s="72"/>
+      <c r="AI32" s="72"/>
+      <c r="AJ32" s="72"/>
+      <c r="AK32" s="72"/>
+      <c r="AL32" s="28" t="s">
+        <v>48</v>
+      </c>
+      <c r="AM32" s="41"/>
+      <c r="AO32" s="64" t="s">
+        <v>174</v>
+      </c>
+      <c r="AP32" s="64" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="33" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C33" s="4"/>
+      <c r="D33" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="E33" s="41"/>
+      <c r="F33" s="41"/>
+      <c r="G33" s="41"/>
+      <c r="H33" s="41"/>
+      <c r="I33" s="41"/>
+      <c r="J33" s="41"/>
+      <c r="K33" s="41"/>
+      <c r="L33" s="41"/>
+      <c r="M33" s="77"/>
+      <c r="N33" s="77"/>
+      <c r="O33" s="77"/>
+      <c r="P33" s="77"/>
+      <c r="Q33" s="77"/>
+      <c r="R33" s="77"/>
+      <c r="S33" s="77"/>
+      <c r="T33" s="77"/>
+      <c r="U33" s="77"/>
+      <c r="V33" s="77"/>
+      <c r="W33" s="77"/>
+      <c r="X33" s="77"/>
+      <c r="Y33" s="77"/>
+      <c r="Z33" s="77"/>
+      <c r="AA33" s="77"/>
+      <c r="AB33" s="77"/>
+      <c r="AC33" s="77"/>
+      <c r="AD33" s="77"/>
+      <c r="AE33" s="77"/>
+      <c r="AF33" s="77"/>
+      <c r="AG33" s="77"/>
+      <c r="AH33" s="77"/>
+      <c r="AI33" s="77"/>
+      <c r="AJ33" s="77"/>
+      <c r="AK33" s="77"/>
+      <c r="AL33" s="77"/>
+      <c r="AM33" s="41"/>
+      <c r="AO33" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AP33" s="64" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="34" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C34" s="4"/>
+      <c r="D34" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E34" s="41"/>
+      <c r="F34" s="41"/>
+      <c r="G34" s="41"/>
+      <c r="H34" s="41"/>
+      <c r="I34" s="41"/>
+      <c r="J34" s="41"/>
+      <c r="K34" s="41"/>
+      <c r="L34" s="41"/>
+      <c r="M34" s="77"/>
+      <c r="N34" s="77"/>
+      <c r="O34" s="77"/>
+      <c r="P34" s="77"/>
+      <c r="Q34" s="77"/>
+      <c r="R34" s="77"/>
+      <c r="S34" s="77"/>
+      <c r="T34" s="77"/>
+      <c r="U34" s="77"/>
+      <c r="V34" s="77"/>
+      <c r="W34" s="77"/>
+      <c r="X34" s="77"/>
+      <c r="Y34" s="77"/>
+      <c r="Z34" s="77"/>
+      <c r="AA34" s="77"/>
+      <c r="AB34" s="77"/>
+      <c r="AC34" s="77"/>
+      <c r="AD34" s="77"/>
+      <c r="AE34" s="77"/>
+      <c r="AF34" s="77"/>
+      <c r="AG34" s="77"/>
+      <c r="AH34" s="77"/>
+      <c r="AI34" s="77"/>
+      <c r="AJ34" s="77"/>
+      <c r="AK34" s="77"/>
+      <c r="AL34" s="77"/>
+      <c r="AM34" s="41"/>
+      <c r="AO34" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AP34" s="64" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="35" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C35" s="4"/>
+      <c r="D35" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="E35" s="41"/>
+      <c r="F35" s="41"/>
+      <c r="G35" s="41"/>
+      <c r="H35" s="41"/>
+      <c r="I35" s="41"/>
+      <c r="J35" s="41"/>
+      <c r="K35" s="41"/>
+      <c r="L35" s="3"/>
+      <c r="M35" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="N35" s="91"/>
+      <c r="O35" s="91"/>
+      <c r="P35" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q35" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="R35" s="41"/>
+      <c r="S35" s="41"/>
+      <c r="T35" s="41"/>
+      <c r="U35" s="41"/>
+      <c r="V35" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="W35" s="91"/>
+      <c r="X35" s="91"/>
+      <c r="Y35" s="91"/>
+      <c r="Z35" s="91"/>
+      <c r="AA35" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="AB35" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC35" s="41"/>
+      <c r="AD35" s="41"/>
+      <c r="AE35" s="41"/>
+      <c r="AF35" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="AG35" s="72"/>
+      <c r="AH35" s="72"/>
+      <c r="AI35" s="72"/>
+      <c r="AJ35" s="72"/>
+      <c r="AK35" s="72"/>
+      <c r="AL35" s="28" t="s">
+        <v>48</v>
+      </c>
+      <c r="AM35" s="41"/>
+      <c r="AO35" s="64" t="s">
+        <v>180</v>
+      </c>
+      <c r="AP35" s="64" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="36" spans="3:42" ht="14" x14ac:dyDescent="0.2">
+      <c r="C36" s="4"/>
+      <c r="D36" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E36" s="41"/>
+      <c r="F36" s="41"/>
+      <c r="G36" s="41"/>
+      <c r="H36" s="41"/>
+      <c r="I36" s="41"/>
+      <c r="J36" s="41"/>
+      <c r="K36" s="41"/>
+      <c r="L36" s="4"/>
+      <c r="M36" s="89" t="s">
+        <v>152</v>
+      </c>
+      <c r="N36" s="89"/>
+      <c r="O36" s="90"/>
+      <c r="P36" s="90"/>
+      <c r="Q36" s="90"/>
+      <c r="R36" s="90"/>
+      <c r="S36" s="90"/>
+      <c r="T36" s="90"/>
+      <c r="U36" s="90"/>
+      <c r="V36" s="90"/>
+      <c r="W36" s="90"/>
+      <c r="X36" s="46"/>
+      <c r="Y36" s="46"/>
+      <c r="Z36" s="46"/>
+      <c r="AA36" s="46"/>
+      <c r="AB36" s="46"/>
+      <c r="AC36" s="46"/>
+      <c r="AD36" s="46"/>
+      <c r="AE36" s="46"/>
+      <c r="AF36" s="46"/>
+      <c r="AG36" s="46"/>
+      <c r="AH36" s="46"/>
+      <c r="AI36" s="46"/>
+      <c r="AJ36" s="46"/>
+      <c r="AK36" s="46"/>
+      <c r="AL36" s="46"/>
+      <c r="AM36" s="41"/>
+      <c r="AO36" s="64" t="s">
+        <v>182</v>
+      </c>
+      <c r="AP36" s="64" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="37" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C37" s="4"/>
+      <c r="D37" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="E37" s="4"/>
+      <c r="F37" s="4"/>
+      <c r="G37" s="4"/>
+      <c r="H37" s="4"/>
+      <c r="I37" s="4"/>
+      <c r="J37" s="4"/>
+      <c r="K37" s="4"/>
+      <c r="L37" s="4"/>
+      <c r="M37" s="77"/>
+      <c r="N37" s="77"/>
+      <c r="O37" s="77"/>
+      <c r="P37" s="77"/>
+      <c r="Q37" s="77"/>
+      <c r="R37" s="77"/>
+      <c r="S37" s="77"/>
+      <c r="T37" s="77"/>
+      <c r="U37" s="77"/>
+      <c r="V37" s="77"/>
+      <c r="W37" s="77"/>
+      <c r="X37" s="77"/>
+      <c r="Y37" s="77"/>
+      <c r="Z37" s="77"/>
+      <c r="AA37" s="77"/>
+      <c r="AB37" s="77"/>
+      <c r="AC37" s="77"/>
+      <c r="AD37" s="77"/>
+      <c r="AE37" s="77"/>
+      <c r="AF37" s="77"/>
+      <c r="AG37" s="77"/>
+      <c r="AH37" s="77"/>
+      <c r="AI37" s="77"/>
+      <c r="AJ37" s="77"/>
+      <c r="AK37" s="77"/>
+      <c r="AL37" s="77"/>
+      <c r="AM37" s="41"/>
+      <c r="AO37" s="64" t="s">
+        <v>184</v>
+      </c>
+      <c r="AP37" s="64" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="38" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C38" s="5"/>
+      <c r="D38" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E38" s="5"/>
+      <c r="F38" s="5"/>
+      <c r="G38" s="5"/>
+      <c r="H38" s="5"/>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5"/>
+      <c r="K38" s="5"/>
+      <c r="L38" s="5"/>
+      <c r="M38" s="86"/>
+      <c r="N38" s="86"/>
+      <c r="O38" s="86"/>
+      <c r="P38" s="86"/>
+      <c r="Q38" s="86"/>
+      <c r="R38" s="86"/>
+      <c r="S38" s="86"/>
+      <c r="T38" s="86"/>
+      <c r="U38" s="86"/>
+      <c r="V38" s="86"/>
+      <c r="W38" s="86"/>
+      <c r="X38" s="86"/>
+      <c r="Y38" s="86"/>
+      <c r="Z38" s="86"/>
+      <c r="AA38" s="86"/>
+      <c r="AB38" s="86"/>
+      <c r="AC38" s="86"/>
+      <c r="AD38" s="86"/>
+      <c r="AE38" s="86"/>
+      <c r="AF38" s="86"/>
+      <c r="AG38" s="86"/>
+      <c r="AH38" s="86"/>
+      <c r="AI38" s="86"/>
+      <c r="AJ38" s="86"/>
+      <c r="AK38" s="86"/>
+      <c r="AL38" s="86"/>
+      <c r="AM38" s="41"/>
+      <c r="AO38" s="64" t="s">
+        <v>186</v>
+      </c>
+      <c r="AP38" s="64" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="39" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C39" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D39" s="4"/>
+      <c r="E39" s="4"/>
+      <c r="F39" s="4"/>
+      <c r="G39" s="4"/>
+      <c r="H39" s="4"/>
+      <c r="I39" s="4"/>
+      <c r="J39" s="4"/>
+      <c r="K39" s="4"/>
+      <c r="L39" s="4"/>
+      <c r="M39" s="4"/>
+      <c r="N39" s="4"/>
+      <c r="O39" s="4"/>
+      <c r="P39" s="4"/>
+      <c r="Q39" s="4"/>
+      <c r="R39" s="4"/>
+      <c r="S39" s="4"/>
+      <c r="T39" s="4"/>
+      <c r="U39" s="4"/>
+      <c r="V39" s="4"/>
+      <c r="W39" s="4"/>
+      <c r="X39" s="4"/>
+      <c r="Y39" s="4"/>
+      <c r="Z39" s="4"/>
+      <c r="AA39" s="4"/>
+      <c r="AB39" s="4"/>
+      <c r="AC39" s="4"/>
+      <c r="AD39" s="4"/>
+      <c r="AE39" s="4"/>
+      <c r="AF39" s="4"/>
+      <c r="AG39" s="4"/>
+      <c r="AH39" s="4"/>
+      <c r="AI39" s="4"/>
+      <c r="AJ39" s="4"/>
+      <c r="AK39" s="4"/>
+      <c r="AL39" s="4"/>
+      <c r="AM39" s="41"/>
+      <c r="AO39" s="64" t="s">
+        <v>188</v>
+      </c>
+      <c r="AP39" s="64" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="40" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C40" s="4"/>
+      <c r="D40" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="E40" s="4"/>
+      <c r="F40" s="4"/>
+      <c r="G40" s="4"/>
+      <c r="H40" s="4"/>
+      <c r="I40" s="4"/>
+      <c r="J40" s="4"/>
+      <c r="K40" s="4"/>
+      <c r="L40" s="4"/>
+      <c r="M40" s="88"/>
+      <c r="N40" s="88"/>
+      <c r="O40" s="88"/>
+      <c r="P40" s="88"/>
+      <c r="Q40" s="88"/>
+      <c r="R40" s="88"/>
+      <c r="S40" s="88"/>
+      <c r="T40" s="88"/>
+      <c r="U40" s="88"/>
+      <c r="V40" s="88"/>
+      <c r="W40" s="88"/>
+      <c r="X40" s="88"/>
+      <c r="Y40" s="88"/>
+      <c r="Z40" s="88"/>
+      <c r="AA40" s="88"/>
+      <c r="AB40" s="88"/>
+      <c r="AC40" s="88"/>
+      <c r="AD40" s="88"/>
+      <c r="AE40" s="88"/>
+      <c r="AF40" s="88"/>
+      <c r="AG40" s="88"/>
+      <c r="AH40" s="88"/>
+      <c r="AI40" s="88"/>
+      <c r="AJ40" s="88"/>
+      <c r="AK40" s="88"/>
+      <c r="AL40" s="88"/>
+      <c r="AM40" s="41"/>
+      <c r="AO40" s="64" t="s">
+        <v>190</v>
+      </c>
+      <c r="AP40" s="64" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="41" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C41" s="4"/>
+      <c r="D41" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E41" s="4"/>
+      <c r="F41" s="4"/>
+      <c r="G41" s="4"/>
+      <c r="H41" s="4"/>
+      <c r="I41" s="4"/>
+      <c r="J41" s="4"/>
+      <c r="K41" s="4"/>
+      <c r="L41" s="4"/>
+      <c r="M41" s="88"/>
+      <c r="N41" s="88"/>
+      <c r="O41" s="88"/>
+      <c r="P41" s="88"/>
+      <c r="Q41" s="88"/>
+      <c r="R41" s="88"/>
+      <c r="S41" s="88"/>
+      <c r="T41" s="88"/>
+      <c r="U41" s="88"/>
+      <c r="V41" s="88"/>
+      <c r="W41" s="88"/>
+      <c r="X41" s="88"/>
+      <c r="Y41" s="88"/>
+      <c r="Z41" s="88"/>
+      <c r="AA41" s="88"/>
+      <c r="AB41" s="88"/>
+      <c r="AC41" s="88"/>
+      <c r="AD41" s="88"/>
+      <c r="AE41" s="88"/>
+      <c r="AF41" s="88"/>
+      <c r="AG41" s="88"/>
+      <c r="AH41" s="88"/>
+      <c r="AI41" s="88"/>
+      <c r="AJ41" s="88"/>
+      <c r="AK41" s="88"/>
+      <c r="AL41" s="88"/>
+      <c r="AM41" s="41"/>
+      <c r="AO41" s="64" t="s">
+        <v>192</v>
+      </c>
+      <c r="AP41" s="64" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="42" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C42" s="4"/>
+      <c r="D42" s="4"/>
+      <c r="E42" s="4"/>
+      <c r="F42" s="4"/>
+      <c r="G42" s="4"/>
+      <c r="H42" s="4"/>
+      <c r="I42" s="4"/>
+      <c r="J42" s="4"/>
+      <c r="K42" s="4"/>
+      <c r="L42" s="4"/>
+      <c r="M42" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="N42" s="4"/>
+      <c r="O42" s="4"/>
+      <c r="P42" s="4"/>
+      <c r="Q42" s="4"/>
+      <c r="R42" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="S42" s="91"/>
+      <c r="T42" s="91"/>
+      <c r="U42" s="91"/>
+      <c r="V42" s="91"/>
+      <c r="W42" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="X42" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="Y42" s="95"/>
+      <c r="Z42" s="93"/>
+      <c r="AA42" s="94"/>
+      <c r="AB42" s="93"/>
+      <c r="AC42" s="69" t="s">
+        <v>275</v>
+      </c>
+      <c r="AD42" s="92"/>
+      <c r="AE42" s="93"/>
+      <c r="AF42" s="93"/>
+      <c r="AG42" s="93"/>
+      <c r="AH42" s="93"/>
+      <c r="AI42" s="93"/>
+      <c r="AJ42" s="93"/>
+      <c r="AK42" s="93"/>
+      <c r="AL42" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="AM42" s="41"/>
+      <c r="AO42" s="64" t="s">
+        <v>194</v>
+      </c>
+      <c r="AP42" s="64" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="43" spans="3:42" ht="14" x14ac:dyDescent="0.2">
+      <c r="C43" s="4"/>
+      <c r="D43" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E43" s="41"/>
+      <c r="F43" s="41"/>
+      <c r="G43" s="41"/>
+      <c r="H43" s="41"/>
+      <c r="I43" s="41"/>
+      <c r="J43" s="41"/>
+      <c r="K43" s="41"/>
+      <c r="L43" s="4"/>
+      <c r="M43" s="89" t="s">
+        <v>152</v>
+      </c>
+      <c r="N43" s="89"/>
+      <c r="O43" s="90"/>
+      <c r="P43" s="90"/>
+      <c r="Q43" s="90"/>
+      <c r="R43" s="90"/>
+      <c r="S43" s="90"/>
+      <c r="T43" s="90"/>
+      <c r="U43" s="90"/>
+      <c r="V43" s="90"/>
+      <c r="W43" s="90"/>
+      <c r="X43" s="46"/>
+      <c r="AC43" s="46"/>
+      <c r="AD43" s="46"/>
+      <c r="AE43" s="46"/>
+      <c r="AF43" s="46"/>
+      <c r="AG43" s="46"/>
+      <c r="AH43" s="46"/>
+      <c r="AI43" s="46"/>
+      <c r="AJ43" s="46"/>
+      <c r="AK43" s="46"/>
+      <c r="AL43" s="46"/>
+      <c r="AM43" s="41"/>
+      <c r="AO43" s="64" t="s">
+        <v>196</v>
+      </c>
+      <c r="AP43" s="64" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="44" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C44" s="4"/>
+      <c r="D44" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="E44" s="4"/>
+      <c r="F44" s="4"/>
+      <c r="G44" s="4"/>
+      <c r="H44" s="4"/>
+      <c r="I44" s="4"/>
+      <c r="J44" s="4"/>
+      <c r="K44" s="4"/>
+      <c r="L44" s="4"/>
+      <c r="M44" s="77"/>
+      <c r="N44" s="77"/>
+      <c r="O44" s="77"/>
+      <c r="P44" s="77"/>
+      <c r="Q44" s="77"/>
+      <c r="R44" s="77"/>
+      <c r="S44" s="77"/>
+      <c r="T44" s="77"/>
+      <c r="U44" s="77"/>
+      <c r="V44" s="77"/>
+      <c r="W44" s="77"/>
+      <c r="X44" s="77"/>
+      <c r="Y44" s="77"/>
+      <c r="Z44" s="77"/>
+      <c r="AA44" s="77"/>
+      <c r="AB44" s="77"/>
+      <c r="AC44" s="77"/>
+      <c r="AD44" s="77"/>
+      <c r="AE44" s="77"/>
+      <c r="AF44" s="77"/>
+      <c r="AG44" s="77"/>
+      <c r="AH44" s="77"/>
+      <c r="AI44" s="77"/>
+      <c r="AJ44" s="77"/>
+      <c r="AK44" s="77"/>
+      <c r="AL44" s="77"/>
+      <c r="AM44" s="41"/>
+      <c r="AO44" s="64" t="s">
+        <v>198</v>
+      </c>
+      <c r="AP44" s="64" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="45" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C45" s="5"/>
+      <c r="D45" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E45" s="5"/>
+      <c r="F45" s="5"/>
+      <c r="G45" s="5"/>
+      <c r="H45" s="5"/>
+      <c r="I45" s="5"/>
+      <c r="J45" s="5"/>
+      <c r="K45" s="5"/>
+      <c r="L45" s="5"/>
+      <c r="M45" s="86"/>
+      <c r="N45" s="86"/>
+      <c r="O45" s="86"/>
+      <c r="P45" s="86"/>
+      <c r="Q45" s="86"/>
+      <c r="R45" s="86"/>
+      <c r="S45" s="86"/>
+      <c r="T45" s="86"/>
+      <c r="U45" s="86"/>
+      <c r="V45" s="86"/>
+      <c r="W45" s="86"/>
+      <c r="X45" s="86"/>
+      <c r="Y45" s="86"/>
+      <c r="Z45" s="86"/>
+      <c r="AA45" s="86"/>
+      <c r="AB45" s="86"/>
+      <c r="AC45" s="86"/>
+      <c r="AD45" s="86"/>
+      <c r="AE45" s="86"/>
+      <c r="AF45" s="86"/>
+      <c r="AG45" s="86"/>
+      <c r="AH45" s="86"/>
+      <c r="AI45" s="86"/>
+      <c r="AJ45" s="86"/>
+      <c r="AK45" s="86"/>
+      <c r="AL45" s="86"/>
+      <c r="AM45" s="41"/>
+      <c r="AO45" s="64" t="s">
+        <v>200</v>
+      </c>
+      <c r="AP45" s="64" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="46" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C46" s="87" t="s">
+        <v>76</v>
+      </c>
+      <c r="D46" s="87"/>
+      <c r="E46" s="87"/>
+      <c r="F46" s="87"/>
+      <c r="G46" s="87"/>
+      <c r="H46" s="87"/>
+      <c r="I46" s="87"/>
+      <c r="J46" s="87"/>
+      <c r="K46" s="87"/>
+      <c r="L46" s="87"/>
+      <c r="M46" s="87"/>
+      <c r="N46" s="87"/>
+      <c r="O46" s="87"/>
+      <c r="P46" s="87"/>
+      <c r="Q46" s="87"/>
+      <c r="R46" s="87"/>
+      <c r="S46" s="87"/>
+      <c r="T46" s="87"/>
+      <c r="U46" s="87"/>
+      <c r="V46" s="87"/>
+      <c r="W46" s="87"/>
+      <c r="X46" s="87"/>
+      <c r="Y46" s="87"/>
+      <c r="Z46" s="87"/>
+      <c r="AA46" s="87"/>
+      <c r="AB46" s="87"/>
+      <c r="AC46" s="87"/>
+      <c r="AD46" s="87"/>
+      <c r="AE46" s="87"/>
+      <c r="AF46" s="87"/>
+      <c r="AG46" s="87"/>
+      <c r="AH46" s="87"/>
+      <c r="AI46" s="87"/>
+      <c r="AJ46" s="87"/>
+      <c r="AK46" s="87"/>
+      <c r="AL46" s="87"/>
+      <c r="AM46" s="41"/>
+      <c r="AO46" s="64" t="s">
+        <v>202</v>
+      </c>
+      <c r="AP46" s="64" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="47" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C47" s="65"/>
+      <c r="D47" s="41"/>
+      <c r="E47" s="41"/>
+      <c r="F47" s="41"/>
+      <c r="G47" s="41"/>
+      <c r="H47" s="41"/>
+      <c r="I47" s="41"/>
+      <c r="J47" s="41"/>
+      <c r="K47" s="41"/>
+      <c r="L47" s="41"/>
+      <c r="M47" s="41"/>
+      <c r="N47" s="41"/>
+      <c r="O47" s="41"/>
+      <c r="P47" s="41"/>
+      <c r="Q47" s="41"/>
+      <c r="R47" s="41"/>
+      <c r="S47" s="41"/>
+      <c r="T47" s="41"/>
+      <c r="U47" s="41"/>
+      <c r="V47" s="41"/>
+      <c r="W47" s="41"/>
+      <c r="X47" s="41"/>
+      <c r="Y47" s="41"/>
+      <c r="Z47" s="41"/>
+      <c r="AA47" s="41"/>
+      <c r="AB47" s="41"/>
+      <c r="AC47" s="41"/>
+      <c r="AD47" s="41"/>
+      <c r="AE47" s="41"/>
+      <c r="AF47" s="41"/>
+      <c r="AG47" s="41"/>
+      <c r="AH47" s="41"/>
+      <c r="AI47" s="41"/>
+      <c r="AJ47" s="41"/>
+      <c r="AK47" s="41"/>
+      <c r="AL47" s="41"/>
+      <c r="AM47" s="41"/>
+      <c r="AO47" s="64" t="s">
+        <v>204</v>
+      </c>
+      <c r="AP47" s="64" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="48" spans="3:42" ht="14" x14ac:dyDescent="0.2">
+      <c r="C48" s="65"/>
+      <c r="D48" s="4"/>
+      <c r="E48" s="41"/>
+      <c r="F48" s="41"/>
+      <c r="G48" s="41"/>
+      <c r="H48" s="41"/>
+      <c r="I48" s="41"/>
+      <c r="J48" s="41"/>
+      <c r="K48" s="41"/>
+      <c r="L48" s="41"/>
+      <c r="M48" s="66" t="s">
+        <v>77</v>
+      </c>
+      <c r="N48" s="41"/>
+      <c r="O48" s="41"/>
+      <c r="P48" s="41"/>
+      <c r="Q48" s="41"/>
+      <c r="R48" s="41"/>
+      <c r="S48" s="41"/>
+      <c r="T48" s="41"/>
+      <c r="U48" s="41"/>
+      <c r="V48" s="41"/>
+      <c r="W48" s="41"/>
+      <c r="X48" s="41"/>
+      <c r="Y48" s="41"/>
+      <c r="Z48" s="41"/>
+      <c r="AA48" s="41"/>
+      <c r="AB48" s="41"/>
+      <c r="AC48" s="41"/>
+      <c r="AD48" s="41"/>
+      <c r="AE48" s="41"/>
+      <c r="AF48" s="41"/>
+      <c r="AG48" s="41"/>
+      <c r="AH48" s="41"/>
+      <c r="AI48" s="41"/>
+      <c r="AJ48" s="41"/>
+      <c r="AK48" s="41"/>
+      <c r="AL48" s="41"/>
+      <c r="AM48" s="41"/>
+      <c r="AO48" s="64" t="s">
+        <v>206</v>
+      </c>
+      <c r="AP48" s="64" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="49" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C49" s="65"/>
+      <c r="D49" s="4"/>
+      <c r="E49" s="41"/>
+      <c r="F49" s="41"/>
+      <c r="G49" s="41"/>
+      <c r="H49" s="41"/>
+      <c r="I49" s="41"/>
+      <c r="J49" s="41"/>
+      <c r="K49" s="41"/>
+      <c r="L49" s="41"/>
+      <c r="M49" s="41"/>
+      <c r="N49" s="41"/>
+      <c r="O49" s="41"/>
+      <c r="P49" s="41"/>
+      <c r="Q49" s="41"/>
+      <c r="R49" s="41"/>
+      <c r="S49" s="41"/>
+      <c r="T49" s="41"/>
+      <c r="U49" s="41"/>
+      <c r="V49" s="41"/>
+      <c r="W49" s="41"/>
+      <c r="X49" s="41"/>
+      <c r="Y49" s="41"/>
+      <c r="Z49" s="41"/>
+      <c r="AA49" s="41"/>
+      <c r="AB49" s="41"/>
+      <c r="AC49" s="41"/>
+      <c r="AD49" s="41"/>
+      <c r="AE49" s="41"/>
+      <c r="AF49" s="41"/>
+      <c r="AG49" s="41"/>
+      <c r="AH49" s="41"/>
+      <c r="AI49" s="41"/>
+      <c r="AJ49" s="41"/>
+      <c r="AK49" s="41"/>
+      <c r="AL49" s="41"/>
+      <c r="AM49" s="41"/>
+      <c r="AO49" s="64" t="s">
+        <v>208</v>
+      </c>
+      <c r="AP49" s="64" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="50" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C50" s="65"/>
+      <c r="D50" s="4"/>
+      <c r="E50" s="4"/>
+      <c r="F50" s="4"/>
+      <c r="G50" s="4"/>
+      <c r="H50" s="4"/>
+      <c r="I50" s="4"/>
+      <c r="J50" s="4"/>
+      <c r="K50" s="4"/>
+      <c r="L50" s="4"/>
+      <c r="M50" s="4"/>
+      <c r="N50" s="4"/>
+      <c r="O50" s="4"/>
+      <c r="P50" s="4"/>
+      <c r="Q50" s="4"/>
+      <c r="R50" s="4"/>
+      <c r="S50" s="4"/>
+      <c r="T50" s="4"/>
+      <c r="U50" s="4"/>
+      <c r="V50" s="4"/>
+      <c r="W50" s="4"/>
+      <c r="X50" s="4"/>
+      <c r="Y50" s="4"/>
+      <c r="Z50" s="4"/>
+      <c r="AA50" s="4"/>
+      <c r="AB50" s="4"/>
+      <c r="AC50" s="4"/>
+      <c r="AD50" s="4"/>
+      <c r="AE50" s="4"/>
+      <c r="AF50" s="4"/>
+      <c r="AG50" s="4"/>
+      <c r="AH50" s="4"/>
+      <c r="AI50" s="4"/>
+      <c r="AJ50" s="4"/>
+      <c r="AK50" s="4"/>
+      <c r="AL50" s="4"/>
+      <c r="AM50" s="41"/>
+      <c r="AO50" s="64" t="s">
+        <v>210</v>
+      </c>
+      <c r="AP50" s="64" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="51" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C51" s="67"/>
+      <c r="D51" s="5"/>
+      <c r="E51" s="5"/>
+      <c r="F51" s="5"/>
+      <c r="G51" s="5"/>
+      <c r="H51" s="5"/>
+      <c r="I51" s="5"/>
+      <c r="J51" s="5"/>
+      <c r="K51" s="5"/>
+      <c r="L51" s="5"/>
+      <c r="M51" s="5"/>
+      <c r="N51" s="5"/>
+      <c r="O51" s="5"/>
+      <c r="P51" s="5"/>
+      <c r="Q51" s="5"/>
+      <c r="R51" s="5"/>
+      <c r="S51" s="5"/>
+      <c r="T51" s="5"/>
+      <c r="U51" s="5"/>
+      <c r="V51" s="5"/>
+      <c r="W51" s="5"/>
+      <c r="X51" s="5"/>
+      <c r="Y51" s="5"/>
+      <c r="Z51" s="5"/>
+      <c r="AA51" s="5"/>
+      <c r="AB51" s="5"/>
+      <c r="AC51" s="5"/>
+      <c r="AD51" s="5"/>
+      <c r="AE51" s="5"/>
+      <c r="AF51" s="5"/>
+      <c r="AG51" s="5"/>
+      <c r="AH51" s="5"/>
+      <c r="AI51" s="5"/>
+      <c r="AJ51" s="5"/>
+      <c r="AK51" s="5"/>
+      <c r="AL51" s="5"/>
+      <c r="AO51" s="64" t="s">
+        <v>212</v>
+      </c>
+      <c r="AP51" s="64" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="52" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C52" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D52" s="41"/>
+      <c r="E52" s="41"/>
+      <c r="F52" s="41"/>
+      <c r="G52" s="41"/>
+      <c r="H52" s="41"/>
+      <c r="I52" s="41"/>
+      <c r="J52" s="41"/>
+      <c r="K52" s="41"/>
+      <c r="L52" s="41"/>
+      <c r="M52" s="41"/>
+      <c r="N52" s="41"/>
+      <c r="O52" s="41"/>
+      <c r="P52" s="41"/>
+      <c r="Q52" s="41"/>
+      <c r="R52" s="41"/>
+      <c r="S52" s="41"/>
+      <c r="T52" s="41"/>
+      <c r="U52" s="41"/>
+      <c r="V52" s="41"/>
+      <c r="W52" s="41"/>
+      <c r="X52" s="41"/>
+      <c r="Y52" s="41"/>
+      <c r="Z52" s="41"/>
+      <c r="AA52" s="41"/>
+      <c r="AB52" s="41"/>
+      <c r="AC52" s="41"/>
+      <c r="AD52" s="41"/>
+      <c r="AE52" s="41"/>
+      <c r="AF52" s="41"/>
+      <c r="AG52" s="41"/>
+      <c r="AH52" s="41"/>
+      <c r="AI52" s="41"/>
+      <c r="AJ52" s="41"/>
+      <c r="AK52" s="41"/>
+      <c r="AL52" s="41"/>
+      <c r="AO52" s="64" t="s">
+        <v>214</v>
+      </c>
+      <c r="AP52" s="64" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="53" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C53" s="41"/>
+      <c r="D53" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="E53" s="68" t="s">
+        <v>81</v>
+      </c>
+      <c r="F53" s="4"/>
+      <c r="G53" s="4"/>
+      <c r="H53" s="4"/>
+      <c r="I53" s="4"/>
+      <c r="J53" s="4"/>
+      <c r="K53" s="4"/>
+      <c r="L53" s="4"/>
+      <c r="M53" s="4"/>
+      <c r="N53" s="4"/>
+      <c r="O53" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="P53" s="4"/>
+      <c r="Q53" s="4"/>
+      <c r="R53" s="4"/>
+      <c r="S53" s="4"/>
+      <c r="T53" s="4"/>
+      <c r="U53" s="4"/>
+      <c r="V53" s="3"/>
+      <c r="W53" s="78"/>
+      <c r="X53" s="78"/>
+      <c r="Y53" s="78"/>
+      <c r="Z53" s="78"/>
+      <c r="AA53" s="78"/>
+      <c r="AB53" s="78"/>
+      <c r="AC53" s="78"/>
+      <c r="AD53" s="78"/>
+      <c r="AE53" s="78"/>
+      <c r="AF53" s="78"/>
+      <c r="AG53" s="78"/>
+      <c r="AH53" s="78"/>
+      <c r="AI53" s="78"/>
+      <c r="AJ53" s="78"/>
+      <c r="AK53" s="78"/>
+      <c r="AL53" s="78"/>
+      <c r="AO53" s="64" t="s">
+        <v>216</v>
+      </c>
+      <c r="AP53" s="64" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="54" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C54" s="4"/>
+      <c r="D54" s="41"/>
+      <c r="E54" s="41"/>
+      <c r="F54" s="41"/>
+      <c r="G54" s="41"/>
+      <c r="H54" s="41"/>
+      <c r="I54" s="41"/>
+      <c r="J54" s="41"/>
+      <c r="K54" s="41"/>
+      <c r="L54" s="41"/>
+      <c r="M54" s="41"/>
+      <c r="N54" s="41"/>
+      <c r="O54" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="P54" s="41"/>
+      <c r="Q54" s="41"/>
+      <c r="R54" s="41"/>
+      <c r="S54" s="41"/>
+      <c r="T54" s="41"/>
+      <c r="U54" s="41"/>
+      <c r="V54" s="41"/>
+      <c r="W54" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="X54" s="41"/>
+      <c r="Y54" s="78"/>
+      <c r="Z54" s="78"/>
+      <c r="AA54" s="78"/>
+      <c r="AB54" s="78"/>
+      <c r="AC54" s="78"/>
+      <c r="AD54" s="78"/>
+      <c r="AE54" s="41"/>
+      <c r="AF54" s="10" t="s">
+        <v>85</v>
+      </c>
+      <c r="AG54" s="41"/>
+      <c r="AH54" s="78"/>
+      <c r="AI54" s="78"/>
+      <c r="AJ54" s="78"/>
+      <c r="AK54" s="78"/>
+      <c r="AL54" s="78"/>
+      <c r="AO54" s="64" t="s">
+        <v>218</v>
+      </c>
+      <c r="AP54" s="64" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="55" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="C55" s="5"/>
+      <c r="D55" s="5"/>
+      <c r="E55" s="5"/>
+      <c r="F55" s="5"/>
+      <c r="G55" s="5"/>
+      <c r="H55" s="5"/>
+      <c r="I55" s="5"/>
+      <c r="J55" s="5"/>
+      <c r="K55" s="5"/>
+      <c r="L55" s="5"/>
+      <c r="M55" s="5"/>
+      <c r="N55" s="5"/>
+      <c r="O55" s="5"/>
+      <c r="P55" s="5"/>
+      <c r="Q55" s="5"/>
+      <c r="R55" s="5"/>
+      <c r="S55" s="5"/>
+      <c r="T55" s="5"/>
+      <c r="U55" s="5"/>
+      <c r="V55" s="5"/>
+      <c r="W55" s="84"/>
+      <c r="X55" s="85"/>
+      <c r="Y55" s="85"/>
+      <c r="Z55" s="85"/>
+      <c r="AA55" s="85"/>
+      <c r="AB55" s="85"/>
+      <c r="AC55" s="85"/>
+      <c r="AD55" s="85"/>
+      <c r="AE55" s="85"/>
+      <c r="AF55" s="85"/>
+      <c r="AG55" s="85"/>
+      <c r="AH55" s="85"/>
+      <c r="AI55" s="85"/>
+      <c r="AJ55" s="85"/>
+      <c r="AK55" s="85"/>
+      <c r="AL55" s="85"/>
+      <c r="AO55" s="64" t="s">
+        <v>220</v>
+      </c>
+      <c r="AP55" s="64" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="56" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO56" s="64" t="s">
+        <v>222</v>
+      </c>
+      <c r="AP56" s="64" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="57" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO57" s="64" t="s">
+        <v>224</v>
+      </c>
+      <c r="AP57" s="64" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="58" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO58" s="64" t="s">
+        <v>226</v>
+      </c>
+      <c r="AP58" s="64" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="59" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO59" s="64" t="s">
+        <v>228</v>
+      </c>
+      <c r="AP59" s="64" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="60" spans="3:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO60" s="64" t="s">
+        <v>230</v>
+      </c>
+      <c r="AP60" s="64" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="61" spans="3:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO61" s="64" t="s">
+        <v>232</v>
+      </c>
+      <c r="AP61" s="64" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="62" spans="3:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO62" s="64" t="s">
+        <v>234</v>
+      </c>
+      <c r="AP62" s="64" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="63" spans="3:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO63" s="64" t="s">
+        <v>236</v>
+      </c>
+      <c r="AP63" s="64" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="64" spans="3:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO64" s="64" t="s">
+        <v>238</v>
+      </c>
+      <c r="AP64" s="64" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="65" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO65" s="64" t="s">
+        <v>240</v>
+      </c>
+      <c r="AP65" s="64" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="66" spans="2:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="B66" s="41"/>
+      <c r="C66" s="41"/>
+      <c r="D66" s="41"/>
+      <c r="E66" s="41"/>
+      <c r="F66" s="41"/>
+      <c r="G66" s="41"/>
+      <c r="H66" s="41"/>
+      <c r="I66" s="41"/>
+      <c r="J66" s="41"/>
+      <c r="K66" s="41"/>
+      <c r="L66" s="41"/>
+      <c r="M66" s="41"/>
+      <c r="N66" s="41"/>
+      <c r="O66" s="41"/>
+      <c r="P66" s="41"/>
+      <c r="Q66" s="41"/>
+      <c r="R66" s="41"/>
+      <c r="S66" s="41"/>
+      <c r="T66" s="41"/>
+      <c r="U66" s="41"/>
+      <c r="V66" s="41"/>
+      <c r="W66" s="41"/>
+      <c r="X66" s="41"/>
+      <c r="Y66" s="41"/>
+      <c r="Z66" s="41"/>
+      <c r="AA66" s="41"/>
+      <c r="AB66" s="41"/>
+      <c r="AC66" s="41"/>
+      <c r="AD66" s="41"/>
+      <c r="AE66" s="41"/>
+      <c r="AF66" s="41"/>
+      <c r="AG66" s="41"/>
+      <c r="AH66" s="41"/>
+      <c r="AI66" s="41"/>
+      <c r="AJ66" s="41"/>
+      <c r="AK66" s="41"/>
+      <c r="AL66" s="41"/>
+      <c r="AM66" s="41"/>
+      <c r="AO66" s="64" t="s">
+        <v>242</v>
+      </c>
+      <c r="AP66" s="64" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="67" spans="2:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="B67" s="41"/>
+      <c r="C67" s="41"/>
+      <c r="D67" s="41"/>
+      <c r="E67" s="41"/>
+      <c r="F67" s="41"/>
+      <c r="G67" s="41"/>
+      <c r="H67" s="41"/>
+      <c r="I67" s="41"/>
+      <c r="J67" s="41"/>
+      <c r="K67" s="41"/>
+      <c r="L67" s="41"/>
+      <c r="M67" s="41"/>
+      <c r="N67" s="41"/>
+      <c r="O67" s="41"/>
+      <c r="P67" s="41"/>
+      <c r="Q67" s="41"/>
+      <c r="R67" s="41"/>
+      <c r="S67" s="41"/>
+      <c r="T67" s="41"/>
+      <c r="U67" s="41"/>
+      <c r="V67" s="41"/>
+      <c r="W67" s="41"/>
+      <c r="X67" s="41"/>
+      <c r="Y67" s="41"/>
+      <c r="Z67" s="41"/>
+      <c r="AA67" s="41"/>
+      <c r="AB67" s="41"/>
+      <c r="AC67" s="41"/>
+      <c r="AD67" s="41"/>
+      <c r="AE67" s="41"/>
+      <c r="AF67" s="41"/>
+      <c r="AG67" s="41"/>
+      <c r="AH67" s="41"/>
+      <c r="AI67" s="41"/>
+      <c r="AJ67" s="41"/>
+      <c r="AK67" s="41"/>
+      <c r="AL67" s="41"/>
+      <c r="AM67" s="41"/>
+      <c r="AO67" s="64" t="s">
+        <v>244</v>
+      </c>
+      <c r="AP67" s="64" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="68" spans="2:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO68" s="64" t="s">
+        <v>246</v>
+      </c>
+      <c r="AP68" s="64" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="69" spans="2:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO69" s="64" t="s">
+        <v>248</v>
+      </c>
+      <c r="AP69" s="64" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="70" spans="2:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO70" s="64" t="s">
+        <v>250</v>
+      </c>
+      <c r="AP70" s="64" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="71" spans="2:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO71" s="64" t="s">
+        <v>252</v>
+      </c>
+      <c r="AP71" s="64" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="72" spans="2:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO72" s="64" t="s">
+        <v>254</v>
+      </c>
+      <c r="AP72" s="64" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="73" spans="2:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO73" s="64" t="s">
+        <v>256</v>
+      </c>
+      <c r="AP73" s="64" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="74" spans="2:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO74" s="64" t="s">
+        <v>258</v>
+      </c>
+      <c r="AP74" s="64" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="75" spans="2:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO75" s="64" t="s">
+        <v>260</v>
+      </c>
+      <c r="AP75" s="64" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="76" spans="2:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO76" s="64" t="s">
+        <v>262</v>
+      </c>
+      <c r="AP76" s="64" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="77" spans="2:42" ht="13" x14ac:dyDescent="0.2">
+      <c r="AO77" s="64" t="s">
+        <v>264</v>
+      </c>
+      <c r="AP77" s="64" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="78" spans="2:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AO78" s="64" t="s">
+        <v>266</v>
+      </c>
+      <c r="AP78" s="64" t="s">
+        <v>267</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="58">
+    <mergeCell ref="M19:AL19"/>
+    <mergeCell ref="C3:AL3"/>
+    <mergeCell ref="M6:AL6"/>
+    <mergeCell ref="M7:AL7"/>
+    <mergeCell ref="M8:N8"/>
+    <mergeCell ref="O8:W8"/>
+    <mergeCell ref="M9:AL9"/>
+    <mergeCell ref="M10:AL10"/>
+    <mergeCell ref="M12:AL12"/>
+    <mergeCell ref="M13:AL13"/>
+    <mergeCell ref="M14:N14"/>
+    <mergeCell ref="O14:W14"/>
+    <mergeCell ref="M15:AL15"/>
+    <mergeCell ref="M16:AL16"/>
+    <mergeCell ref="M18:AL18"/>
+    <mergeCell ref="M20:N20"/>
+    <mergeCell ref="O20:W20"/>
+    <mergeCell ref="M21:AL21"/>
+    <mergeCell ref="M22:AL22"/>
+    <mergeCell ref="N24:O24"/>
+    <mergeCell ref="W24:Z24"/>
+    <mergeCell ref="AG24:AK24"/>
+    <mergeCell ref="M33:AL33"/>
+    <mergeCell ref="M25:AL25"/>
+    <mergeCell ref="M26:AL26"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="W27:Z27"/>
+    <mergeCell ref="AG27:AK27"/>
+    <mergeCell ref="M28:N28"/>
+    <mergeCell ref="O28:W28"/>
+    <mergeCell ref="M29:AL29"/>
+    <mergeCell ref="M30:AL30"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="W32:Z32"/>
+    <mergeCell ref="AG32:AK32"/>
+    <mergeCell ref="M34:AL34"/>
+    <mergeCell ref="N35:O35"/>
+    <mergeCell ref="W35:Z35"/>
+    <mergeCell ref="AG35:AK35"/>
+    <mergeCell ref="M36:N36"/>
+    <mergeCell ref="O36:W36"/>
+    <mergeCell ref="M37:AL37"/>
+    <mergeCell ref="M38:AL38"/>
+    <mergeCell ref="M40:AL40"/>
+    <mergeCell ref="M41:AL41"/>
+    <mergeCell ref="M43:N43"/>
+    <mergeCell ref="O43:W43"/>
+    <mergeCell ref="S42:V42"/>
+    <mergeCell ref="AD42:AK42"/>
+    <mergeCell ref="AA42:AB42"/>
+    <mergeCell ref="Y42:Z42"/>
+    <mergeCell ref="W55:AL55"/>
+    <mergeCell ref="M44:AL44"/>
+    <mergeCell ref="M45:AL45"/>
+    <mergeCell ref="C46:AL46"/>
+    <mergeCell ref="W53:AL53"/>
+    <mergeCell ref="Y54:AD54"/>
+    <mergeCell ref="AH54:AL54"/>
+  </mergeCells>
+  <phoneticPr fontId="38"/>
+  <dataValidations count="4">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="W27:Z27 W35:Z35" xr:uid="{5672321E-7C1A-4CD7-AD9C-744FF62A6C48}">
+      <formula1>$AO$32:$AO$78</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="W24:Z24 W32:Z32 S42:V42" xr:uid="{14FFCCF9-FEE8-4499-B744-BE109AF5E014}">
+      <formula1>$AP$31:$AP$78</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Y42" xr:uid="{37860AD3-C4DB-4CC2-910B-E10AC9694D43}">
+      <formula1>"特,般"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N24:O24 N27:O27 N32:O32 N35:O35" xr:uid="{2FBFAF30-ADC7-42E3-91B4-F588B3CE95F9}">
+      <formula1>"一級,二級,木造"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.23622047244094491" header="0.19685039370078741" footer="0.19685039370078741"/>
+  <pageSetup paperSize="9" scale="99" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;"游ゴシック,標準"&amp;9 &amp;K00-0182025年6月20日版　株式会社GAI建築確認</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8444C976-B3F8-429A-8DC0-3FEBBD5425DB}">
+  <dimension ref="B3:AM56"/>
+  <sheetViews>
+    <sheetView view="pageBreakPreview" topLeftCell="A16" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="E25" sqref="E25"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="16384" width="2.6328125" style="42"/>
+  </cols>
+  <sheetData>
+    <row r="3" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C3" s="71" t="s">
+        <v>86</v>
+      </c>
+      <c r="D3" s="71"/>
+      <c r="E3" s="71"/>
+      <c r="F3" s="71"/>
+      <c r="G3" s="71"/>
+      <c r="H3" s="71"/>
+      <c r="I3" s="71"/>
+      <c r="J3" s="71"/>
+      <c r="K3" s="71"/>
+      <c r="L3" s="71"/>
+      <c r="M3" s="71"/>
+      <c r="N3" s="71"/>
+      <c r="O3" s="71"/>
+      <c r="P3" s="71"/>
+      <c r="Q3" s="71"/>
+      <c r="R3" s="71"/>
+      <c r="S3" s="71"/>
+      <c r="T3" s="71"/>
+      <c r="U3" s="71"/>
+      <c r="V3" s="71"/>
+      <c r="W3" s="71"/>
+      <c r="X3" s="71"/>
+      <c r="Y3" s="71"/>
+      <c r="Z3" s="71"/>
+      <c r="AA3" s="71"/>
+      <c r="AB3" s="71"/>
+      <c r="AC3" s="71"/>
+      <c r="AD3" s="71"/>
+      <c r="AE3" s="71"/>
+      <c r="AF3" s="71"/>
+      <c r="AG3" s="71"/>
+      <c r="AH3" s="71"/>
+      <c r="AI3" s="71"/>
+      <c r="AJ3" s="71"/>
+      <c r="AK3" s="71"/>
+      <c r="AL3" s="71"/>
+      <c r="AM3" s="41"/>
+    </row>
+    <row r="4" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C4" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D4" s="5"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5"/>
+      <c r="K4" s="5"/>
+      <c r="L4" s="5"/>
+      <c r="M4" s="5"/>
+      <c r="N4" s="5"/>
+      <c r="O4" s="5"/>
+      <c r="P4" s="5"/>
+      <c r="Q4" s="5"/>
+      <c r="R4" s="5"/>
+      <c r="S4" s="5"/>
+      <c r="T4" s="5"/>
+      <c r="U4" s="5"/>
+      <c r="V4" s="5"/>
+      <c r="W4" s="5"/>
+      <c r="X4" s="5"/>
+      <c r="Y4" s="5"/>
+      <c r="Z4" s="5"/>
+      <c r="AA4" s="5"/>
+      <c r="AB4" s="5"/>
+      <c r="AC4" s="5"/>
+      <c r="AD4" s="5"/>
+      <c r="AE4" s="5"/>
+      <c r="AF4" s="5"/>
+      <c r="AG4" s="5"/>
+      <c r="AH4" s="5"/>
+      <c r="AI4" s="5"/>
+      <c r="AJ4" s="5"/>
+      <c r="AK4" s="5"/>
+      <c r="AL4" s="5"/>
+      <c r="AM4" s="41"/>
+    </row>
+    <row r="5" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C5" s="41"/>
+      <c r="D5" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="E5" s="6" t="s">
+      <c r="E5" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="F5" s="6"/>
-[...36 lines deleted...]
-      <c r="D6" s="56" t="s">
+      <c r="F5" s="4"/>
+      <c r="G5" s="4"/>
+      <c r="H5" s="4"/>
+      <c r="I5" s="4"/>
+      <c r="J5" s="4"/>
+      <c r="K5" s="4"/>
+      <c r="L5" s="4"/>
+      <c r="M5" s="4"/>
+      <c r="N5" s="4"/>
+      <c r="O5" s="4"/>
+      <c r="P5" s="4"/>
+      <c r="Q5" s="4"/>
+      <c r="R5" s="4"/>
+      <c r="S5" s="4"/>
+      <c r="T5" s="4"/>
+      <c r="U5" s="4"/>
+      <c r="V5" s="4"/>
+      <c r="W5" s="4"/>
+      <c r="X5" s="4"/>
+      <c r="Y5" s="4"/>
+      <c r="Z5" s="4"/>
+      <c r="AA5" s="4"/>
+      <c r="AB5" s="4"/>
+      <c r="AC5" s="4"/>
+      <c r="AD5" s="4"/>
+      <c r="AE5" s="4"/>
+      <c r="AF5" s="4"/>
+      <c r="AG5" s="4"/>
+      <c r="AH5" s="4"/>
+      <c r="AI5" s="4"/>
+      <c r="AJ5" s="4"/>
+      <c r="AK5" s="4"/>
+      <c r="AL5" s="41"/>
+      <c r="AM5" s="41"/>
+    </row>
+    <row r="6" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C6" s="41"/>
+      <c r="D6" s="48" t="s">
         <v>154</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>89</v>
       </c>
-      <c r="F6" s="48"/>
-[...73 lines deleted...]
-    <row r="8" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="F6" s="41"/>
+      <c r="G6" s="41"/>
+      <c r="H6" s="41"/>
+      <c r="I6" s="41"/>
+      <c r="J6" s="41"/>
+      <c r="K6" s="41"/>
+      <c r="L6" s="41"/>
+      <c r="M6" s="41"/>
+      <c r="N6" s="41"/>
+      <c r="O6" s="41"/>
+      <c r="P6" s="41"/>
+      <c r="Q6" s="41"/>
+      <c r="R6" s="41"/>
+      <c r="S6" s="41"/>
+      <c r="T6" s="41"/>
+      <c r="U6" s="41"/>
+      <c r="V6" s="41"/>
+      <c r="W6" s="41"/>
+      <c r="X6" s="41"/>
+      <c r="Y6" s="41"/>
+      <c r="Z6" s="41"/>
+      <c r="AA6" s="41"/>
+      <c r="AB6" s="41"/>
+      <c r="AC6" s="41"/>
+      <c r="AD6" s="41"/>
+      <c r="AE6" s="41"/>
+      <c r="AF6" s="41"/>
+      <c r="AG6" s="41"/>
+      <c r="AH6" s="41"/>
+      <c r="AI6" s="41"/>
+      <c r="AJ6" s="41"/>
+      <c r="AK6" s="41"/>
+      <c r="AL6" s="41"/>
+      <c r="AM6" s="41"/>
+    </row>
+    <row r="7" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="6"/>
+      <c r="H7" s="6"/>
+      <c r="I7" s="6"/>
+      <c r="J7" s="6"/>
+      <c r="K7" s="6"/>
+      <c r="L7" s="6"/>
+      <c r="M7" s="6"/>
+      <c r="N7" s="6"/>
+      <c r="O7" s="6"/>
+      <c r="P7" s="6"/>
+      <c r="Q7" s="6"/>
+      <c r="R7" s="6"/>
+      <c r="S7" s="6"/>
+      <c r="T7" s="6"/>
+      <c r="U7" s="6"/>
+      <c r="V7" s="6"/>
+      <c r="W7" s="6"/>
+      <c r="X7" s="6"/>
+      <c r="Y7" s="6"/>
+      <c r="Z7" s="6"/>
+      <c r="AA7" s="6"/>
+      <c r="AB7" s="6"/>
+      <c r="AC7" s="6"/>
+      <c r="AD7" s="6"/>
+      <c r="AE7" s="6"/>
+      <c r="AF7" s="6"/>
+      <c r="AG7" s="6"/>
+      <c r="AH7" s="6"/>
+      <c r="AI7" s="6"/>
+      <c r="AJ7" s="6"/>
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="6"/>
+      <c r="AM7" s="6"/>
+    </row>
+    <row r="8" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C8" s="5" t="s">
         <v>90</v>
       </c>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
       <c r="J8" s="5"/>
       <c r="K8" s="5"/>
       <c r="L8" s="5"/>
       <c r="M8" s="5"/>
       <c r="N8" s="5"/>
       <c r="O8" s="5"/>
       <c r="P8" s="5"/>
       <c r="Q8" s="5"/>
       <c r="R8" s="5"/>
       <c r="S8" s="5"/>
       <c r="T8" s="5"/>
       <c r="U8" s="5"/>
       <c r="V8" s="5"/>
       <c r="W8" s="5"/>
       <c r="X8" s="5"/>
       <c r="Y8" s="5"/>
       <c r="Z8" s="5"/>
       <c r="AA8" s="5"/>
       <c r="AB8" s="5"/>
       <c r="AC8" s="5"/>
       <c r="AD8" s="5"/>
       <c r="AE8" s="5"/>
       <c r="AF8" s="5"/>
       <c r="AG8" s="5"/>
       <c r="AH8" s="5"/>
       <c r="AI8" s="5"/>
       <c r="AJ8" s="5"/>
       <c r="AK8" s="5"/>
       <c r="AL8" s="5"/>
-      <c r="AM8" s="48"/>
-[...1 lines deleted...]
-    <row r="9" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AM8" s="41"/>
+    </row>
+    <row r="9" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C9" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="D9" s="48"/>
-[...7 lines deleted...]
-      <c r="L9" s="48"/>
+      <c r="D9" s="41"/>
+      <c r="E9" s="41"/>
+      <c r="F9" s="41"/>
+      <c r="G9" s="41"/>
+      <c r="H9" s="41"/>
+      <c r="I9" s="41"/>
+      <c r="J9" s="41"/>
+      <c r="K9" s="41"/>
+      <c r="L9" s="41"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
       <c r="Z9" s="4"/>
       <c r="AA9" s="4"/>
       <c r="AB9" s="4"/>
       <c r="AC9" s="4"/>
       <c r="AD9" s="4"/>
       <c r="AE9" s="4"/>
       <c r="AF9" s="4"/>
       <c r="AG9" s="4"/>
       <c r="AH9" s="4"/>
       <c r="AI9" s="4"/>
       <c r="AJ9" s="4"/>
       <c r="AK9" s="4"/>
       <c r="AL9" s="4"/>
       <c r="AM9" s="4"/>
     </row>
-    <row r="10" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-[...1 lines deleted...]
-      <c r="D10" s="56" t="s">
+    <row r="10" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C10" s="41"/>
+      <c r="D10" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>92</v>
       </c>
-      <c r="F10" s="48"/>
-[...36 lines deleted...]
-      <c r="D11" s="56" t="s">
+      <c r="F10" s="41"/>
+      <c r="G10" s="4"/>
+      <c r="H10" s="4"/>
+      <c r="I10" s="4"/>
+      <c r="J10" s="4"/>
+      <c r="K10" s="4"/>
+      <c r="L10" s="4"/>
+      <c r="M10" s="4"/>
+      <c r="N10" s="4"/>
+      <c r="O10" s="4"/>
+      <c r="P10" s="4"/>
+      <c r="Q10" s="4"/>
+      <c r="R10" s="4"/>
+      <c r="S10" s="4"/>
+      <c r="T10" s="4"/>
+      <c r="U10" s="4"/>
+      <c r="V10" s="4"/>
+      <c r="W10" s="4"/>
+      <c r="X10" s="4"/>
+      <c r="Y10" s="4"/>
+      <c r="Z10" s="4"/>
+      <c r="AA10" s="4"/>
+      <c r="AB10" s="4"/>
+      <c r="AC10" s="4"/>
+      <c r="AD10" s="4"/>
+      <c r="AE10" s="4"/>
+      <c r="AF10" s="4"/>
+      <c r="AG10" s="4"/>
+      <c r="AH10" s="4"/>
+      <c r="AI10" s="4"/>
+      <c r="AJ10" s="4"/>
+      <c r="AK10" s="4"/>
+      <c r="AL10" s="4"/>
+      <c r="AM10" s="4"/>
+    </row>
+    <row r="11" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C11" s="41"/>
+      <c r="D11" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="F11" s="48"/>
-[...36 lines deleted...]
-      <c r="D12" s="56" t="s">
+      <c r="F11" s="41"/>
+      <c r="G11" s="41"/>
+      <c r="H11" s="4"/>
+      <c r="I11" s="4"/>
+      <c r="J11" s="4"/>
+      <c r="K11" s="4"/>
+      <c r="L11" s="4"/>
+      <c r="M11" s="4"/>
+      <c r="N11" s="4"/>
+      <c r="O11" s="4"/>
+      <c r="P11" s="4"/>
+      <c r="Q11" s="4"/>
+      <c r="R11" s="4"/>
+      <c r="S11" s="4"/>
+      <c r="T11" s="4"/>
+      <c r="U11" s="4"/>
+      <c r="V11" s="4"/>
+      <c r="W11" s="41"/>
+      <c r="X11" s="4"/>
+      <c r="Y11" s="4"/>
+      <c r="Z11" s="4"/>
+      <c r="AA11" s="4"/>
+      <c r="AB11" s="4"/>
+      <c r="AC11" s="4"/>
+      <c r="AD11" s="4"/>
+      <c r="AE11" s="4"/>
+      <c r="AF11" s="4"/>
+      <c r="AG11" s="4"/>
+      <c r="AH11" s="4"/>
+      <c r="AI11" s="4"/>
+      <c r="AJ11" s="4"/>
+      <c r="AK11" s="4"/>
+      <c r="AL11" s="4"/>
+      <c r="AM11" s="4"/>
+    </row>
+    <row r="12" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C12" s="41"/>
+      <c r="D12" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>94</v>
       </c>
-      <c r="F12" s="48"/>
-[...73 lines deleted...]
-    <row r="14" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="F12" s="41"/>
+      <c r="G12" s="41"/>
+      <c r="H12" s="43"/>
+      <c r="I12" s="43"/>
+      <c r="J12" s="43"/>
+      <c r="K12" s="4"/>
+      <c r="L12" s="4"/>
+      <c r="M12" s="4"/>
+      <c r="N12" s="41"/>
+      <c r="O12" s="43"/>
+      <c r="P12" s="43"/>
+      <c r="Q12" s="43"/>
+      <c r="R12" s="4"/>
+      <c r="S12" s="4"/>
+      <c r="T12" s="41"/>
+      <c r="U12" s="43"/>
+      <c r="V12" s="41"/>
+      <c r="W12" s="41"/>
+      <c r="X12" s="4"/>
+      <c r="Y12" s="4"/>
+      <c r="Z12" s="4"/>
+      <c r="AA12" s="41"/>
+      <c r="AB12" s="43"/>
+      <c r="AC12" s="43"/>
+      <c r="AD12" s="43"/>
+      <c r="AE12" s="4"/>
+      <c r="AF12" s="4"/>
+      <c r="AG12" s="43"/>
+      <c r="AH12" s="43"/>
+      <c r="AI12" s="43"/>
+      <c r="AJ12" s="4"/>
+      <c r="AK12" s="4"/>
+      <c r="AL12" s="4"/>
+      <c r="AM12" s="4"/>
+    </row>
+    <row r="13" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="44"/>
+      <c r="I13" s="44"/>
+      <c r="J13" s="44"/>
+      <c r="K13" s="7"/>
+      <c r="L13" s="7"/>
+      <c r="M13" s="7"/>
+      <c r="N13" s="44"/>
+      <c r="O13" s="44"/>
+      <c r="P13" s="44"/>
+      <c r="Q13" s="44"/>
+      <c r="R13" s="7"/>
+      <c r="S13" s="7"/>
+      <c r="T13" s="44"/>
+      <c r="U13" s="44"/>
+      <c r="V13" s="44"/>
+      <c r="W13" s="7"/>
+      <c r="X13" s="7"/>
+      <c r="Y13" s="7"/>
+      <c r="Z13" s="7"/>
+      <c r="AA13" s="44"/>
+      <c r="AB13" s="44"/>
+      <c r="AC13" s="44"/>
+      <c r="AD13" s="44"/>
+      <c r="AE13" s="7"/>
+      <c r="AF13" s="7"/>
+      <c r="AG13" s="44"/>
+      <c r="AH13" s="44"/>
+      <c r="AI13" s="44"/>
+      <c r="AJ13" s="7"/>
+      <c r="AK13" s="7"/>
+      <c r="AL13" s="7"/>
+      <c r="AM13" s="6"/>
+    </row>
+    <row r="14" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C14" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="D14" s="48"/>
-[...38 lines deleted...]
-      <c r="D15" s="56" t="s">
+      <c r="D14" s="41"/>
+      <c r="E14" s="4"/>
+      <c r="F14" s="4"/>
+      <c r="G14" s="41"/>
+      <c r="H14" s="43"/>
+      <c r="I14" s="43"/>
+      <c r="J14" s="43"/>
+      <c r="K14" s="4"/>
+      <c r="L14" s="4"/>
+      <c r="M14" s="4"/>
+      <c r="N14" s="43"/>
+      <c r="O14" s="43"/>
+      <c r="P14" s="43"/>
+      <c r="Q14" s="43"/>
+      <c r="R14" s="4"/>
+      <c r="S14" s="4"/>
+      <c r="T14" s="43"/>
+      <c r="U14" s="43"/>
+      <c r="V14" s="43"/>
+      <c r="W14" s="43"/>
+      <c r="X14" s="4"/>
+      <c r="Y14" s="4"/>
+      <c r="Z14" s="4"/>
+      <c r="AA14" s="4"/>
+      <c r="AB14" s="4"/>
+      <c r="AC14" s="4"/>
+      <c r="AD14" s="4"/>
+      <c r="AE14" s="4"/>
+      <c r="AF14" s="4"/>
+      <c r="AG14" s="43"/>
+      <c r="AH14" s="43"/>
+      <c r="AI14" s="43"/>
+      <c r="AJ14" s="4"/>
+      <c r="AK14" s="4"/>
+      <c r="AL14" s="41"/>
+      <c r="AM14" s="41"/>
+    </row>
+    <row r="15" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C15" s="43"/>
+      <c r="D15" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>96</v>
       </c>
-      <c r="F15" s="48"/>
-[...36 lines deleted...]
-      <c r="D16" s="56" t="s">
+      <c r="F15" s="41"/>
+      <c r="G15" s="4"/>
+      <c r="H15" s="4"/>
+      <c r="I15" s="4"/>
+      <c r="J15" s="4"/>
+      <c r="K15" s="4"/>
+      <c r="L15" s="4"/>
+      <c r="M15" s="4"/>
+      <c r="N15" s="4"/>
+      <c r="O15" s="4"/>
+      <c r="P15" s="4"/>
+      <c r="Q15" s="4"/>
+      <c r="R15" s="4"/>
+      <c r="S15" s="43"/>
+      <c r="T15" s="43"/>
+      <c r="U15" s="43"/>
+      <c r="V15" s="43"/>
+      <c r="W15" s="4"/>
+      <c r="X15" s="4"/>
+      <c r="Y15" s="4"/>
+      <c r="Z15" s="41"/>
+      <c r="AA15" s="4"/>
+      <c r="AB15" s="4"/>
+      <c r="AC15" s="4"/>
+      <c r="AD15" s="4"/>
+      <c r="AE15" s="4"/>
+      <c r="AF15" s="4"/>
+      <c r="AG15" s="43"/>
+      <c r="AH15" s="43"/>
+      <c r="AI15" s="43"/>
+      <c r="AJ15" s="4"/>
+      <c r="AK15" s="4"/>
+      <c r="AL15" s="43"/>
+      <c r="AM15" s="41"/>
+    </row>
+    <row r="16" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C16" s="43"/>
+      <c r="D16" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>97</v>
       </c>
-      <c r="F16" s="6"/>
-[...36 lines deleted...]
-      <c r="D17" s="56" t="s">
+      <c r="F16" s="4"/>
+      <c r="G16" s="4"/>
+      <c r="H16" s="41"/>
+      <c r="I16" s="43"/>
+      <c r="J16" s="43"/>
+      <c r="K16" s="43"/>
+      <c r="L16" s="43"/>
+      <c r="M16" s="43"/>
+      <c r="N16" s="43"/>
+      <c r="O16" s="41"/>
+      <c r="P16" s="43"/>
+      <c r="Q16" s="43"/>
+      <c r="R16" s="43"/>
+      <c r="S16" s="43"/>
+      <c r="T16" s="43"/>
+      <c r="U16" s="41"/>
+      <c r="V16" s="43"/>
+      <c r="W16" s="43"/>
+      <c r="X16" s="43"/>
+      <c r="Y16" s="43"/>
+      <c r="Z16" s="41"/>
+      <c r="AA16" s="43"/>
+      <c r="AB16" s="4"/>
+      <c r="AC16" s="4"/>
+      <c r="AD16" s="4"/>
+      <c r="AE16" s="4"/>
+      <c r="AF16" s="41"/>
+      <c r="AG16" s="43"/>
+      <c r="AH16" s="43"/>
+      <c r="AI16" s="43"/>
+      <c r="AJ16" s="43"/>
+      <c r="AK16" s="43"/>
+      <c r="AL16" s="43"/>
+      <c r="AM16" s="41"/>
+    </row>
+    <row r="17" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C17" s="43"/>
+      <c r="D17" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>98</v>
       </c>
-      <c r="F17" s="6"/>
-[...36 lines deleted...]
-      <c r="D18" s="56" t="s">
+      <c r="F17" s="4"/>
+      <c r="G17" s="4"/>
+      <c r="H17" s="41"/>
+      <c r="I17" s="43"/>
+      <c r="J17" s="43"/>
+      <c r="K17" s="43"/>
+      <c r="L17" s="43"/>
+      <c r="M17" s="43"/>
+      <c r="N17" s="43"/>
+      <c r="O17" s="41"/>
+      <c r="P17" s="43"/>
+      <c r="Q17" s="43"/>
+      <c r="R17" s="43"/>
+      <c r="S17" s="43"/>
+      <c r="T17" s="43"/>
+      <c r="U17" s="41"/>
+      <c r="V17" s="43"/>
+      <c r="W17" s="43"/>
+      <c r="X17" s="43"/>
+      <c r="Y17" s="43"/>
+      <c r="Z17" s="41"/>
+      <c r="AA17" s="43"/>
+      <c r="AB17" s="4"/>
+      <c r="AC17" s="4"/>
+      <c r="AD17" s="4"/>
+      <c r="AE17" s="4"/>
+      <c r="AF17" s="41"/>
+      <c r="AG17" s="43"/>
+      <c r="AH17" s="43"/>
+      <c r="AI17" s="43"/>
+      <c r="AJ17" s="43"/>
+      <c r="AK17" s="43"/>
+      <c r="AL17" s="43"/>
+      <c r="AM17" s="41"/>
+    </row>
+    <row r="18" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C18" s="43"/>
+      <c r="D18" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="F18" s="6"/>
-[...73 lines deleted...]
-    <row r="20" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="F18" s="4"/>
+      <c r="G18" s="4"/>
+      <c r="H18" s="41"/>
+      <c r="I18" s="43"/>
+      <c r="J18" s="43"/>
+      <c r="K18" s="43"/>
+      <c r="L18" s="43"/>
+      <c r="M18" s="43"/>
+      <c r="N18" s="43"/>
+      <c r="O18" s="41"/>
+      <c r="P18" s="43"/>
+      <c r="Q18" s="43"/>
+      <c r="R18" s="43"/>
+      <c r="S18" s="43"/>
+      <c r="T18" s="43"/>
+      <c r="U18" s="41"/>
+      <c r="V18" s="43"/>
+      <c r="W18" s="43"/>
+      <c r="X18" s="43"/>
+      <c r="Y18" s="43"/>
+      <c r="Z18" s="41"/>
+      <c r="AA18" s="43"/>
+      <c r="AB18" s="4"/>
+      <c r="AC18" s="4"/>
+      <c r="AD18" s="4"/>
+      <c r="AE18" s="4"/>
+      <c r="AF18" s="41"/>
+      <c r="AG18" s="43"/>
+      <c r="AH18" s="43"/>
+      <c r="AI18" s="43"/>
+      <c r="AJ18" s="43"/>
+      <c r="AK18" s="43"/>
+      <c r="AL18" s="43"/>
+      <c r="AM18" s="41"/>
+    </row>
+    <row r="19" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C19" s="7"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="7"/>
+      <c r="F19" s="7"/>
+      <c r="G19" s="7"/>
+      <c r="H19" s="44"/>
+      <c r="I19" s="44"/>
+      <c r="J19" s="44"/>
+      <c r="K19" s="7"/>
+      <c r="L19" s="7"/>
+      <c r="M19" s="7"/>
+      <c r="N19" s="44"/>
+      <c r="O19" s="44"/>
+      <c r="P19" s="44"/>
+      <c r="Q19" s="44"/>
+      <c r="R19" s="7"/>
+      <c r="S19" s="7"/>
+      <c r="T19" s="44"/>
+      <c r="U19" s="44"/>
+      <c r="V19" s="44"/>
+      <c r="W19" s="7"/>
+      <c r="X19" s="7"/>
+      <c r="Y19" s="7"/>
+      <c r="Z19" s="7"/>
+      <c r="AA19" s="44"/>
+      <c r="AB19" s="44"/>
+      <c r="AC19" s="44"/>
+      <c r="AD19" s="44"/>
+      <c r="AE19" s="7"/>
+      <c r="AF19" s="7"/>
+      <c r="AG19" s="44"/>
+      <c r="AH19" s="44"/>
+      <c r="AI19" s="44"/>
+      <c r="AJ19" s="7"/>
+      <c r="AK19" s="7"/>
+      <c r="AL19" s="7"/>
+      <c r="AM19" s="6"/>
+    </row>
+    <row r="20" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C20" s="4" t="s">
         <v>100</v>
       </c>
-      <c r="D20" s="48"/>
-[...38 lines deleted...]
-      <c r="D21" s="56" t="s">
+      <c r="D20" s="41"/>
+      <c r="E20" s="4"/>
+      <c r="F20" s="4"/>
+      <c r="G20" s="4"/>
+      <c r="H20" s="4"/>
+      <c r="I20" s="4"/>
+      <c r="J20" s="4"/>
+      <c r="K20" s="4"/>
+      <c r="L20" s="4"/>
+      <c r="M20" s="4"/>
+      <c r="N20" s="4"/>
+      <c r="O20" s="4"/>
+      <c r="P20" s="4"/>
+      <c r="Q20" s="4"/>
+      <c r="R20" s="4"/>
+      <c r="S20" s="4"/>
+      <c r="T20" s="4"/>
+      <c r="U20" s="4"/>
+      <c r="V20" s="4"/>
+      <c r="W20" s="4"/>
+      <c r="X20" s="4"/>
+      <c r="Y20" s="4"/>
+      <c r="Z20" s="4"/>
+      <c r="AA20" s="4"/>
+      <c r="AB20" s="4"/>
+      <c r="AC20" s="4"/>
+      <c r="AD20" s="4"/>
+      <c r="AE20" s="4"/>
+      <c r="AF20" s="41"/>
+      <c r="AG20" s="4"/>
+      <c r="AH20" s="4"/>
+      <c r="AI20" s="4"/>
+      <c r="AJ20" s="4"/>
+      <c r="AK20" s="4"/>
+      <c r="AL20" s="4"/>
+      <c r="AM20" s="41"/>
+    </row>
+    <row r="21" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C21" s="4"/>
+      <c r="D21" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>101</v>
       </c>
-      <c r="F21" s="48"/>
-[...36 lines deleted...]
-      <c r="D22" s="56" t="s">
+      <c r="F21" s="41"/>
+      <c r="G21" s="4"/>
+      <c r="H21" s="4"/>
+      <c r="I21" s="4"/>
+      <c r="J21" s="4"/>
+      <c r="K21" s="4"/>
+      <c r="L21" s="4"/>
+      <c r="M21" s="4"/>
+      <c r="N21" s="4"/>
+      <c r="O21" s="4"/>
+      <c r="P21" s="4"/>
+      <c r="Q21" s="4"/>
+      <c r="R21" s="4"/>
+      <c r="S21" s="4"/>
+      <c r="T21" s="4"/>
+      <c r="U21" s="4"/>
+      <c r="V21" s="4"/>
+      <c r="W21" s="4"/>
+      <c r="X21" s="4"/>
+      <c r="Y21" s="4"/>
+      <c r="Z21" s="4"/>
+      <c r="AA21" s="4"/>
+      <c r="AB21" s="4"/>
+      <c r="AC21" s="4"/>
+      <c r="AD21" s="4"/>
+      <c r="AE21" s="4"/>
+      <c r="AF21" s="41"/>
+      <c r="AG21" s="4"/>
+      <c r="AH21" s="4"/>
+      <c r="AI21" s="4"/>
+      <c r="AJ21" s="4"/>
+      <c r="AK21" s="4"/>
+      <c r="AL21" s="4"/>
+      <c r="AM21" s="41"/>
+    </row>
+    <row r="22" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C22" s="41"/>
+      <c r="D22" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>102</v>
       </c>
-      <c r="F22" s="48"/>
-[...36 lines deleted...]
-      <c r="D23" s="56" t="s">
+      <c r="F22" s="41"/>
+      <c r="G22" s="41"/>
+      <c r="H22" s="41"/>
+      <c r="I22" s="41"/>
+      <c r="J22" s="41"/>
+      <c r="K22" s="41"/>
+      <c r="L22" s="41"/>
+      <c r="M22" s="41"/>
+      <c r="N22" s="41"/>
+      <c r="O22" s="41"/>
+      <c r="P22" s="41"/>
+      <c r="Q22" s="41"/>
+      <c r="R22" s="41"/>
+      <c r="S22" s="41"/>
+      <c r="T22" s="41"/>
+      <c r="U22" s="41"/>
+      <c r="V22" s="41"/>
+      <c r="W22" s="41"/>
+      <c r="X22" s="41"/>
+      <c r="Y22" s="41"/>
+      <c r="Z22" s="41"/>
+      <c r="AA22" s="41"/>
+      <c r="AB22" s="41"/>
+      <c r="AC22" s="41"/>
+      <c r="AD22" s="41"/>
+      <c r="AE22" s="41"/>
+      <c r="AF22" s="41"/>
+      <c r="AG22" s="41"/>
+      <c r="AH22" s="41"/>
+      <c r="AI22" s="41"/>
+      <c r="AJ22" s="41"/>
+      <c r="AK22" s="41"/>
+      <c r="AL22" s="41"/>
+      <c r="AM22" s="41"/>
+    </row>
+    <row r="23" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C23" s="41"/>
+      <c r="D23" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>103</v>
       </c>
-      <c r="F23" s="48"/>
-[...37 lines deleted...]
-      <c r="E24" s="48"/>
+      <c r="F23" s="41"/>
+      <c r="G23" s="41"/>
+      <c r="H23" s="41"/>
+      <c r="I23" s="41"/>
+      <c r="J23" s="41"/>
+      <c r="K23" s="41"/>
+      <c r="L23" s="41"/>
+      <c r="M23" s="41"/>
+      <c r="N23" s="41"/>
+      <c r="O23" s="41"/>
+      <c r="P23" s="41"/>
+      <c r="Q23" s="41"/>
+      <c r="R23" s="41"/>
+      <c r="S23" s="41"/>
+      <c r="T23" s="41"/>
+      <c r="U23" s="41"/>
+      <c r="V23" s="41"/>
+      <c r="W23" s="41"/>
+      <c r="X23" s="41"/>
+      <c r="Y23" s="41"/>
+      <c r="Z23" s="41"/>
+      <c r="AA23" s="41"/>
+      <c r="AB23" s="41"/>
+      <c r="AC23" s="41"/>
+      <c r="AD23" s="41"/>
+      <c r="AE23" s="41"/>
+      <c r="AF23" s="41"/>
+      <c r="AG23" s="41"/>
+      <c r="AH23" s="41"/>
+      <c r="AI23" s="41"/>
+      <c r="AJ23" s="41"/>
+      <c r="AK23" s="41"/>
+      <c r="AL23" s="41"/>
+      <c r="AM23" s="41"/>
+    </row>
+    <row r="24" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C24" s="41"/>
+      <c r="D24" s="41"/>
+      <c r="E24" s="41"/>
       <c r="F24" s="4" t="s">
         <v>104</v>
       </c>
-      <c r="G24" s="48"/>
-[...2 lines deleted...]
-      <c r="J24" s="48"/>
+      <c r="G24" s="41"/>
+      <c r="H24" s="41"/>
+      <c r="I24" s="41"/>
+      <c r="J24" s="41"/>
       <c r="K24" s="3" t="s">
         <v>62</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>105</v>
       </c>
-      <c r="M24" s="48"/>
-[...4 lines deleted...]
-      <c r="R24" s="56" t="s">
+      <c r="M24" s="41"/>
+      <c r="N24" s="41"/>
+      <c r="O24" s="41"/>
+      <c r="P24" s="41"/>
+      <c r="Q24" s="41"/>
+      <c r="R24" s="48" t="s">
         <v>78</v>
       </c>
       <c r="S24" s="4" t="s">
         <v>106</v>
       </c>
-      <c r="T24" s="48"/>
-[...2 lines deleted...]
-      <c r="W24" s="56" t="s">
+      <c r="T24" s="41"/>
+      <c r="U24" s="41"/>
+      <c r="V24" s="41"/>
+      <c r="W24" s="48" t="s">
         <v>78</v>
       </c>
       <c r="X24" s="4" t="s">
         <v>107</v>
       </c>
-      <c r="Y24" s="48"/>
-[...2 lines deleted...]
-      <c r="AB24" s="56" t="s">
+      <c r="Y24" s="41"/>
+      <c r="Z24" s="41"/>
+      <c r="AA24" s="41"/>
+      <c r="AB24" s="48" t="s">
         <v>78</v>
       </c>
       <c r="AC24" s="4" t="s">
         <v>108</v>
       </c>
-      <c r="AD24" s="48"/>
-[...3 lines deleted...]
-      <c r="AH24" s="56" t="s">
+      <c r="AD24" s="41"/>
+      <c r="AE24" s="41"/>
+      <c r="AF24" s="41"/>
+      <c r="AG24" s="41"/>
+      <c r="AH24" s="48" t="s">
         <v>78</v>
       </c>
       <c r="AI24" s="4" t="s">
         <v>109</v>
       </c>
-      <c r="AJ24" s="48"/>
-      <c r="AK24" s="48"/>
+      <c r="AJ24" s="41"/>
+      <c r="AK24" s="41"/>
       <c r="AL24" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="AM24" s="48"/>
-[...40 lines deleted...]
-    <row r="26" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AM24" s="41"/>
+    </row>
+    <row r="25" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C25" s="7"/>
+      <c r="D25" s="7"/>
+      <c r="E25" s="7"/>
+      <c r="F25" s="7"/>
+      <c r="G25" s="7"/>
+      <c r="H25" s="44"/>
+      <c r="I25" s="44"/>
+      <c r="J25" s="44"/>
+      <c r="K25" s="7"/>
+      <c r="L25" s="7"/>
+      <c r="M25" s="7"/>
+      <c r="N25" s="44"/>
+      <c r="O25" s="44"/>
+      <c r="P25" s="44"/>
+      <c r="Q25" s="44"/>
+      <c r="R25" s="7"/>
+      <c r="S25" s="7"/>
+      <c r="T25" s="44"/>
+      <c r="U25" s="44"/>
+      <c r="V25" s="44"/>
+      <c r="W25" s="7"/>
+      <c r="X25" s="7"/>
+      <c r="Y25" s="7"/>
+      <c r="Z25" s="7"/>
+      <c r="AA25" s="44"/>
+      <c r="AB25" s="44"/>
+      <c r="AC25" s="44"/>
+      <c r="AD25" s="44"/>
+      <c r="AE25" s="7"/>
+      <c r="AF25" s="7"/>
+      <c r="AG25" s="44"/>
+      <c r="AH25" s="44"/>
+      <c r="AI25" s="44"/>
+      <c r="AJ25" s="7"/>
+      <c r="AK25" s="7"/>
+      <c r="AL25" s="7"/>
+      <c r="AM25" s="6"/>
+    </row>
+    <row r="26" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C26" s="4" t="s">
         <v>110</v>
       </c>
-      <c r="D26" s="48"/>
-[...38 lines deleted...]
-      <c r="D27" s="56" t="s">
+      <c r="D26" s="41"/>
+      <c r="E26" s="41"/>
+      <c r="F26" s="41"/>
+      <c r="G26" s="41"/>
+      <c r="H26" s="41"/>
+      <c r="I26" s="41"/>
+      <c r="J26" s="41"/>
+      <c r="K26" s="41"/>
+      <c r="L26" s="41"/>
+      <c r="M26" s="41"/>
+      <c r="N26" s="41"/>
+      <c r="O26" s="41"/>
+      <c r="P26" s="41"/>
+      <c r="Q26" s="41"/>
+      <c r="R26" s="41"/>
+      <c r="S26" s="41"/>
+      <c r="T26" s="41"/>
+      <c r="U26" s="41"/>
+      <c r="V26" s="41"/>
+      <c r="W26" s="41"/>
+      <c r="X26" s="41"/>
+      <c r="Y26" s="41"/>
+      <c r="Z26" s="41"/>
+      <c r="AA26" s="41"/>
+      <c r="AB26" s="41"/>
+      <c r="AC26" s="41"/>
+      <c r="AD26" s="41"/>
+      <c r="AE26" s="41"/>
+      <c r="AF26" s="41"/>
+      <c r="AG26" s="41"/>
+      <c r="AH26" s="41"/>
+      <c r="AI26" s="41"/>
+      <c r="AJ26" s="41"/>
+      <c r="AK26" s="41"/>
+      <c r="AL26" s="41"/>
+      <c r="AM26" s="41"/>
+    </row>
+    <row r="27" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C27" s="4"/>
+      <c r="D27" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="E27" s="6" t="s">
+      <c r="E27" s="4" t="s">
         <v>111</v>
       </c>
-      <c r="F27" s="48"/>
-[...36 lines deleted...]
-      <c r="D28" s="56" t="s">
+      <c r="F27" s="41"/>
+      <c r="G27" s="4"/>
+      <c r="H27" s="4"/>
+      <c r="I27" s="4"/>
+      <c r="J27" s="4"/>
+      <c r="K27" s="4"/>
+      <c r="L27" s="4"/>
+      <c r="M27" s="4"/>
+      <c r="N27" s="4"/>
+      <c r="O27" s="4"/>
+      <c r="P27" s="4"/>
+      <c r="Q27" s="4"/>
+      <c r="R27" s="4"/>
+      <c r="S27" s="4"/>
+      <c r="T27" s="4"/>
+      <c r="U27" s="4"/>
+      <c r="V27" s="4"/>
+      <c r="W27" s="4"/>
+      <c r="X27" s="4"/>
+      <c r="Y27" s="4"/>
+      <c r="Z27" s="4"/>
+      <c r="AA27" s="4"/>
+      <c r="AB27" s="4"/>
+      <c r="AC27" s="4"/>
+      <c r="AD27" s="4"/>
+      <c r="AE27" s="4"/>
+      <c r="AF27" s="4"/>
+      <c r="AG27" s="4"/>
+      <c r="AH27" s="4"/>
+      <c r="AI27" s="4"/>
+      <c r="AJ27" s="4"/>
+      <c r="AK27" s="4"/>
+      <c r="AL27" s="4"/>
+      <c r="AM27" s="41"/>
+    </row>
+    <row r="28" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C28" s="4"/>
+      <c r="D28" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="E28" s="6" t="s">
+      <c r="E28" s="4" t="s">
         <v>112</v>
       </c>
-      <c r="F28" s="48"/>
-[...74 lines deleted...]
-      <c r="C30" s="6" t="s">
+      <c r="F28" s="41"/>
+      <c r="G28" s="4"/>
+      <c r="H28" s="4"/>
+      <c r="I28" s="4"/>
+      <c r="J28" s="4"/>
+      <c r="K28" s="4"/>
+      <c r="L28" s="4"/>
+      <c r="M28" s="4"/>
+      <c r="N28" s="4"/>
+      <c r="O28" s="4"/>
+      <c r="P28" s="4"/>
+      <c r="Q28" s="4"/>
+      <c r="R28" s="4"/>
+      <c r="S28" s="4"/>
+      <c r="T28" s="4"/>
+      <c r="U28" s="4"/>
+      <c r="V28" s="4"/>
+      <c r="W28" s="4"/>
+      <c r="X28" s="4"/>
+      <c r="Y28" s="4"/>
+      <c r="Z28" s="4"/>
+      <c r="AA28" s="4"/>
+      <c r="AB28" s="4"/>
+      <c r="AC28" s="4"/>
+      <c r="AD28" s="4"/>
+      <c r="AE28" s="4"/>
+      <c r="AF28" s="4"/>
+      <c r="AG28" s="4"/>
+      <c r="AH28" s="4"/>
+      <c r="AI28" s="4"/>
+      <c r="AJ28" s="4"/>
+      <c r="AK28" s="4"/>
+      <c r="AL28" s="4"/>
+      <c r="AM28" s="41"/>
+    </row>
+    <row r="29" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C29" s="7"/>
+      <c r="D29" s="7"/>
+      <c r="E29" s="7"/>
+      <c r="F29" s="7"/>
+      <c r="G29" s="7"/>
+      <c r="H29" s="44"/>
+      <c r="I29" s="44"/>
+      <c r="J29" s="44"/>
+      <c r="K29" s="7"/>
+      <c r="L29" s="7"/>
+      <c r="M29" s="7"/>
+      <c r="N29" s="44"/>
+      <c r="O29" s="44"/>
+      <c r="P29" s="44"/>
+      <c r="Q29" s="44"/>
+      <c r="R29" s="7"/>
+      <c r="S29" s="7"/>
+      <c r="T29" s="44"/>
+      <c r="U29" s="44"/>
+      <c r="V29" s="44"/>
+      <c r="W29" s="7"/>
+      <c r="X29" s="7"/>
+      <c r="Y29" s="7"/>
+      <c r="Z29" s="7"/>
+      <c r="AA29" s="44"/>
+      <c r="AB29" s="44"/>
+      <c r="AC29" s="44"/>
+      <c r="AD29" s="44"/>
+      <c r="AE29" s="7"/>
+      <c r="AF29" s="7"/>
+      <c r="AG29" s="44"/>
+      <c r="AH29" s="44"/>
+      <c r="AI29" s="44"/>
+      <c r="AJ29" s="7"/>
+      <c r="AK29" s="7"/>
+      <c r="AL29" s="7"/>
+      <c r="AM29" s="6"/>
+    </row>
+    <row r="30" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C30" s="4" t="s">
         <v>113</v>
       </c>
-      <c r="D30" s="48"/>
-[...38 lines deleted...]
-      <c r="D31" s="56" t="s">
+      <c r="D30" s="41"/>
+      <c r="E30" s="4"/>
+      <c r="F30" s="4"/>
+      <c r="G30" s="4"/>
+      <c r="H30" s="4"/>
+      <c r="I30" s="4"/>
+      <c r="J30" s="4"/>
+      <c r="K30" s="4"/>
+      <c r="L30" s="4"/>
+      <c r="M30" s="4"/>
+      <c r="N30" s="4"/>
+      <c r="O30" s="4"/>
+      <c r="P30" s="4"/>
+      <c r="Q30" s="4"/>
+      <c r="R30" s="4"/>
+      <c r="S30" s="4"/>
+      <c r="T30" s="4"/>
+      <c r="U30" s="4"/>
+      <c r="V30" s="4"/>
+      <c r="W30" s="4"/>
+      <c r="X30" s="4"/>
+      <c r="Y30" s="4"/>
+      <c r="Z30" s="4"/>
+      <c r="AA30" s="4"/>
+      <c r="AB30" s="4"/>
+      <c r="AC30" s="4"/>
+      <c r="AD30" s="4"/>
+      <c r="AE30" s="4"/>
+      <c r="AF30" s="4"/>
+      <c r="AG30" s="4"/>
+      <c r="AH30" s="4"/>
+      <c r="AI30" s="4"/>
+      <c r="AJ30" s="4"/>
+      <c r="AK30" s="4"/>
+      <c r="AL30" s="4"/>
+      <c r="AM30" s="41"/>
+    </row>
+    <row r="31" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C31" s="4"/>
+      <c r="D31" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="E31" s="6" t="s">
+      <c r="E31" s="4" t="s">
         <v>114</v>
       </c>
-      <c r="F31" s="6"/>
-[...74 lines deleted...]
-      <c r="C33" s="6" t="s">
+      <c r="F31" s="4"/>
+      <c r="G31" s="4"/>
+      <c r="H31" s="4"/>
+      <c r="I31" s="4"/>
+      <c r="J31" s="4"/>
+      <c r="K31" s="4"/>
+      <c r="L31" s="4"/>
+      <c r="M31" s="4"/>
+      <c r="N31" s="4"/>
+      <c r="O31" s="4"/>
+      <c r="P31" s="4"/>
+      <c r="Q31" s="4"/>
+      <c r="R31" s="41"/>
+      <c r="S31" s="4"/>
+      <c r="T31" s="4"/>
+      <c r="U31" s="4"/>
+      <c r="V31" s="4"/>
+      <c r="W31" s="4"/>
+      <c r="X31" s="4"/>
+      <c r="Y31" s="4"/>
+      <c r="Z31" s="4"/>
+      <c r="AA31" s="4"/>
+      <c r="AB31" s="4"/>
+      <c r="AC31" s="4"/>
+      <c r="AD31" s="4"/>
+      <c r="AE31" s="4"/>
+      <c r="AF31" s="4"/>
+      <c r="AG31" s="4"/>
+      <c r="AH31" s="4"/>
+      <c r="AI31" s="4"/>
+      <c r="AJ31" s="4"/>
+      <c r="AK31" s="4"/>
+      <c r="AL31" s="4"/>
+      <c r="AM31" s="41"/>
+    </row>
+    <row r="32" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C32" s="7"/>
+      <c r="D32" s="7"/>
+      <c r="E32" s="7"/>
+      <c r="F32" s="7"/>
+      <c r="G32" s="7"/>
+      <c r="H32" s="44"/>
+      <c r="I32" s="44"/>
+      <c r="J32" s="44"/>
+      <c r="K32" s="7"/>
+      <c r="L32" s="7"/>
+      <c r="M32" s="7"/>
+      <c r="N32" s="44"/>
+      <c r="O32" s="44"/>
+      <c r="P32" s="44"/>
+      <c r="Q32" s="44"/>
+      <c r="R32" s="7"/>
+      <c r="S32" s="7"/>
+      <c r="T32" s="44"/>
+      <c r="U32" s="44"/>
+      <c r="V32" s="44"/>
+      <c r="W32" s="7"/>
+      <c r="X32" s="7"/>
+      <c r="Y32" s="7"/>
+      <c r="Z32" s="7"/>
+      <c r="AA32" s="44"/>
+      <c r="AB32" s="44"/>
+      <c r="AC32" s="44"/>
+      <c r="AD32" s="44"/>
+      <c r="AE32" s="7"/>
+      <c r="AF32" s="7"/>
+      <c r="AG32" s="44"/>
+      <c r="AH32" s="44"/>
+      <c r="AI32" s="44"/>
+      <c r="AJ32" s="7"/>
+      <c r="AK32" s="7"/>
+      <c r="AL32" s="7"/>
+      <c r="AM32" s="6"/>
+    </row>
+    <row r="33" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C33" s="4" t="s">
         <v>115</v>
       </c>
-      <c r="D33" s="48"/>
-[...38 lines deleted...]
-      <c r="D34" s="56" t="s">
+      <c r="D33" s="41"/>
+      <c r="E33" s="4"/>
+      <c r="F33" s="4"/>
+      <c r="G33" s="4"/>
+      <c r="H33" s="4"/>
+      <c r="I33" s="4"/>
+      <c r="J33" s="4"/>
+      <c r="K33" s="4"/>
+      <c r="L33" s="4"/>
+      <c r="M33" s="4"/>
+      <c r="N33" s="4"/>
+      <c r="O33" s="4"/>
+      <c r="P33" s="4"/>
+      <c r="Q33" s="4"/>
+      <c r="R33" s="4"/>
+      <c r="S33" s="4"/>
+      <c r="T33" s="4"/>
+      <c r="U33" s="4"/>
+      <c r="V33" s="4"/>
+      <c r="W33" s="4"/>
+      <c r="X33" s="4"/>
+      <c r="Y33" s="4"/>
+      <c r="Z33" s="4"/>
+      <c r="AA33" s="4"/>
+      <c r="AB33" s="4"/>
+      <c r="AC33" s="4"/>
+      <c r="AD33" s="4"/>
+      <c r="AE33" s="4"/>
+      <c r="AF33" s="4"/>
+      <c r="AG33" s="4"/>
+      <c r="AH33" s="4"/>
+      <c r="AI33" s="4"/>
+      <c r="AJ33" s="4"/>
+      <c r="AK33" s="4"/>
+      <c r="AL33" s="4"/>
+      <c r="AM33" s="41"/>
+    </row>
+    <row r="34" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C34" s="4"/>
+      <c r="D34" s="48" t="s">
         <v>78</v>
       </c>
-      <c r="E34" s="6" t="s">
+      <c r="E34" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="F34" s="6"/>
-[...74 lines deleted...]
-      <c r="C36" s="6" t="s">
+      <c r="F34" s="4"/>
+      <c r="G34" s="4"/>
+      <c r="H34" s="4"/>
+      <c r="I34" s="4"/>
+      <c r="J34" s="4"/>
+      <c r="K34" s="4"/>
+      <c r="L34" s="4"/>
+      <c r="M34" s="4"/>
+      <c r="N34" s="4"/>
+      <c r="O34" s="4"/>
+      <c r="P34" s="4"/>
+      <c r="Q34" s="4"/>
+      <c r="R34" s="4"/>
+      <c r="S34" s="4"/>
+      <c r="T34" s="41"/>
+      <c r="U34" s="4"/>
+      <c r="V34" s="4"/>
+      <c r="W34" s="4"/>
+      <c r="X34" s="4"/>
+      <c r="Y34" s="4"/>
+      <c r="Z34" s="4"/>
+      <c r="AA34" s="4"/>
+      <c r="AB34" s="4"/>
+      <c r="AC34" s="4"/>
+      <c r="AD34" s="4"/>
+      <c r="AE34" s="4"/>
+      <c r="AF34" s="4"/>
+      <c r="AG34" s="4"/>
+      <c r="AH34" s="4"/>
+      <c r="AI34" s="4"/>
+      <c r="AJ34" s="4"/>
+      <c r="AK34" s="4"/>
+      <c r="AL34" s="4"/>
+      <c r="AM34" s="41"/>
+    </row>
+    <row r="35" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="7"/>
+      <c r="F35" s="7"/>
+      <c r="G35" s="7"/>
+      <c r="H35" s="44"/>
+      <c r="I35" s="44"/>
+      <c r="J35" s="44"/>
+      <c r="K35" s="7"/>
+      <c r="L35" s="7"/>
+      <c r="M35" s="7"/>
+      <c r="N35" s="44"/>
+      <c r="O35" s="44"/>
+      <c r="P35" s="44"/>
+      <c r="Q35" s="44"/>
+      <c r="R35" s="7"/>
+      <c r="S35" s="7"/>
+      <c r="T35" s="44"/>
+      <c r="U35" s="44"/>
+      <c r="V35" s="44"/>
+      <c r="W35" s="7"/>
+      <c r="X35" s="7"/>
+      <c r="Y35" s="7"/>
+      <c r="Z35" s="7"/>
+      <c r="AA35" s="44"/>
+      <c r="AB35" s="44"/>
+      <c r="AC35" s="44"/>
+      <c r="AD35" s="44"/>
+      <c r="AE35" s="7"/>
+      <c r="AF35" s="7"/>
+      <c r="AG35" s="44"/>
+      <c r="AH35" s="44"/>
+      <c r="AI35" s="44"/>
+      <c r="AJ35" s="7"/>
+      <c r="AK35" s="7"/>
+      <c r="AL35" s="7"/>
+      <c r="AM35" s="6"/>
+    </row>
+    <row r="36" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C36" s="4" t="s">
         <v>117</v>
       </c>
-      <c r="D36" s="48"/>
-[...38 lines deleted...]
-      <c r="D37" s="56" t="s">
+      <c r="D36" s="41"/>
+      <c r="E36" s="4"/>
+      <c r="F36" s="4"/>
+      <c r="G36" s="4"/>
+      <c r="H36" s="4"/>
+      <c r="I36" s="4"/>
+      <c r="J36" s="4"/>
+      <c r="K36" s="4"/>
+      <c r="L36" s="4"/>
+      <c r="M36" s="4"/>
+      <c r="N36" s="4"/>
+      <c r="O36" s="4"/>
+      <c r="P36" s="4"/>
+      <c r="Q36" s="4"/>
+      <c r="R36" s="4"/>
+      <c r="S36" s="4"/>
+      <c r="T36" s="4"/>
+      <c r="U36" s="4"/>
+      <c r="V36" s="4"/>
+      <c r="W36" s="4"/>
+      <c r="X36" s="4"/>
+      <c r="Y36" s="4"/>
+      <c r="Z36" s="4"/>
+      <c r="AA36" s="4"/>
+      <c r="AB36" s="4"/>
+      <c r="AC36" s="4"/>
+      <c r="AD36" s="4"/>
+      <c r="AE36" s="4"/>
+      <c r="AF36" s="4"/>
+      <c r="AG36" s="4"/>
+      <c r="AH36" s="4"/>
+      <c r="AI36" s="4"/>
+      <c r="AJ36" s="4"/>
+      <c r="AK36" s="4"/>
+      <c r="AL36" s="4"/>
+      <c r="AM36" s="41"/>
+    </row>
+    <row r="37" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C37" s="4"/>
+      <c r="D37" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>118</v>
       </c>
-      <c r="F37" s="48"/>
-[...113 lines deleted...]
-      <c r="C40" s="6" t="s">
+      <c r="F37" s="41"/>
+      <c r="G37" s="4"/>
+      <c r="H37" s="41"/>
+      <c r="I37" s="4"/>
+      <c r="J37" s="41"/>
+      <c r="K37" s="4"/>
+      <c r="L37" s="41"/>
+      <c r="M37" s="4"/>
+      <c r="N37" s="41"/>
+      <c r="O37" s="4"/>
+      <c r="P37" s="41"/>
+      <c r="Q37" s="4"/>
+      <c r="R37" s="41"/>
+      <c r="S37" s="4"/>
+      <c r="T37" s="41"/>
+      <c r="U37" s="4"/>
+      <c r="V37" s="4"/>
+      <c r="W37" s="4"/>
+      <c r="X37" s="4"/>
+      <c r="Y37" s="4"/>
+      <c r="Z37" s="4"/>
+      <c r="AA37" s="4"/>
+      <c r="AB37" s="4"/>
+      <c r="AC37" s="4"/>
+      <c r="AD37" s="4"/>
+      <c r="AE37" s="4"/>
+      <c r="AF37" s="4"/>
+      <c r="AG37" s="4"/>
+      <c r="AH37" s="4"/>
+      <c r="AI37" s="4"/>
+      <c r="AJ37" s="4"/>
+      <c r="AK37" s="4"/>
+      <c r="AL37" s="4"/>
+      <c r="AM37" s="41"/>
+    </row>
+    <row r="38" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C38" s="6"/>
+      <c r="D38" s="6"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="6"/>
+      <c r="G38" s="6"/>
+      <c r="H38" s="45"/>
+      <c r="I38" s="45"/>
+      <c r="J38" s="45"/>
+      <c r="K38" s="6"/>
+      <c r="L38" s="6"/>
+      <c r="M38" s="6"/>
+      <c r="N38" s="45"/>
+      <c r="O38" s="45"/>
+      <c r="P38" s="45"/>
+      <c r="Q38" s="45"/>
+      <c r="R38" s="6"/>
+      <c r="S38" s="6"/>
+      <c r="T38" s="45"/>
+      <c r="U38" s="45"/>
+      <c r="V38" s="45"/>
+      <c r="W38" s="6"/>
+      <c r="X38" s="6"/>
+      <c r="Y38" s="6"/>
+      <c r="Z38" s="6"/>
+      <c r="AA38" s="45"/>
+      <c r="AB38" s="45"/>
+      <c r="AC38" s="45"/>
+      <c r="AD38" s="45"/>
+      <c r="AE38" s="6"/>
+      <c r="AF38" s="6"/>
+      <c r="AG38" s="45"/>
+      <c r="AH38" s="45"/>
+      <c r="AI38" s="45"/>
+      <c r="AJ38" s="6"/>
+      <c r="AK38" s="6"/>
+      <c r="AL38" s="6"/>
+      <c r="AM38" s="6"/>
+    </row>
+    <row r="39" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C39" s="6"/>
+      <c r="D39" s="6"/>
+      <c r="E39" s="6"/>
+      <c r="F39" s="6"/>
+      <c r="G39" s="6"/>
+      <c r="H39" s="6"/>
+      <c r="I39" s="6"/>
+      <c r="J39" s="6"/>
+      <c r="K39" s="6"/>
+      <c r="L39" s="6"/>
+      <c r="M39" s="6"/>
+      <c r="N39" s="6"/>
+      <c r="O39" s="6"/>
+      <c r="P39" s="6"/>
+      <c r="Q39" s="6"/>
+      <c r="R39" s="6"/>
+      <c r="S39" s="6"/>
+      <c r="T39" s="6"/>
+      <c r="U39" s="6"/>
+      <c r="V39" s="6"/>
+      <c r="W39" s="6"/>
+      <c r="X39" s="6"/>
+      <c r="Y39" s="6"/>
+      <c r="Z39" s="6"/>
+      <c r="AA39" s="6"/>
+      <c r="AB39" s="6"/>
+      <c r="AC39" s="6"/>
+      <c r="AD39" s="6"/>
+      <c r="AE39" s="6"/>
+      <c r="AF39" s="6"/>
+      <c r="AG39" s="6"/>
+      <c r="AH39" s="6"/>
+      <c r="AI39" s="6"/>
+      <c r="AJ39" s="6"/>
+      <c r="AK39" s="6"/>
+      <c r="AL39" s="6"/>
+      <c r="AM39" s="6"/>
+    </row>
+    <row r="40" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C40" s="4" t="s">
         <v>119</v>
       </c>
-      <c r="D40" s="6"/>
-[...38 lines deleted...]
-      <c r="D41" s="42" t="s">
+      <c r="D40" s="4"/>
+      <c r="E40" s="4"/>
+      <c r="F40" s="4"/>
+      <c r="G40" s="4"/>
+      <c r="H40" s="4"/>
+      <c r="I40" s="4"/>
+      <c r="J40" s="4"/>
+      <c r="K40" s="4"/>
+      <c r="L40" s="4"/>
+      <c r="M40" s="4"/>
+      <c r="N40" s="4"/>
+      <c r="O40" s="4"/>
+      <c r="P40" s="4"/>
+      <c r="Q40" s="4"/>
+      <c r="R40" s="4"/>
+      <c r="S40" s="4"/>
+      <c r="T40" s="4"/>
+      <c r="U40" s="4"/>
+      <c r="V40" s="4"/>
+      <c r="W40" s="4"/>
+      <c r="X40" s="4"/>
+      <c r="Y40" s="4"/>
+      <c r="Z40" s="4"/>
+      <c r="AA40" s="4"/>
+      <c r="AB40" s="4"/>
+      <c r="AC40" s="4"/>
+      <c r="AD40" s="4"/>
+      <c r="AE40" s="4"/>
+      <c r="AF40" s="4"/>
+      <c r="AG40" s="4"/>
+      <c r="AH40" s="4"/>
+      <c r="AI40" s="4"/>
+      <c r="AJ40" s="4"/>
+      <c r="AK40" s="4"/>
+      <c r="AL40" s="4"/>
+      <c r="AM40" s="41"/>
+    </row>
+    <row r="41" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C41" s="4"/>
+      <c r="D41" s="36" t="s">
+        <v>268</v>
+      </c>
+      <c r="E41" s="96" t="s">
         <v>269</v>
       </c>
-      <c r="E41" s="109" t="s">
-[...243 lines deleted...]
-    <row r="56" ht="13.5" x14ac:dyDescent="0.15"/>
+      <c r="F41" s="96"/>
+      <c r="G41" s="96"/>
+      <c r="H41" s="96"/>
+      <c r="I41" s="96"/>
+      <c r="J41" s="96"/>
+      <c r="K41" s="96"/>
+      <c r="L41" s="96"/>
+      <c r="M41" s="96"/>
+      <c r="N41" s="96"/>
+      <c r="O41" s="96"/>
+      <c r="P41" s="96"/>
+      <c r="Q41" s="96"/>
+      <c r="R41" s="96"/>
+      <c r="S41" s="96"/>
+      <c r="T41" s="96"/>
+      <c r="U41" s="96"/>
+      <c r="V41" s="96"/>
+      <c r="W41" s="96"/>
+      <c r="X41" s="96"/>
+      <c r="Y41" s="96"/>
+      <c r="Z41" s="96"/>
+      <c r="AA41" s="96"/>
+      <c r="AB41" s="96"/>
+      <c r="AC41" s="96"/>
+      <c r="AD41" s="96"/>
+      <c r="AE41" s="96"/>
+      <c r="AF41" s="96"/>
+      <c r="AG41" s="96"/>
+      <c r="AH41" s="96"/>
+      <c r="AI41" s="96"/>
+      <c r="AJ41" s="96"/>
+      <c r="AK41" s="96"/>
+      <c r="AL41" s="96"/>
+      <c r="AM41" s="41"/>
+    </row>
+    <row r="42" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C42" s="4"/>
+      <c r="D42" s="36"/>
+      <c r="E42" s="36"/>
+      <c r="F42" s="4"/>
+      <c r="G42" s="4"/>
+      <c r="H42" s="4"/>
+      <c r="I42" s="4"/>
+      <c r="J42" s="4"/>
+      <c r="K42" s="4"/>
+      <c r="L42" s="4"/>
+      <c r="M42" s="4"/>
+      <c r="N42" s="4"/>
+      <c r="O42" s="4"/>
+      <c r="P42" s="4"/>
+      <c r="Q42" s="4"/>
+      <c r="R42" s="4"/>
+      <c r="S42" s="4"/>
+      <c r="T42" s="4"/>
+      <c r="U42" s="4"/>
+      <c r="V42" s="4"/>
+      <c r="W42" s="4"/>
+      <c r="X42" s="4"/>
+      <c r="Y42" s="4"/>
+      <c r="Z42" s="4"/>
+      <c r="AA42" s="4"/>
+      <c r="AB42" s="4"/>
+      <c r="AC42" s="4"/>
+      <c r="AD42" s="4"/>
+      <c r="AE42" s="4"/>
+      <c r="AF42" s="4"/>
+      <c r="AG42" s="4"/>
+      <c r="AH42" s="4"/>
+      <c r="AI42" s="4"/>
+      <c r="AJ42" s="4"/>
+      <c r="AK42" s="4"/>
+      <c r="AL42" s="4"/>
+      <c r="AM42" s="41"/>
+    </row>
+    <row r="43" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C43" s="4"/>
+      <c r="D43" s="41"/>
+      <c r="E43" s="37"/>
+      <c r="F43" s="4"/>
+      <c r="G43" s="4"/>
+      <c r="H43" s="4"/>
+      <c r="I43" s="4"/>
+      <c r="J43" s="4"/>
+      <c r="K43" s="4"/>
+      <c r="L43" s="4"/>
+      <c r="M43" s="4"/>
+      <c r="N43" s="4"/>
+      <c r="O43" s="4"/>
+      <c r="P43" s="4"/>
+      <c r="Q43" s="4"/>
+      <c r="R43" s="4"/>
+      <c r="S43" s="4"/>
+      <c r="T43" s="4"/>
+      <c r="U43" s="4"/>
+      <c r="V43" s="4"/>
+      <c r="W43" s="4"/>
+      <c r="X43" s="4"/>
+      <c r="Y43" s="4"/>
+      <c r="Z43" s="4"/>
+      <c r="AA43" s="4"/>
+      <c r="AB43" s="4"/>
+      <c r="AC43" s="4"/>
+      <c r="AD43" s="4"/>
+      <c r="AE43" s="4"/>
+      <c r="AF43" s="4"/>
+      <c r="AG43" s="4"/>
+      <c r="AH43" s="4"/>
+      <c r="AI43" s="4"/>
+      <c r="AJ43" s="4"/>
+      <c r="AK43" s="4"/>
+      <c r="AL43" s="4"/>
+      <c r="AM43" s="41"/>
+    </row>
+    <row r="44" spans="2:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C44" s="4"/>
+      <c r="D44" s="4"/>
+      <c r="E44" s="4"/>
+      <c r="F44" s="4"/>
+      <c r="G44" s="4"/>
+      <c r="H44" s="4"/>
+      <c r="I44" s="4"/>
+      <c r="J44" s="4"/>
+      <c r="K44" s="4"/>
+      <c r="L44" s="4"/>
+      <c r="M44" s="4"/>
+      <c r="N44" s="4"/>
+      <c r="O44" s="4"/>
+      <c r="P44" s="4"/>
+      <c r="Q44" s="4"/>
+      <c r="R44" s="4"/>
+      <c r="S44" s="4"/>
+      <c r="T44" s="4"/>
+      <c r="U44" s="4"/>
+      <c r="V44" s="4"/>
+      <c r="W44" s="4"/>
+      <c r="X44" s="4"/>
+      <c r="Y44" s="4"/>
+      <c r="Z44" s="4"/>
+      <c r="AA44" s="4"/>
+      <c r="AB44" s="4"/>
+      <c r="AC44" s="4"/>
+      <c r="AD44" s="4"/>
+      <c r="AE44" s="4"/>
+      <c r="AF44" s="4"/>
+      <c r="AG44" s="4"/>
+      <c r="AH44" s="4"/>
+      <c r="AI44" s="4"/>
+      <c r="AJ44" s="4"/>
+      <c r="AK44" s="4"/>
+      <c r="AL44" s="4"/>
+      <c r="AM44" s="41"/>
+    </row>
+    <row r="45" spans="2:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="B45" s="41"/>
+      <c r="C45" s="41"/>
+      <c r="D45" s="41"/>
+      <c r="E45" s="41"/>
+      <c r="F45" s="41"/>
+      <c r="G45" s="41"/>
+      <c r="H45" s="41"/>
+      <c r="I45" s="41"/>
+      <c r="J45" s="41"/>
+      <c r="K45" s="41"/>
+      <c r="L45" s="41"/>
+      <c r="M45" s="41"/>
+      <c r="N45" s="41"/>
+      <c r="O45" s="41"/>
+      <c r="P45" s="41"/>
+      <c r="Q45" s="41"/>
+      <c r="R45" s="41"/>
+      <c r="S45" s="41"/>
+      <c r="T45" s="41"/>
+      <c r="U45" s="41"/>
+      <c r="V45" s="41"/>
+      <c r="W45" s="41"/>
+      <c r="X45" s="41"/>
+      <c r="Y45" s="41"/>
+      <c r="Z45" s="41"/>
+      <c r="AA45" s="41"/>
+      <c r="AB45" s="41"/>
+      <c r="AC45" s="41"/>
+      <c r="AD45" s="41"/>
+      <c r="AE45" s="41"/>
+      <c r="AF45" s="41"/>
+      <c r="AG45" s="41"/>
+      <c r="AH45" s="41"/>
+      <c r="AI45" s="41"/>
+      <c r="AJ45" s="41"/>
+      <c r="AK45" s="41"/>
+      <c r="AL45" s="41"/>
+      <c r="AM45" s="41"/>
+    </row>
+    <row r="46" spans="2:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="B46" s="41"/>
+      <c r="C46" s="41"/>
+      <c r="D46" s="41"/>
+      <c r="E46" s="41"/>
+      <c r="F46" s="41"/>
+      <c r="G46" s="41"/>
+      <c r="H46" s="41"/>
+      <c r="I46" s="41"/>
+      <c r="J46" s="41"/>
+      <c r="K46" s="41"/>
+      <c r="L46" s="41"/>
+      <c r="M46" s="41"/>
+      <c r="N46" s="41"/>
+      <c r="O46" s="41"/>
+      <c r="P46" s="41"/>
+      <c r="Q46" s="41"/>
+      <c r="R46" s="41"/>
+      <c r="S46" s="41"/>
+      <c r="T46" s="41"/>
+      <c r="U46" s="41"/>
+      <c r="V46" s="41"/>
+      <c r="W46" s="41"/>
+      <c r="X46" s="41"/>
+      <c r="Y46" s="41"/>
+      <c r="Z46" s="41"/>
+      <c r="AA46" s="41"/>
+      <c r="AB46" s="41"/>
+      <c r="AC46" s="41"/>
+      <c r="AD46" s="41"/>
+      <c r="AE46" s="41"/>
+      <c r="AF46" s="41"/>
+      <c r="AG46" s="41"/>
+      <c r="AH46" s="41"/>
+      <c r="AI46" s="41"/>
+      <c r="AJ46" s="41"/>
+      <c r="AK46" s="41"/>
+      <c r="AL46" s="41"/>
+      <c r="AM46" s="41"/>
+    </row>
+    <row r="47" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="48" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="49" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="50" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="51" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="52" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="53" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="54" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="55" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="56" ht="13" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="C3:AL3"/>
     <mergeCell ref="E41:AL41"/>
   </mergeCells>
   <phoneticPr fontId="35"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D5:D6 D10:D12 D21:D23 D27:D28 D34 D37 D15:D18 R24 W24 AB24 AH24 D31" xr:uid="{C0AE2B59-1FC3-428E-BFAF-91FB2567A825}">
       <formula1>"□,☑"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.23622047244094491" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"游ゴシック,標準"&amp;9 &amp;K00-0182025年6月20日版　株式会社GAI建築確認</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3C157031-3176-40A6-B8F4-2008134CF13A}">
   <dimension ref="B3:AY64"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="E25" sqref="E25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="2.625" style="49"/>
+    <col min="1" max="16384" width="2.6328125" style="42"/>
   </cols>
   <sheetData>
-    <row r="3" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="C3" s="95" t="s">
+    <row r="3" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C3" s="71" t="s">
         <v>120</v>
       </c>
-      <c r="D3" s="95"/>
-[...48 lines deleted...]
-    <row r="4" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="D3" s="71"/>
+      <c r="E3" s="71"/>
+      <c r="F3" s="71"/>
+      <c r="G3" s="71"/>
+      <c r="H3" s="71"/>
+      <c r="I3" s="71"/>
+      <c r="J3" s="71"/>
+      <c r="K3" s="71"/>
+      <c r="L3" s="71"/>
+      <c r="M3" s="71"/>
+      <c r="N3" s="71"/>
+      <c r="O3" s="71"/>
+      <c r="P3" s="71"/>
+      <c r="Q3" s="71"/>
+      <c r="R3" s="71"/>
+      <c r="S3" s="71"/>
+      <c r="T3" s="71"/>
+      <c r="U3" s="71"/>
+      <c r="V3" s="71"/>
+      <c r="W3" s="71"/>
+      <c r="X3" s="71"/>
+      <c r="Y3" s="71"/>
+      <c r="Z3" s="71"/>
+      <c r="AA3" s="71"/>
+      <c r="AB3" s="71"/>
+      <c r="AC3" s="71"/>
+      <c r="AD3" s="71"/>
+      <c r="AE3" s="71"/>
+      <c r="AF3" s="71"/>
+      <c r="AG3" s="71"/>
+      <c r="AH3" s="71"/>
+      <c r="AI3" s="71"/>
+      <c r="AJ3" s="71"/>
+      <c r="AK3" s="71"/>
+      <c r="AL3" s="71"/>
+      <c r="AM3" s="3"/>
+      <c r="AN3" s="41"/>
+      <c r="AO3" s="41"/>
+      <c r="AP3" s="41"/>
+      <c r="AQ3" s="41"/>
+      <c r="AR3" s="41"/>
+      <c r="AS3" s="41"/>
+      <c r="AT3" s="41"/>
+      <c r="AU3" s="41"/>
+      <c r="AV3" s="41"/>
+      <c r="AW3" s="41"/>
+      <c r="AX3" s="41"/>
+      <c r="AY3" s="41"/>
+    </row>
+    <row r="4" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C4" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="5"/>
       <c r="L4" s="5"/>
       <c r="M4" s="5"/>
       <c r="N4" s="5"/>
       <c r="O4" s="5"/>
       <c r="P4" s="5"/>
       <c r="Q4" s="5"/>
       <c r="R4" s="5"/>
       <c r="S4" s="5"/>
       <c r="T4" s="5"/>
       <c r="U4" s="5"/>
       <c r="V4" s="5"/>
       <c r="W4" s="5"/>
       <c r="X4" s="5"/>
       <c r="Y4" s="5"/>
       <c r="Z4" s="5"/>
       <c r="AA4" s="5"/>
       <c r="AB4" s="5"/>
       <c r="AC4" s="5"/>
       <c r="AD4" s="5"/>
       <c r="AE4" s="5"/>
       <c r="AF4" s="5"/>
       <c r="AG4" s="5"/>
       <c r="AH4" s="5"/>
       <c r="AI4" s="5"/>
       <c r="AJ4" s="5"/>
       <c r="AK4" s="5"/>
       <c r="AL4" s="5"/>
-      <c r="AM4" s="6"/>
-[...14 lines deleted...]
-      <c r="C5" s="12" t="s">
+      <c r="AM4" s="4"/>
+      <c r="AN4" s="41"/>
+      <c r="AO4" s="41"/>
+      <c r="AP4" s="41"/>
+      <c r="AQ4" s="41"/>
+      <c r="AR4" s="41"/>
+      <c r="AS4" s="41"/>
+      <c r="AT4" s="41"/>
+      <c r="AU4" s="41"/>
+      <c r="AV4" s="41"/>
+      <c r="AW4" s="41"/>
+      <c r="AX4" s="41"/>
+      <c r="AY4" s="41"/>
+    </row>
+    <row r="5" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C5" s="9" t="s">
         <v>122</v>
       </c>
-      <c r="D5" s="12"/>
-[...151 lines deleted...]
-      <c r="C8" s="12" t="s">
+      <c r="D5" s="9"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="9"/>
+      <c r="H5" s="9"/>
+      <c r="I5" s="9"/>
+      <c r="J5" s="77"/>
+      <c r="K5" s="77"/>
+      <c r="L5" s="77"/>
+      <c r="M5" s="77"/>
+      <c r="N5" s="77"/>
+      <c r="O5" s="77"/>
+      <c r="P5" s="77"/>
+      <c r="Q5" s="77"/>
+      <c r="R5" s="77"/>
+      <c r="S5" s="77"/>
+      <c r="T5" s="77"/>
+      <c r="U5" s="77"/>
+      <c r="V5" s="77"/>
+      <c r="W5" s="77"/>
+      <c r="X5" s="77"/>
+      <c r="Y5" s="77"/>
+      <c r="Z5" s="77"/>
+      <c r="AA5" s="77"/>
+      <c r="AB5" s="77"/>
+      <c r="AC5" s="77"/>
+      <c r="AD5" s="77"/>
+      <c r="AE5" s="77"/>
+      <c r="AF5" s="77"/>
+      <c r="AG5" s="77"/>
+      <c r="AH5" s="77"/>
+      <c r="AI5" s="77"/>
+      <c r="AJ5" s="77"/>
+      <c r="AK5" s="77"/>
+      <c r="AL5" s="77"/>
+      <c r="AM5" s="8"/>
+      <c r="AN5" s="41"/>
+      <c r="AO5" s="41"/>
+      <c r="AP5" s="41"/>
+      <c r="AQ5" s="41"/>
+      <c r="AR5" s="41"/>
+      <c r="AS5" s="41"/>
+      <c r="AT5" s="41"/>
+      <c r="AU5" s="41"/>
+      <c r="AV5" s="41"/>
+      <c r="AW5" s="41"/>
+      <c r="AX5" s="41"/>
+      <c r="AY5" s="41"/>
+    </row>
+    <row r="6" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C6" s="4"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="4"/>
+      <c r="F6" s="4"/>
+      <c r="G6" s="4"/>
+      <c r="H6" s="4"/>
+      <c r="I6" s="4"/>
+      <c r="J6" s="77"/>
+      <c r="K6" s="77"/>
+      <c r="L6" s="77"/>
+      <c r="M6" s="77"/>
+      <c r="N6" s="77"/>
+      <c r="O6" s="77"/>
+      <c r="P6" s="77"/>
+      <c r="Q6" s="77"/>
+      <c r="R6" s="77"/>
+      <c r="S6" s="77"/>
+      <c r="T6" s="77"/>
+      <c r="U6" s="77"/>
+      <c r="V6" s="77"/>
+      <c r="W6" s="77"/>
+      <c r="X6" s="77"/>
+      <c r="Y6" s="77"/>
+      <c r="Z6" s="77"/>
+      <c r="AA6" s="77"/>
+      <c r="AB6" s="77"/>
+      <c r="AC6" s="77"/>
+      <c r="AD6" s="77"/>
+      <c r="AE6" s="77"/>
+      <c r="AF6" s="77"/>
+      <c r="AG6" s="77"/>
+      <c r="AH6" s="77"/>
+      <c r="AI6" s="77"/>
+      <c r="AJ6" s="77"/>
+      <c r="AK6" s="77"/>
+      <c r="AL6" s="77"/>
+      <c r="AM6" s="8"/>
+      <c r="AN6" s="41"/>
+      <c r="AO6" s="41"/>
+      <c r="AP6" s="41"/>
+      <c r="AQ6" s="41"/>
+      <c r="AR6" s="41"/>
+      <c r="AS6" s="41"/>
+      <c r="AT6" s="41"/>
+      <c r="AU6" s="41"/>
+      <c r="AV6" s="41"/>
+      <c r="AW6" s="41"/>
+      <c r="AX6" s="41"/>
+      <c r="AY6" s="41"/>
+    </row>
+    <row r="7" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C7" s="8"/>
+      <c r="D7" s="8"/>
+      <c r="E7" s="8"/>
+      <c r="F7" s="8"/>
+      <c r="G7" s="8"/>
+      <c r="H7" s="8"/>
+      <c r="I7" s="8"/>
+      <c r="J7" s="97"/>
+      <c r="K7" s="97"/>
+      <c r="L7" s="97"/>
+      <c r="M7" s="97"/>
+      <c r="N7" s="97"/>
+      <c r="O7" s="97"/>
+      <c r="P7" s="97"/>
+      <c r="Q7" s="97"/>
+      <c r="R7" s="97"/>
+      <c r="S7" s="97"/>
+      <c r="T7" s="97"/>
+      <c r="U7" s="97"/>
+      <c r="V7" s="97"/>
+      <c r="W7" s="97"/>
+      <c r="X7" s="97"/>
+      <c r="Y7" s="97"/>
+      <c r="Z7" s="97"/>
+      <c r="AA7" s="97"/>
+      <c r="AB7" s="97"/>
+      <c r="AC7" s="97"/>
+      <c r="AD7" s="97"/>
+      <c r="AE7" s="97"/>
+      <c r="AF7" s="97"/>
+      <c r="AG7" s="97"/>
+      <c r="AH7" s="97"/>
+      <c r="AI7" s="97"/>
+      <c r="AJ7" s="97"/>
+      <c r="AK7" s="97"/>
+      <c r="AL7" s="97"/>
+      <c r="AM7" s="8"/>
+      <c r="AN7" s="41"/>
+      <c r="AO7" s="41"/>
+      <c r="AP7" s="41"/>
+      <c r="AQ7" s="41"/>
+      <c r="AR7" s="41"/>
+      <c r="AS7" s="41"/>
+      <c r="AT7" s="41"/>
+      <c r="AU7" s="41"/>
+      <c r="AV7" s="41"/>
+      <c r="AW7" s="41"/>
+      <c r="AX7" s="41"/>
+      <c r="AY7" s="41"/>
+    </row>
+    <row r="8" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C8" s="9" t="s">
         <v>123</v>
       </c>
-      <c r="D8" s="12"/>
-[...14 lines deleted...]
-      <c r="S8" s="6" t="s">
+      <c r="D8" s="9"/>
+      <c r="E8" s="9"/>
+      <c r="F8" s="9"/>
+      <c r="G8" s="9"/>
+      <c r="H8" s="9"/>
+      <c r="I8" s="9"/>
+      <c r="J8" s="4"/>
+      <c r="K8" s="4"/>
+      <c r="L8" s="4"/>
+      <c r="M8" s="4"/>
+      <c r="N8" s="4"/>
+      <c r="O8" s="4"/>
+      <c r="P8" s="4"/>
+      <c r="Q8" s="4"/>
+      <c r="R8" s="4"/>
+      <c r="S8" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="T8" s="125" t="s">
+      <c r="T8" s="99" t="s">
         <v>155</v>
       </c>
-      <c r="U8" s="125"/>
-[...9 lines deleted...]
-      <c r="AE8" s="122" t="s">
+      <c r="U8" s="99"/>
+      <c r="V8" s="99"/>
+      <c r="W8" s="100"/>
+      <c r="X8" s="100"/>
+      <c r="Y8" s="100"/>
+      <c r="Z8" s="100"/>
+      <c r="AA8" s="72"/>
+      <c r="AB8" s="72"/>
+      <c r="AC8" s="72"/>
+      <c r="AD8" s="72"/>
+      <c r="AE8" s="98" t="s">
         <v>125</v>
       </c>
-      <c r="AF8" s="122"/>
-[...20 lines deleted...]
-    <row r="9" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AF8" s="98"/>
+      <c r="AG8" s="4"/>
+      <c r="AH8" s="4"/>
+      <c r="AI8" s="4"/>
+      <c r="AJ8" s="4"/>
+      <c r="AK8" s="4"/>
+      <c r="AL8" s="4"/>
+      <c r="AM8" s="4"/>
+      <c r="AN8" s="41"/>
+      <c r="AO8" s="41"/>
+      <c r="AP8" s="41"/>
+      <c r="AQ8" s="41"/>
+      <c r="AR8" s="41"/>
+      <c r="AS8" s="41"/>
+      <c r="AT8" s="41"/>
+      <c r="AU8" s="41"/>
+      <c r="AV8" s="41"/>
+      <c r="AW8" s="41"/>
+      <c r="AX8" s="41"/>
+      <c r="AY8" s="41"/>
+    </row>
+    <row r="9" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
       <c r="I9" s="5"/>
       <c r="J9" s="5"/>
       <c r="K9" s="5"/>
       <c r="L9" s="5"/>
       <c r="M9" s="5"/>
       <c r="N9" s="5"/>
       <c r="O9" s="5"/>
       <c r="P9" s="5"/>
       <c r="Q9" s="5"/>
       <c r="R9" s="5"/>
-      <c r="S9" s="119"/>
-[...34 lines deleted...]
-      <c r="C10" s="29" t="s">
+      <c r="S9" s="85"/>
+      <c r="T9" s="85"/>
+      <c r="U9" s="85"/>
+      <c r="V9" s="85"/>
+      <c r="W9" s="85"/>
+      <c r="X9" s="85"/>
+      <c r="Y9" s="85"/>
+      <c r="Z9" s="85"/>
+      <c r="AA9" s="85"/>
+      <c r="AB9" s="85"/>
+      <c r="AC9" s="85"/>
+      <c r="AD9" s="85"/>
+      <c r="AE9" s="85"/>
+      <c r="AF9" s="85"/>
+      <c r="AG9" s="85"/>
+      <c r="AH9" s="85"/>
+      <c r="AI9" s="85"/>
+      <c r="AJ9" s="85"/>
+      <c r="AK9" s="85"/>
+      <c r="AL9" s="85"/>
+      <c r="AM9" s="4"/>
+      <c r="AN9" s="41"/>
+      <c r="AO9" s="41"/>
+      <c r="AP9" s="41"/>
+      <c r="AQ9" s="41"/>
+      <c r="AR9" s="41"/>
+      <c r="AS9" s="41"/>
+      <c r="AT9" s="41"/>
+      <c r="AU9" s="41"/>
+      <c r="AV9" s="41"/>
+      <c r="AW9" s="41"/>
+      <c r="AX9" s="41"/>
+      <c r="AY9" s="41"/>
+    </row>
+    <row r="10" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C10" s="24" t="s">
         <v>126</v>
       </c>
-      <c r="D10" s="29"/>
-[...18 lines deleted...]
-      <c r="W10" s="118" t="s">
+      <c r="D10" s="24"/>
+      <c r="E10" s="24"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="24"/>
+      <c r="S10" s="101"/>
+      <c r="T10" s="101"/>
+      <c r="U10" s="101"/>
+      <c r="V10" s="101"/>
+      <c r="W10" s="102" t="s">
         <v>34</v>
       </c>
-      <c r="X10" s="118"/>
-[...2 lines deleted...]
-      <c r="AA10" s="118" t="s">
+      <c r="X10" s="102"/>
+      <c r="Y10" s="101"/>
+      <c r="Z10" s="101"/>
+      <c r="AA10" s="102" t="s">
         <v>35</v>
       </c>
-      <c r="AB10" s="118"/>
-[...2 lines deleted...]
-      <c r="AE10" s="118" t="s">
+      <c r="AB10" s="102"/>
+      <c r="AC10" s="101"/>
+      <c r="AD10" s="101"/>
+      <c r="AE10" s="102" t="s">
         <v>36</v>
       </c>
-      <c r="AF10" s="118"/>
-[...21 lines deleted...]
-      <c r="C11" s="29" t="s">
+      <c r="AF10" s="102"/>
+      <c r="AG10" s="24"/>
+      <c r="AH10" s="24"/>
+      <c r="AI10" s="24"/>
+      <c r="AJ10" s="24"/>
+      <c r="AK10" s="24"/>
+      <c r="AL10" s="24"/>
+      <c r="AM10" s="4"/>
+      <c r="AN10" s="41"/>
+      <c r="AO10" s="41"/>
+      <c r="AP10" s="41"/>
+      <c r="AQ10" s="41"/>
+      <c r="AR10" s="41"/>
+      <c r="AS10" s="41"/>
+      <c r="AT10" s="41"/>
+      <c r="AU10" s="41"/>
+      <c r="AV10" s="41"/>
+      <c r="AW10" s="41"/>
+      <c r="AX10" s="41"/>
+      <c r="AY10" s="41"/>
+    </row>
+    <row r="11" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C11" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="D11" s="29"/>
-[...50 lines deleted...]
-    <row r="12" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="D11" s="24"/>
+      <c r="E11" s="24"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="24"/>
+      <c r="S11" s="103" t="s">
+        <v>274</v>
+      </c>
+      <c r="T11" s="103"/>
+      <c r="U11" s="103"/>
+      <c r="V11" s="103"/>
+      <c r="W11" s="103"/>
+      <c r="X11" s="103"/>
+      <c r="Y11" s="103"/>
+      <c r="Z11" s="103"/>
+      <c r="AA11" s="103"/>
+      <c r="AB11" s="103"/>
+      <c r="AC11" s="103"/>
+      <c r="AD11" s="103"/>
+      <c r="AE11" s="103"/>
+      <c r="AF11" s="103"/>
+      <c r="AG11" s="103"/>
+      <c r="AH11" s="103"/>
+      <c r="AI11" s="103"/>
+      <c r="AJ11" s="103"/>
+      <c r="AK11" s="103"/>
+      <c r="AL11" s="103"/>
+      <c r="AM11" s="4"/>
+      <c r="AN11" s="41"/>
+      <c r="AO11" s="41"/>
+      <c r="AP11" s="41"/>
+      <c r="AQ11" s="41"/>
+      <c r="AR11" s="41"/>
+      <c r="AS11" s="41"/>
+      <c r="AT11" s="41"/>
+      <c r="AU11" s="41"/>
+      <c r="AV11" s="41"/>
+      <c r="AW11" s="41"/>
+      <c r="AX11" s="41"/>
+      <c r="AY11" s="41"/>
+    </row>
+    <row r="12" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C12" s="4" t="s">
         <v>128</v>
       </c>
-      <c r="D12" s="48"/>
-[...14 lines deleted...]
-      <c r="S12" s="45" t="s">
+      <c r="D12" s="41"/>
+      <c r="E12" s="41"/>
+      <c r="F12" s="41"/>
+      <c r="G12" s="41"/>
+      <c r="H12" s="41"/>
+      <c r="I12" s="41"/>
+      <c r="J12" s="41"/>
+      <c r="K12" s="41"/>
+      <c r="L12" s="41"/>
+      <c r="M12" s="41"/>
+      <c r="N12" s="41"/>
+      <c r="O12" s="41"/>
+      <c r="P12" s="41"/>
+      <c r="Q12" s="41"/>
+      <c r="R12" s="41"/>
+      <c r="S12" s="38" t="s">
         <v>124</v>
       </c>
-      <c r="T12" s="121"/>
-[...10 lines deleted...]
-      <c r="AE12" s="122" t="s">
+      <c r="T12" s="104"/>
+      <c r="U12" s="104"/>
+      <c r="V12" s="104"/>
+      <c r="W12" s="104"/>
+      <c r="X12" s="104"/>
+      <c r="Y12" s="104"/>
+      <c r="Z12" s="104"/>
+      <c r="AA12" s="104"/>
+      <c r="AB12" s="104"/>
+      <c r="AC12" s="104"/>
+      <c r="AD12" s="104"/>
+      <c r="AE12" s="98" t="s">
         <v>125</v>
       </c>
-      <c r="AF12" s="122"/>
-[...20 lines deleted...]
-    <row r="13" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AF12" s="98"/>
+      <c r="AG12" s="41"/>
+      <c r="AH12" s="41"/>
+      <c r="AI12" s="41"/>
+      <c r="AJ12" s="41"/>
+      <c r="AK12" s="41"/>
+      <c r="AL12" s="41"/>
+      <c r="AM12" s="4"/>
+      <c r="AN12" s="41"/>
+      <c r="AO12" s="41"/>
+      <c r="AP12" s="41"/>
+      <c r="AQ12" s="41"/>
+      <c r="AR12" s="41"/>
+      <c r="AS12" s="41"/>
+      <c r="AT12" s="41"/>
+      <c r="AU12" s="41"/>
+      <c r="AV12" s="41"/>
+      <c r="AW12" s="41"/>
+      <c r="AX12" s="41"/>
+      <c r="AY12" s="41"/>
+    </row>
+    <row r="13" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5"/>
       <c r="F13" s="5"/>
       <c r="G13" s="5"/>
       <c r="H13" s="5"/>
       <c r="I13" s="5"/>
       <c r="J13" s="5"/>
       <c r="K13" s="5"/>
       <c r="L13" s="5"/>
       <c r="M13" s="5"/>
       <c r="N13" s="5"/>
       <c r="O13" s="5"/>
       <c r="P13" s="5"/>
       <c r="Q13" s="5"/>
       <c r="R13" s="5"/>
-      <c r="S13" s="119"/>
-[...34 lines deleted...]
-      <c r="C14" s="29" t="s">
+      <c r="S13" s="85"/>
+      <c r="T13" s="85"/>
+      <c r="U13" s="85"/>
+      <c r="V13" s="85"/>
+      <c r="W13" s="85"/>
+      <c r="X13" s="85"/>
+      <c r="Y13" s="85"/>
+      <c r="Z13" s="85"/>
+      <c r="AA13" s="85"/>
+      <c r="AB13" s="85"/>
+      <c r="AC13" s="85"/>
+      <c r="AD13" s="85"/>
+      <c r="AE13" s="85"/>
+      <c r="AF13" s="85"/>
+      <c r="AG13" s="85"/>
+      <c r="AH13" s="85"/>
+      <c r="AI13" s="85"/>
+      <c r="AJ13" s="85"/>
+      <c r="AK13" s="85"/>
+      <c r="AL13" s="85"/>
+      <c r="AM13" s="4"/>
+      <c r="AN13" s="41"/>
+      <c r="AO13" s="41"/>
+      <c r="AP13" s="41"/>
+      <c r="AQ13" s="41"/>
+      <c r="AR13" s="41"/>
+      <c r="AS13" s="41"/>
+      <c r="AT13" s="41"/>
+      <c r="AU13" s="41"/>
+      <c r="AV13" s="41"/>
+      <c r="AW13" s="41"/>
+      <c r="AX13" s="41"/>
+      <c r="AY13" s="41"/>
+    </row>
+    <row r="14" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C14" s="24" t="s">
         <v>129</v>
       </c>
-      <c r="D14" s="29"/>
-[...18 lines deleted...]
-      <c r="W14" s="118" t="s">
+      <c r="D14" s="24"/>
+      <c r="E14" s="24"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="24"/>
+      <c r="I14" s="24"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="24"/>
+      <c r="L14" s="24"/>
+      <c r="M14" s="24"/>
+      <c r="N14" s="24"/>
+      <c r="O14" s="24"/>
+      <c r="P14" s="24"/>
+      <c r="Q14" s="24"/>
+      <c r="R14" s="24"/>
+      <c r="S14" s="101"/>
+      <c r="T14" s="101"/>
+      <c r="U14" s="101"/>
+      <c r="V14" s="101"/>
+      <c r="W14" s="102" t="s">
         <v>34</v>
       </c>
-      <c r="X14" s="118"/>
-[...2 lines deleted...]
-      <c r="AA14" s="118" t="s">
+      <c r="X14" s="102"/>
+      <c r="Y14" s="101"/>
+      <c r="Z14" s="101"/>
+      <c r="AA14" s="102" t="s">
         <v>35</v>
       </c>
-      <c r="AB14" s="118"/>
-[...2 lines deleted...]
-      <c r="AE14" s="118" t="s">
+      <c r="AB14" s="102"/>
+      <c r="AC14" s="101"/>
+      <c r="AD14" s="101"/>
+      <c r="AE14" s="102" t="s">
         <v>36</v>
       </c>
-      <c r="AF14" s="118"/>
-[...20 lines deleted...]
-    <row r="15" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AF14" s="102"/>
+      <c r="AG14" s="24"/>
+      <c r="AH14" s="24"/>
+      <c r="AI14" s="24"/>
+      <c r="AJ14" s="24"/>
+      <c r="AK14" s="24"/>
+      <c r="AL14" s="24"/>
+      <c r="AM14" s="4"/>
+      <c r="AN14" s="41"/>
+      <c r="AO14" s="41"/>
+      <c r="AP14" s="41"/>
+      <c r="AQ14" s="41"/>
+      <c r="AR14" s="41"/>
+      <c r="AS14" s="41"/>
+      <c r="AT14" s="41"/>
+      <c r="AU14" s="41"/>
+      <c r="AV14" s="41"/>
+      <c r="AW14" s="41"/>
+      <c r="AX14" s="41"/>
+      <c r="AY14" s="41"/>
+    </row>
+    <row r="15" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="4" t="s">
         <v>130</v>
       </c>
-      <c r="D15" s="48"/>
-[...48 lines deleted...]
-    <row r="16" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="D15" s="41"/>
+      <c r="E15" s="41"/>
+      <c r="F15" s="41"/>
+      <c r="G15" s="41"/>
+      <c r="H15" s="41"/>
+      <c r="I15" s="41"/>
+      <c r="J15" s="41"/>
+      <c r="K15" s="41"/>
+      <c r="L15" s="41"/>
+      <c r="M15" s="41"/>
+      <c r="N15" s="41"/>
+      <c r="O15" s="41"/>
+      <c r="P15" s="41"/>
+      <c r="Q15" s="41"/>
+      <c r="R15" s="41"/>
+      <c r="S15" s="78"/>
+      <c r="T15" s="78"/>
+      <c r="U15" s="78"/>
+      <c r="V15" s="78"/>
+      <c r="W15" s="78"/>
+      <c r="X15" s="78"/>
+      <c r="Y15" s="78"/>
+      <c r="Z15" s="78"/>
+      <c r="AA15" s="78"/>
+      <c r="AB15" s="78"/>
+      <c r="AC15" s="78"/>
+      <c r="AD15" s="78"/>
+      <c r="AE15" s="78"/>
+      <c r="AF15" s="78"/>
+      <c r="AG15" s="78"/>
+      <c r="AH15" s="78"/>
+      <c r="AI15" s="78"/>
+      <c r="AJ15" s="78"/>
+      <c r="AK15" s="78"/>
+      <c r="AL15" s="78"/>
+      <c r="AM15" s="4"/>
+      <c r="AN15" s="41"/>
+      <c r="AO15" s="41"/>
+      <c r="AP15" s="41"/>
+      <c r="AQ15" s="41"/>
+      <c r="AR15" s="41"/>
+      <c r="AS15" s="41"/>
+      <c r="AT15" s="41"/>
+      <c r="AU15" s="41"/>
+      <c r="AV15" s="41"/>
+      <c r="AW15" s="41"/>
+      <c r="AX15" s="41"/>
+      <c r="AY15" s="41"/>
+    </row>
+    <row r="16" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="5"/>
       <c r="G16" s="5"/>
       <c r="H16" s="5"/>
       <c r="I16" s="5"/>
       <c r="J16" s="5"/>
       <c r="K16" s="5"/>
       <c r="L16" s="5"/>
       <c r="M16" s="5"/>
       <c r="N16" s="5"/>
       <c r="O16" s="5"/>
       <c r="P16" s="5"/>
       <c r="Q16" s="5"/>
       <c r="R16" s="5"/>
-      <c r="S16" s="119"/>
-[...34 lines deleted...]
-      <c r="C17" s="29" t="s">
+      <c r="S16" s="85"/>
+      <c r="T16" s="85"/>
+      <c r="U16" s="85"/>
+      <c r="V16" s="85"/>
+      <c r="W16" s="85"/>
+      <c r="X16" s="85"/>
+      <c r="Y16" s="85"/>
+      <c r="Z16" s="85"/>
+      <c r="AA16" s="85"/>
+      <c r="AB16" s="85"/>
+      <c r="AC16" s="85"/>
+      <c r="AD16" s="85"/>
+      <c r="AE16" s="85"/>
+      <c r="AF16" s="85"/>
+      <c r="AG16" s="85"/>
+      <c r="AH16" s="85"/>
+      <c r="AI16" s="85"/>
+      <c r="AJ16" s="85"/>
+      <c r="AK16" s="85"/>
+      <c r="AL16" s="85"/>
+      <c r="AM16" s="4"/>
+      <c r="AN16" s="41"/>
+      <c r="AO16" s="41"/>
+      <c r="AP16" s="41"/>
+      <c r="AQ16" s="41"/>
+      <c r="AR16" s="41"/>
+      <c r="AS16" s="41"/>
+      <c r="AT16" s="41"/>
+      <c r="AU16" s="41"/>
+      <c r="AV16" s="41"/>
+      <c r="AW16" s="41"/>
+      <c r="AX16" s="41"/>
+      <c r="AY16" s="41"/>
+    </row>
+    <row r="17" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C17" s="24" t="s">
         <v>131</v>
       </c>
-      <c r="D17" s="29"/>
-[...18 lines deleted...]
-      <c r="W17" s="118" t="s">
+      <c r="D17" s="24"/>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="24"/>
+      <c r="N17" s="24"/>
+      <c r="O17" s="24"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
+      <c r="R17" s="24"/>
+      <c r="S17" s="101"/>
+      <c r="T17" s="101"/>
+      <c r="U17" s="101"/>
+      <c r="V17" s="101"/>
+      <c r="W17" s="102" t="s">
         <v>34</v>
       </c>
-      <c r="X17" s="118"/>
-[...2 lines deleted...]
-      <c r="AA17" s="118" t="s">
+      <c r="X17" s="102"/>
+      <c r="Y17" s="101"/>
+      <c r="Z17" s="101"/>
+      <c r="AA17" s="102" t="s">
         <v>35</v>
       </c>
-      <c r="AB17" s="118"/>
-[...2 lines deleted...]
-      <c r="AE17" s="118" t="s">
+      <c r="AB17" s="102"/>
+      <c r="AC17" s="101"/>
+      <c r="AD17" s="101"/>
+      <c r="AE17" s="102" t="s">
         <v>36</v>
       </c>
-      <c r="AF17" s="118"/>
-[...21 lines deleted...]
-      <c r="C18" s="29" t="s">
+      <c r="AF17" s="102"/>
+      <c r="AG17" s="24"/>
+      <c r="AH17" s="24"/>
+      <c r="AI17" s="24"/>
+      <c r="AJ17" s="24"/>
+      <c r="AK17" s="24"/>
+      <c r="AL17" s="24"/>
+      <c r="AM17" s="4"/>
+      <c r="AN17" s="41"/>
+      <c r="AO17" s="41"/>
+      <c r="AP17" s="41"/>
+      <c r="AQ17" s="41"/>
+      <c r="AR17" s="41"/>
+      <c r="AS17" s="41"/>
+      <c r="AT17" s="41"/>
+      <c r="AU17" s="41"/>
+      <c r="AV17" s="41"/>
+      <c r="AW17" s="41"/>
+      <c r="AX17" s="41"/>
+      <c r="AY17" s="41"/>
+    </row>
+    <row r="18" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C18" s="24" t="s">
         <v>132</v>
       </c>
-      <c r="D18" s="29"/>
-[...18 lines deleted...]
-      <c r="W18" s="118" t="s">
+      <c r="D18" s="24"/>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
+      <c r="R18" s="24"/>
+      <c r="S18" s="101"/>
+      <c r="T18" s="101"/>
+      <c r="U18" s="101"/>
+      <c r="V18" s="101"/>
+      <c r="W18" s="102" t="s">
         <v>34</v>
       </c>
-      <c r="X18" s="118"/>
-[...2 lines deleted...]
-      <c r="AA18" s="118" t="s">
+      <c r="X18" s="102"/>
+      <c r="Y18" s="101"/>
+      <c r="Z18" s="101"/>
+      <c r="AA18" s="102" t="s">
         <v>35</v>
       </c>
-      <c r="AB18" s="118"/>
-[...2 lines deleted...]
-      <c r="AE18" s="118" t="s">
+      <c r="AB18" s="102"/>
+      <c r="AC18" s="101"/>
+      <c r="AD18" s="101"/>
+      <c r="AE18" s="102" t="s">
         <v>36</v>
       </c>
-      <c r="AF18" s="118"/>
-[...20 lines deleted...]
-    <row r="19" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AF18" s="102"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="24"/>
+      <c r="AJ18" s="24"/>
+      <c r="AK18" s="24"/>
+      <c r="AL18" s="24"/>
+      <c r="AM18" s="4"/>
+      <c r="AN18" s="41"/>
+      <c r="AO18" s="41"/>
+      <c r="AP18" s="41"/>
+      <c r="AQ18" s="41"/>
+      <c r="AR18" s="41"/>
+      <c r="AS18" s="41"/>
+      <c r="AT18" s="41"/>
+      <c r="AU18" s="41"/>
+      <c r="AV18" s="41"/>
+      <c r="AW18" s="41"/>
+      <c r="AX18" s="41"/>
+      <c r="AY18" s="41"/>
+    </row>
+    <row r="19" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C19" s="4" t="s">
         <v>133</v>
       </c>
-      <c r="D19" s="48"/>
-[...73 lines deleted...]
-      <c r="AA20" s="95" t="s">
+      <c r="D19" s="41"/>
+      <c r="E19" s="41"/>
+      <c r="F19" s="41"/>
+      <c r="G19" s="41"/>
+      <c r="H19" s="41"/>
+      <c r="I19" s="41"/>
+      <c r="J19" s="41"/>
+      <c r="K19" s="41"/>
+      <c r="L19" s="41"/>
+      <c r="M19" s="41"/>
+      <c r="N19" s="41"/>
+      <c r="O19" s="41"/>
+      <c r="P19" s="41"/>
+      <c r="Q19" s="41"/>
+      <c r="R19" s="41"/>
+      <c r="S19" s="41"/>
+      <c r="T19" s="41"/>
+      <c r="U19" s="41"/>
+      <c r="V19" s="41"/>
+      <c r="W19" s="41"/>
+      <c r="X19" s="41"/>
+      <c r="Y19" s="41"/>
+      <c r="Z19" s="41"/>
+      <c r="AA19" s="41"/>
+      <c r="AB19" s="41"/>
+      <c r="AC19" s="41"/>
+      <c r="AD19" s="41"/>
+      <c r="AE19" s="41"/>
+      <c r="AF19" s="41"/>
+      <c r="AG19" s="41"/>
+      <c r="AH19" s="41"/>
+      <c r="AI19" s="41"/>
+      <c r="AJ19" s="41"/>
+      <c r="AK19" s="41"/>
+      <c r="AL19" s="41"/>
+      <c r="AM19" s="4"/>
+      <c r="AN19" s="41"/>
+      <c r="AO19" s="41"/>
+      <c r="AP19" s="41"/>
+      <c r="AQ19" s="41"/>
+      <c r="AR19" s="41"/>
+      <c r="AS19" s="41"/>
+      <c r="AT19" s="41"/>
+      <c r="AU19" s="41"/>
+      <c r="AV19" s="41"/>
+      <c r="AW19" s="41"/>
+      <c r="AX19" s="41"/>
+      <c r="AY19" s="41"/>
+    </row>
+    <row r="20" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C20" s="41"/>
+      <c r="D20" s="41"/>
+      <c r="E20" s="41"/>
+      <c r="F20" s="41"/>
+      <c r="G20" s="41"/>
+      <c r="H20" s="41"/>
+      <c r="I20" s="41"/>
+      <c r="J20" s="41"/>
+      <c r="K20" s="41"/>
+      <c r="L20" s="41"/>
+      <c r="M20" s="41"/>
+      <c r="N20" s="41"/>
+      <c r="O20" s="41"/>
+      <c r="P20" s="41"/>
+      <c r="Q20" s="41"/>
+      <c r="R20" s="41"/>
+      <c r="S20" s="41"/>
+      <c r="T20" s="41"/>
+      <c r="U20" s="41"/>
+      <c r="V20" s="41"/>
+      <c r="W20" s="41"/>
+      <c r="X20" s="41"/>
+      <c r="Y20" s="41"/>
+      <c r="Z20" s="41"/>
+      <c r="AA20" s="71" t="s">
         <v>134</v>
       </c>
-      <c r="AB20" s="95"/>
-[...27 lines deleted...]
-      <c r="E21" s="48"/>
+      <c r="AB20" s="71"/>
+      <c r="AC20" s="71"/>
+      <c r="AD20" s="71"/>
+      <c r="AE20" s="71"/>
+      <c r="AF20" s="71"/>
+      <c r="AG20" s="71"/>
+      <c r="AH20" s="71"/>
+      <c r="AI20" s="71"/>
+      <c r="AJ20" s="71"/>
+      <c r="AK20" s="71"/>
+      <c r="AL20" s="71"/>
+      <c r="AM20" s="4"/>
+      <c r="AN20" s="41"/>
+      <c r="AO20" s="41"/>
+      <c r="AP20" s="41"/>
+      <c r="AQ20" s="41"/>
+      <c r="AR20" s="41"/>
+      <c r="AS20" s="41"/>
+      <c r="AT20" s="41"/>
+      <c r="AU20" s="41"/>
+      <c r="AV20" s="41"/>
+      <c r="AW20" s="41"/>
+      <c r="AX20" s="41"/>
+      <c r="AY20" s="41"/>
+    </row>
+    <row r="21" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C21" s="41"/>
+      <c r="D21" s="41"/>
+      <c r="E21" s="41"/>
       <c r="F21" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="H21" s="116" t="s">
+      <c r="H21" s="99" t="s">
         <v>135</v>
       </c>
-      <c r="I21" s="116"/>
+      <c r="I21" s="99"/>
       <c r="J21" s="3" t="s">
         <v>136</v>
       </c>
       <c r="K21" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="L21" s="48"/>
-[...4 lines deleted...]
-      <c r="Q21" s="95" t="s">
+      <c r="L21" s="41"/>
+      <c r="M21" s="72"/>
+      <c r="N21" s="72"/>
+      <c r="O21" s="72"/>
+      <c r="P21" s="72"/>
+      <c r="Q21" s="71" t="s">
         <v>34</v>
       </c>
-      <c r="R21" s="95"/>
-[...2 lines deleted...]
-      <c r="U21" s="95" t="s">
+      <c r="R21" s="71"/>
+      <c r="S21" s="72"/>
+      <c r="T21" s="72"/>
+      <c r="U21" s="71" t="s">
         <v>35</v>
       </c>
-      <c r="V21" s="95"/>
-[...2 lines deleted...]
-      <c r="Y21" s="95" t="s">
+      <c r="V21" s="71"/>
+      <c r="W21" s="72"/>
+      <c r="X21" s="72"/>
+      <c r="Y21" s="71" t="s">
         <v>36</v>
       </c>
-      <c r="Z21" s="95"/>
+      <c r="Z21" s="71"/>
       <c r="AA21" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="AB21" s="115" t="s">
+      <c r="AB21" s="105" t="s">
         <v>156</v>
       </c>
-      <c r="AC21" s="115"/>
-[...7 lines deleted...]
-      <c r="AK21" s="115"/>
+      <c r="AC21" s="105"/>
+      <c r="AD21" s="105"/>
+      <c r="AE21" s="105"/>
+      <c r="AF21" s="105"/>
+      <c r="AG21" s="105"/>
+      <c r="AH21" s="105"/>
+      <c r="AI21" s="105"/>
+      <c r="AJ21" s="105"/>
+      <c r="AK21" s="105"/>
       <c r="AL21" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="AM21" s="6"/>
-[...16 lines deleted...]
-      <c r="E22" s="48"/>
+      <c r="AM21" s="4"/>
+      <c r="AN21" s="41"/>
+      <c r="AO21" s="41"/>
+      <c r="AP21" s="41"/>
+      <c r="AQ21" s="41"/>
+      <c r="AR21" s="41"/>
+      <c r="AS21" s="41"/>
+      <c r="AT21" s="41"/>
+      <c r="AU21" s="41"/>
+      <c r="AV21" s="41"/>
+      <c r="AW21" s="41"/>
+      <c r="AX21" s="41"/>
+      <c r="AY21" s="41"/>
+    </row>
+    <row r="22" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C22" s="41"/>
+      <c r="D22" s="41"/>
+      <c r="E22" s="41"/>
       <c r="F22" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="H22" s="116" t="s">
+      <c r="H22" s="99" t="s">
         <v>137</v>
       </c>
-      <c r="I22" s="116"/>
+      <c r="I22" s="99"/>
       <c r="J22" s="3" t="s">
         <v>136</v>
       </c>
       <c r="K22" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="L22" s="48"/>
-[...4 lines deleted...]
-      <c r="Q22" s="95" t="s">
+      <c r="L22" s="41"/>
+      <c r="M22" s="72"/>
+      <c r="N22" s="72"/>
+      <c r="O22" s="72"/>
+      <c r="P22" s="72"/>
+      <c r="Q22" s="71" t="s">
         <v>34</v>
       </c>
-      <c r="R22" s="95"/>
-[...2 lines deleted...]
-      <c r="U22" s="95" t="s">
+      <c r="R22" s="71"/>
+      <c r="S22" s="72"/>
+      <c r="T22" s="72"/>
+      <c r="U22" s="71" t="s">
         <v>35</v>
       </c>
-      <c r="V22" s="95"/>
-[...2 lines deleted...]
-      <c r="Y22" s="95" t="s">
+      <c r="V22" s="71"/>
+      <c r="W22" s="72"/>
+      <c r="X22" s="72"/>
+      <c r="Y22" s="71" t="s">
         <v>36</v>
       </c>
-      <c r="Z22" s="95"/>
+      <c r="Z22" s="71"/>
       <c r="AA22" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="AB22" s="115" t="s">
+      <c r="AB22" s="105" t="s">
         <v>157</v>
       </c>
-      <c r="AC22" s="115"/>
-[...7 lines deleted...]
-      <c r="AK22" s="115"/>
+      <c r="AC22" s="105"/>
+      <c r="AD22" s="105"/>
+      <c r="AE22" s="105"/>
+      <c r="AF22" s="105"/>
+      <c r="AG22" s="105"/>
+      <c r="AH22" s="105"/>
+      <c r="AI22" s="105"/>
+      <c r="AJ22" s="105"/>
+      <c r="AK22" s="105"/>
       <c r="AL22" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="AM22" s="6"/>
-[...16 lines deleted...]
-      <c r="E23" s="48"/>
+      <c r="AM22" s="4"/>
+      <c r="AN22" s="41"/>
+      <c r="AO22" s="41"/>
+      <c r="AP22" s="41"/>
+      <c r="AQ22" s="41"/>
+      <c r="AR22" s="41"/>
+      <c r="AS22" s="41"/>
+      <c r="AT22" s="41"/>
+      <c r="AU22" s="41"/>
+      <c r="AV22" s="41"/>
+      <c r="AW22" s="41"/>
+      <c r="AX22" s="41"/>
+      <c r="AY22" s="41"/>
+    </row>
+    <row r="23" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C23" s="41"/>
+      <c r="D23" s="41"/>
+      <c r="E23" s="41"/>
       <c r="F23" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="H23" s="116" t="s">
+      <c r="H23" s="99" t="s">
         <v>138</v>
       </c>
-      <c r="I23" s="116"/>
+      <c r="I23" s="99"/>
       <c r="J23" s="3" t="s">
         <v>136</v>
       </c>
       <c r="K23" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="L23" s="48"/>
-[...4 lines deleted...]
-      <c r="Q23" s="95" t="s">
+      <c r="L23" s="41"/>
+      <c r="M23" s="72"/>
+      <c r="N23" s="72"/>
+      <c r="O23" s="72"/>
+      <c r="P23" s="72"/>
+      <c r="Q23" s="71" t="s">
         <v>34</v>
       </c>
-      <c r="R23" s="95"/>
-[...2 lines deleted...]
-      <c r="U23" s="95" t="s">
+      <c r="R23" s="71"/>
+      <c r="S23" s="72"/>
+      <c r="T23" s="72"/>
+      <c r="U23" s="71" t="s">
         <v>35</v>
       </c>
-      <c r="V23" s="95"/>
-[...2 lines deleted...]
-      <c r="Y23" s="95" t="s">
+      <c r="V23" s="71"/>
+      <c r="W23" s="72"/>
+      <c r="X23" s="72"/>
+      <c r="Y23" s="71" t="s">
         <v>36</v>
       </c>
-      <c r="Z23" s="95"/>
+      <c r="Z23" s="71"/>
       <c r="AA23" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="AB23" s="115" t="s">
+      <c r="AB23" s="105" t="s">
         <v>158</v>
       </c>
-      <c r="AC23" s="115"/>
-[...7 lines deleted...]
-      <c r="AK23" s="115"/>
+      <c r="AC23" s="105"/>
+      <c r="AD23" s="105"/>
+      <c r="AE23" s="105"/>
+      <c r="AF23" s="105"/>
+      <c r="AG23" s="105"/>
+      <c r="AH23" s="105"/>
+      <c r="AI23" s="105"/>
+      <c r="AJ23" s="105"/>
+      <c r="AK23" s="105"/>
       <c r="AL23" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="AM23" s="6"/>
-[...16 lines deleted...]
-      <c r="E24" s="48"/>
+      <c r="AM23" s="4"/>
+      <c r="AN23" s="41"/>
+      <c r="AO23" s="41"/>
+      <c r="AP23" s="41"/>
+      <c r="AQ23" s="41"/>
+      <c r="AR23" s="41"/>
+      <c r="AS23" s="41"/>
+      <c r="AT23" s="41"/>
+      <c r="AU23" s="41"/>
+      <c r="AV23" s="41"/>
+      <c r="AW23" s="41"/>
+      <c r="AX23" s="41"/>
+      <c r="AY23" s="41"/>
+    </row>
+    <row r="24" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C24" s="41"/>
+      <c r="D24" s="41"/>
+      <c r="E24" s="41"/>
       <c r="F24" s="3" t="s">
         <v>62</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="H24" s="116" t="s">
+      <c r="H24" s="99" t="s">
         <v>139</v>
       </c>
-      <c r="I24" s="116"/>
+      <c r="I24" s="99"/>
       <c r="J24" s="3" t="s">
         <v>136</v>
       </c>
       <c r="K24" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="L24" s="48"/>
-[...4 lines deleted...]
-      <c r="Q24" s="95" t="s">
+      <c r="L24" s="41"/>
+      <c r="M24" s="72"/>
+      <c r="N24" s="72"/>
+      <c r="O24" s="72"/>
+      <c r="P24" s="72"/>
+      <c r="Q24" s="71" t="s">
         <v>34</v>
       </c>
-      <c r="R24" s="95"/>
-[...2 lines deleted...]
-      <c r="U24" s="95" t="s">
+      <c r="R24" s="71"/>
+      <c r="S24" s="72"/>
+      <c r="T24" s="72"/>
+      <c r="U24" s="71" t="s">
         <v>35</v>
       </c>
-      <c r="V24" s="95"/>
-[...2 lines deleted...]
-      <c r="Y24" s="95" t="s">
+      <c r="V24" s="71"/>
+      <c r="W24" s="72"/>
+      <c r="X24" s="72"/>
+      <c r="Y24" s="71" t="s">
         <v>36</v>
       </c>
-      <c r="Z24" s="95"/>
+      <c r="Z24" s="71"/>
       <c r="AA24" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="AB24" s="115" t="s">
+      <c r="AB24" s="105" t="s">
         <v>159</v>
       </c>
-      <c r="AC24" s="115"/>
-[...7 lines deleted...]
-      <c r="AK24" s="115"/>
+      <c r="AC24" s="105"/>
+      <c r="AD24" s="105"/>
+      <c r="AE24" s="105"/>
+      <c r="AF24" s="105"/>
+      <c r="AG24" s="105"/>
+      <c r="AH24" s="105"/>
+      <c r="AI24" s="105"/>
+      <c r="AJ24" s="105"/>
+      <c r="AK24" s="105"/>
       <c r="AL24" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="AM24" s="6"/>
-[...65 lines deleted...]
-      <c r="C26" s="12" t="s">
+      <c r="AM24" s="4"/>
+      <c r="AN24" s="41"/>
+      <c r="AO24" s="41"/>
+      <c r="AP24" s="41"/>
+      <c r="AQ24" s="41"/>
+      <c r="AR24" s="41"/>
+      <c r="AS24" s="41"/>
+      <c r="AT24" s="41"/>
+      <c r="AU24" s="41"/>
+      <c r="AV24" s="41"/>
+      <c r="AW24" s="41"/>
+      <c r="AX24" s="41"/>
+      <c r="AY24" s="41"/>
+    </row>
+    <row r="25" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C25" s="41"/>
+      <c r="D25" s="41"/>
+      <c r="E25" s="41"/>
+      <c r="F25" s="41"/>
+      <c r="G25" s="41"/>
+      <c r="H25" s="41"/>
+      <c r="I25" s="41"/>
+      <c r="J25" s="41"/>
+      <c r="K25" s="41"/>
+      <c r="L25" s="41"/>
+      <c r="M25" s="41"/>
+      <c r="N25" s="41"/>
+      <c r="O25" s="41"/>
+      <c r="P25" s="41"/>
+      <c r="Q25" s="41"/>
+      <c r="R25" s="41"/>
+      <c r="S25" s="41"/>
+      <c r="T25" s="41"/>
+      <c r="U25" s="41"/>
+      <c r="V25" s="41"/>
+      <c r="W25" s="41"/>
+      <c r="X25" s="41"/>
+      <c r="Y25" s="41"/>
+      <c r="Z25" s="41"/>
+      <c r="AA25" s="41"/>
+      <c r="AB25" s="41"/>
+      <c r="AC25" s="41"/>
+      <c r="AD25" s="41"/>
+      <c r="AE25" s="41"/>
+      <c r="AF25" s="41"/>
+      <c r="AG25" s="41"/>
+      <c r="AH25" s="41"/>
+      <c r="AI25" s="41"/>
+      <c r="AJ25" s="41"/>
+      <c r="AK25" s="41"/>
+      <c r="AL25" s="41"/>
+      <c r="AM25" s="4"/>
+      <c r="AN25" s="41"/>
+      <c r="AO25" s="41"/>
+      <c r="AP25" s="41"/>
+      <c r="AQ25" s="41"/>
+      <c r="AR25" s="41"/>
+      <c r="AS25" s="41"/>
+      <c r="AT25" s="41"/>
+      <c r="AU25" s="41"/>
+      <c r="AV25" s="41"/>
+      <c r="AW25" s="41"/>
+      <c r="AX25" s="41"/>
+      <c r="AY25" s="41"/>
+    </row>
+    <row r="26" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C26" s="9" t="s">
         <v>140</v>
       </c>
-      <c r="D26" s="12"/>
-[...55 lines deleted...]
-      <c r="I27" s="33" t="s">
+      <c r="D26" s="9"/>
+      <c r="E26" s="9"/>
+      <c r="F26" s="9"/>
+      <c r="G26" s="9"/>
+      <c r="H26" s="9"/>
+      <c r="I26" s="9"/>
+      <c r="J26" s="9"/>
+      <c r="K26" s="9"/>
+      <c r="L26" s="9"/>
+      <c r="M26" s="9"/>
+      <c r="N26" s="9"/>
+      <c r="O26" s="39"/>
+      <c r="P26" s="39"/>
+      <c r="Q26" s="39"/>
+      <c r="R26" s="39"/>
+      <c r="S26" s="39"/>
+      <c r="T26" s="39"/>
+      <c r="U26" s="39"/>
+      <c r="V26" s="39"/>
+      <c r="W26" s="39"/>
+      <c r="X26" s="39"/>
+      <c r="Y26" s="39"/>
+      <c r="Z26" s="39"/>
+      <c r="AA26" s="39"/>
+      <c r="AB26" s="39"/>
+      <c r="AC26" s="39"/>
+      <c r="AD26" s="39"/>
+      <c r="AE26" s="39"/>
+      <c r="AF26" s="39"/>
+      <c r="AG26" s="39"/>
+      <c r="AH26" s="39"/>
+      <c r="AI26" s="39"/>
+      <c r="AJ26" s="39"/>
+      <c r="AK26" s="39"/>
+      <c r="AL26" s="39"/>
+      <c r="AM26" s="4"/>
+      <c r="AN26" s="41"/>
+      <c r="AO26" s="41"/>
+      <c r="AP26" s="41"/>
+      <c r="AQ26" s="41"/>
+      <c r="AR26" s="41"/>
+      <c r="AS26" s="41"/>
+      <c r="AT26" s="41"/>
+      <c r="AU26" s="41"/>
+      <c r="AV26" s="41"/>
+      <c r="AW26" s="41"/>
+      <c r="AX26" s="41"/>
+      <c r="AY26" s="41"/>
+    </row>
+    <row r="27" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C27" s="4"/>
+      <c r="D27" s="4"/>
+      <c r="E27" s="4"/>
+      <c r="F27" s="4"/>
+      <c r="G27" s="4"/>
+      <c r="H27" s="4"/>
+      <c r="I27" s="28" t="s">
         <v>141</v>
       </c>
-      <c r="J27" s="110"/>
-[...49 lines deleted...]
-      <c r="I28" s="33" t="s">
+      <c r="J27" s="107"/>
+      <c r="K27" s="107"/>
+      <c r="L27" s="107"/>
+      <c r="M27" s="107"/>
+      <c r="N27" s="107"/>
+      <c r="O27" s="107"/>
+      <c r="P27" s="107"/>
+      <c r="Q27" s="107"/>
+      <c r="R27" s="107"/>
+      <c r="S27" s="107"/>
+      <c r="T27" s="107"/>
+      <c r="U27" s="107"/>
+      <c r="V27" s="107"/>
+      <c r="W27" s="107"/>
+      <c r="X27" s="107"/>
+      <c r="Y27" s="107"/>
+      <c r="Z27" s="107"/>
+      <c r="AA27" s="107"/>
+      <c r="AB27" s="107"/>
+      <c r="AC27" s="107"/>
+      <c r="AD27" s="107"/>
+      <c r="AE27" s="107"/>
+      <c r="AF27" s="107"/>
+      <c r="AG27" s="107"/>
+      <c r="AH27" s="107"/>
+      <c r="AI27" s="107"/>
+      <c r="AJ27" s="107"/>
+      <c r="AK27" s="107"/>
+      <c r="AL27" s="107"/>
+      <c r="AM27" s="4"/>
+      <c r="AN27" s="41"/>
+      <c r="AO27" s="41"/>
+      <c r="AP27" s="41"/>
+      <c r="AQ27" s="41"/>
+      <c r="AR27" s="41"/>
+      <c r="AS27" s="41"/>
+      <c r="AT27" s="41"/>
+      <c r="AU27" s="41"/>
+      <c r="AV27" s="41"/>
+      <c r="AW27" s="41"/>
+      <c r="AX27" s="41"/>
+      <c r="AY27" s="41"/>
+    </row>
+    <row r="28" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C28" s="4"/>
+      <c r="D28" s="4"/>
+      <c r="E28" s="4"/>
+      <c r="F28" s="4"/>
+      <c r="G28" s="4"/>
+      <c r="H28" s="4"/>
+      <c r="I28" s="28" t="s">
         <v>142</v>
       </c>
-      <c r="J28" s="111"/>
-[...70 lines deleted...]
-      <c r="C30" s="12" t="s">
+      <c r="J28" s="108"/>
+      <c r="K28" s="108"/>
+      <c r="L28" s="108"/>
+      <c r="M28" s="108"/>
+      <c r="N28" s="108"/>
+      <c r="O28" s="108"/>
+      <c r="P28" s="108"/>
+      <c r="Q28" s="108"/>
+      <c r="R28" s="108"/>
+      <c r="S28" s="108"/>
+      <c r="T28" s="108"/>
+      <c r="U28" s="108"/>
+      <c r="V28" s="108"/>
+      <c r="W28" s="108"/>
+      <c r="X28" s="108"/>
+      <c r="Y28" s="108"/>
+      <c r="Z28" s="108"/>
+      <c r="AA28" s="108"/>
+      <c r="AB28" s="108"/>
+      <c r="AC28" s="108"/>
+      <c r="AD28" s="108"/>
+      <c r="AE28" s="108"/>
+      <c r="AF28" s="108"/>
+      <c r="AG28" s="108"/>
+      <c r="AH28" s="108"/>
+      <c r="AI28" s="108"/>
+      <c r="AJ28" s="108"/>
+      <c r="AK28" s="108"/>
+      <c r="AL28" s="108"/>
+      <c r="AM28" s="4"/>
+    </row>
+    <row r="29" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C29" s="4"/>
+      <c r="D29" s="4"/>
+      <c r="E29" s="4"/>
+      <c r="F29" s="4"/>
+      <c r="G29" s="4"/>
+      <c r="H29" s="4"/>
+      <c r="I29" s="4"/>
+      <c r="J29" s="109"/>
+      <c r="K29" s="109"/>
+      <c r="L29" s="109"/>
+      <c r="M29" s="109"/>
+      <c r="N29" s="109"/>
+      <c r="O29" s="109"/>
+      <c r="P29" s="109"/>
+      <c r="Q29" s="109"/>
+      <c r="R29" s="109"/>
+      <c r="S29" s="109"/>
+      <c r="T29" s="109"/>
+      <c r="U29" s="109"/>
+      <c r="V29" s="109"/>
+      <c r="W29" s="109"/>
+      <c r="X29" s="109"/>
+      <c r="Y29" s="109"/>
+      <c r="Z29" s="109"/>
+      <c r="AA29" s="109"/>
+      <c r="AB29" s="109"/>
+      <c r="AC29" s="109"/>
+      <c r="AD29" s="109"/>
+      <c r="AE29" s="109"/>
+      <c r="AF29" s="109"/>
+      <c r="AG29" s="109"/>
+      <c r="AH29" s="109"/>
+      <c r="AI29" s="109"/>
+      <c r="AJ29" s="109"/>
+      <c r="AK29" s="109"/>
+      <c r="AL29" s="109"/>
+      <c r="AM29" s="4"/>
+    </row>
+    <row r="30" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C30" s="9" t="s">
         <v>143</v>
       </c>
-      <c r="D30" s="12"/>
-[...114 lines deleted...]
-    <row r="33" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="D30" s="9"/>
+      <c r="E30" s="9"/>
+      <c r="F30" s="9"/>
+      <c r="G30" s="9"/>
+      <c r="H30" s="9"/>
+      <c r="I30" s="9"/>
+      <c r="J30" s="9"/>
+      <c r="K30" s="9"/>
+      <c r="L30" s="9"/>
+      <c r="M30" s="9"/>
+      <c r="N30" s="9"/>
+      <c r="O30" s="9"/>
+      <c r="P30" s="9"/>
+      <c r="Q30" s="9"/>
+      <c r="R30" s="9"/>
+      <c r="S30" s="9"/>
+      <c r="T30" s="9"/>
+      <c r="U30" s="9"/>
+      <c r="V30" s="9"/>
+      <c r="W30" s="9"/>
+      <c r="X30" s="9"/>
+      <c r="Y30" s="9"/>
+      <c r="Z30" s="9"/>
+      <c r="AA30" s="9"/>
+      <c r="AB30" s="9"/>
+      <c r="AC30" s="9"/>
+      <c r="AD30" s="9"/>
+      <c r="AE30" s="9"/>
+      <c r="AF30" s="9"/>
+      <c r="AG30" s="9"/>
+      <c r="AH30" s="9"/>
+      <c r="AI30" s="9"/>
+      <c r="AJ30" s="9"/>
+      <c r="AK30" s="9"/>
+      <c r="AL30" s="9"/>
+      <c r="AM30" s="4"/>
+    </row>
+    <row r="31" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C31" s="41"/>
+      <c r="D31" s="41"/>
+      <c r="E31" s="41"/>
+      <c r="F31" s="41"/>
+      <c r="G31" s="110"/>
+      <c r="H31" s="110"/>
+      <c r="I31" s="110"/>
+      <c r="J31" s="110"/>
+      <c r="K31" s="110"/>
+      <c r="L31" s="110"/>
+      <c r="M31" s="110"/>
+      <c r="N31" s="110"/>
+      <c r="O31" s="110"/>
+      <c r="P31" s="110"/>
+      <c r="Q31" s="110"/>
+      <c r="R31" s="110"/>
+      <c r="S31" s="110"/>
+      <c r="T31" s="110"/>
+      <c r="U31" s="110"/>
+      <c r="V31" s="110"/>
+      <c r="W31" s="110"/>
+      <c r="X31" s="110"/>
+      <c r="Y31" s="110"/>
+      <c r="Z31" s="110"/>
+      <c r="AA31" s="110"/>
+      <c r="AB31" s="110"/>
+      <c r="AC31" s="110"/>
+      <c r="AD31" s="110"/>
+      <c r="AE31" s="110"/>
+      <c r="AF31" s="110"/>
+      <c r="AG31" s="110"/>
+      <c r="AH31" s="110"/>
+      <c r="AI31" s="110"/>
+      <c r="AJ31" s="110"/>
+      <c r="AK31" s="110"/>
+      <c r="AL31" s="110"/>
+      <c r="AM31" s="4"/>
+    </row>
+    <row r="32" spans="3:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C32" s="41"/>
+      <c r="D32" s="41"/>
+      <c r="E32" s="41"/>
+      <c r="F32" s="41"/>
+      <c r="G32" s="110"/>
+      <c r="H32" s="110"/>
+      <c r="I32" s="110"/>
+      <c r="J32" s="110"/>
+      <c r="K32" s="110"/>
+      <c r="L32" s="110"/>
+      <c r="M32" s="110"/>
+      <c r="N32" s="110"/>
+      <c r="O32" s="110"/>
+      <c r="P32" s="110"/>
+      <c r="Q32" s="110"/>
+      <c r="R32" s="110"/>
+      <c r="S32" s="110"/>
+      <c r="T32" s="110"/>
+      <c r="U32" s="110"/>
+      <c r="V32" s="110"/>
+      <c r="W32" s="110"/>
+      <c r="X32" s="110"/>
+      <c r="Y32" s="110"/>
+      <c r="Z32" s="110"/>
+      <c r="AA32" s="110"/>
+      <c r="AB32" s="110"/>
+      <c r="AC32" s="110"/>
+      <c r="AD32" s="110"/>
+      <c r="AE32" s="110"/>
+      <c r="AF32" s="110"/>
+      <c r="AG32" s="110"/>
+      <c r="AH32" s="110"/>
+      <c r="AI32" s="110"/>
+      <c r="AJ32" s="110"/>
+      <c r="AK32" s="110"/>
+      <c r="AL32" s="110"/>
+      <c r="AM32" s="4"/>
+    </row>
+    <row r="33" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="5"/>
       <c r="D33" s="5"/>
       <c r="E33" s="5"/>
       <c r="F33" s="5"/>
-      <c r="G33" s="114"/>
-[...239 lines deleted...]
-    <row r="64" spans="2:39" ht="13.5" x14ac:dyDescent="0.15"/>
+      <c r="G33" s="106"/>
+      <c r="H33" s="106"/>
+      <c r="I33" s="106"/>
+      <c r="J33" s="106"/>
+      <c r="K33" s="106"/>
+      <c r="L33" s="106"/>
+      <c r="M33" s="106"/>
+      <c r="N33" s="106"/>
+      <c r="O33" s="106"/>
+      <c r="P33" s="106"/>
+      <c r="Q33" s="106"/>
+      <c r="R33" s="106"/>
+      <c r="S33" s="106"/>
+      <c r="T33" s="106"/>
+      <c r="U33" s="106"/>
+      <c r="V33" s="106"/>
+      <c r="W33" s="106"/>
+      <c r="X33" s="106"/>
+      <c r="Y33" s="106"/>
+      <c r="Z33" s="106"/>
+      <c r="AA33" s="106"/>
+      <c r="AB33" s="106"/>
+      <c r="AC33" s="106"/>
+      <c r="AD33" s="106"/>
+      <c r="AE33" s="106"/>
+      <c r="AF33" s="106"/>
+      <c r="AG33" s="106"/>
+      <c r="AH33" s="106"/>
+      <c r="AI33" s="106"/>
+      <c r="AJ33" s="106"/>
+      <c r="AK33" s="106"/>
+      <c r="AL33" s="106"/>
+      <c r="AM33" s="4"/>
+    </row>
+    <row r="34" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C34" s="41"/>
+      <c r="D34" s="41"/>
+      <c r="E34" s="41"/>
+      <c r="F34" s="41"/>
+      <c r="G34" s="41"/>
+      <c r="H34" s="41"/>
+      <c r="I34" s="41"/>
+      <c r="J34" s="41"/>
+      <c r="K34" s="41"/>
+      <c r="L34" s="41"/>
+      <c r="M34" s="41"/>
+      <c r="N34" s="41"/>
+      <c r="O34" s="41"/>
+      <c r="P34" s="41"/>
+      <c r="Q34" s="41"/>
+      <c r="R34" s="41"/>
+      <c r="S34" s="41"/>
+      <c r="T34" s="41"/>
+      <c r="U34" s="41"/>
+      <c r="V34" s="41"/>
+      <c r="W34" s="41"/>
+      <c r="X34" s="41"/>
+      <c r="Y34" s="41"/>
+      <c r="Z34" s="41"/>
+      <c r="AA34" s="41"/>
+      <c r="AB34" s="41"/>
+      <c r="AC34" s="41"/>
+      <c r="AD34" s="41"/>
+      <c r="AE34" s="41"/>
+      <c r="AF34" s="41"/>
+      <c r="AG34" s="41"/>
+      <c r="AH34" s="41"/>
+      <c r="AI34" s="41"/>
+      <c r="AJ34" s="41"/>
+      <c r="AK34" s="41"/>
+      <c r="AL34" s="41"/>
+      <c r="AM34" s="8"/>
+    </row>
+    <row r="35" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C35" s="41"/>
+      <c r="D35" s="41"/>
+      <c r="E35" s="41"/>
+      <c r="F35" s="41"/>
+      <c r="G35" s="41"/>
+      <c r="H35" s="41"/>
+      <c r="I35" s="41"/>
+      <c r="J35" s="41"/>
+      <c r="K35" s="41"/>
+      <c r="L35" s="41"/>
+      <c r="M35" s="41"/>
+      <c r="N35" s="41"/>
+      <c r="O35" s="41"/>
+      <c r="P35" s="41"/>
+      <c r="Q35" s="41"/>
+      <c r="R35" s="41"/>
+      <c r="S35" s="41"/>
+      <c r="T35" s="41"/>
+      <c r="U35" s="41"/>
+      <c r="V35" s="41"/>
+      <c r="W35" s="41"/>
+      <c r="X35" s="41"/>
+      <c r="Y35" s="41"/>
+      <c r="Z35" s="41"/>
+      <c r="AA35" s="41"/>
+      <c r="AB35" s="41"/>
+      <c r="AC35" s="41"/>
+      <c r="AD35" s="41"/>
+      <c r="AE35" s="41"/>
+      <c r="AF35" s="41"/>
+      <c r="AG35" s="41"/>
+      <c r="AH35" s="41"/>
+      <c r="AI35" s="41"/>
+      <c r="AJ35" s="41"/>
+      <c r="AK35" s="41"/>
+      <c r="AL35" s="41"/>
+      <c r="AM35" s="8"/>
+    </row>
+    <row r="36" spans="3:39" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C36" s="41"/>
+      <c r="D36" s="41"/>
+      <c r="E36" s="41"/>
+      <c r="F36" s="41"/>
+      <c r="G36" s="41"/>
+      <c r="H36" s="41"/>
+      <c r="I36" s="41"/>
+      <c r="J36" s="41"/>
+      <c r="K36" s="41"/>
+      <c r="L36" s="41"/>
+      <c r="M36" s="41"/>
+      <c r="N36" s="41"/>
+      <c r="O36" s="41"/>
+      <c r="P36" s="41"/>
+      <c r="Q36" s="41"/>
+      <c r="R36" s="41"/>
+      <c r="S36" s="41"/>
+      <c r="T36" s="41"/>
+      <c r="U36" s="41"/>
+      <c r="V36" s="41"/>
+      <c r="W36" s="41"/>
+      <c r="X36" s="41"/>
+      <c r="Y36" s="41"/>
+      <c r="Z36" s="41"/>
+      <c r="AA36" s="41"/>
+      <c r="AB36" s="41"/>
+      <c r="AC36" s="41"/>
+      <c r="AD36" s="41"/>
+      <c r="AE36" s="41"/>
+      <c r="AF36" s="41"/>
+      <c r="AG36" s="41"/>
+      <c r="AH36" s="41"/>
+      <c r="AI36" s="41"/>
+      <c r="AJ36" s="41"/>
+      <c r="AK36" s="41"/>
+      <c r="AL36" s="41"/>
+      <c r="AM36" s="8"/>
+    </row>
+    <row r="53" spans="2:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="B53" s="41"/>
+      <c r="C53" s="41"/>
+      <c r="D53" s="41"/>
+      <c r="E53" s="41"/>
+      <c r="F53" s="41"/>
+      <c r="G53" s="41"/>
+      <c r="H53" s="41"/>
+      <c r="I53" s="41"/>
+      <c r="J53" s="41"/>
+      <c r="K53" s="41"/>
+      <c r="L53" s="41"/>
+      <c r="M53" s="41"/>
+      <c r="N53" s="41"/>
+      <c r="O53" s="41"/>
+      <c r="P53" s="41"/>
+      <c r="Q53" s="41"/>
+      <c r="R53" s="41"/>
+      <c r="S53" s="41"/>
+      <c r="T53" s="41"/>
+      <c r="U53" s="41"/>
+      <c r="V53" s="41"/>
+      <c r="W53" s="41"/>
+      <c r="X53" s="41"/>
+      <c r="Y53" s="41"/>
+      <c r="Z53" s="41"/>
+      <c r="AA53" s="41"/>
+      <c r="AB53" s="41"/>
+      <c r="AC53" s="41"/>
+      <c r="AD53" s="41"/>
+      <c r="AE53" s="41"/>
+      <c r="AF53" s="41"/>
+      <c r="AG53" s="41"/>
+      <c r="AH53" s="41"/>
+      <c r="AI53" s="41"/>
+      <c r="AJ53" s="41"/>
+      <c r="AK53" s="41"/>
+      <c r="AL53" s="41"/>
+      <c r="AM53" s="41"/>
+    </row>
+    <row r="54" spans="2:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="B54" s="41"/>
+      <c r="C54" s="41"/>
+      <c r="D54" s="41"/>
+      <c r="E54" s="41"/>
+      <c r="F54" s="41"/>
+      <c r="G54" s="41"/>
+      <c r="H54" s="41"/>
+      <c r="I54" s="41"/>
+      <c r="J54" s="41"/>
+      <c r="K54" s="41"/>
+      <c r="L54" s="41"/>
+      <c r="M54" s="41"/>
+      <c r="N54" s="41"/>
+      <c r="O54" s="41"/>
+      <c r="P54" s="41"/>
+      <c r="Q54" s="41"/>
+      <c r="R54" s="41"/>
+      <c r="S54" s="41"/>
+      <c r="T54" s="41"/>
+      <c r="U54" s="41"/>
+      <c r="V54" s="41"/>
+      <c r="W54" s="41"/>
+      <c r="X54" s="41"/>
+      <c r="Y54" s="41"/>
+      <c r="Z54" s="41"/>
+      <c r="AA54" s="41"/>
+      <c r="AB54" s="41"/>
+      <c r="AC54" s="41"/>
+      <c r="AD54" s="41"/>
+      <c r="AE54" s="41"/>
+      <c r="AF54" s="41"/>
+      <c r="AG54" s="41"/>
+      <c r="AH54" s="41"/>
+      <c r="AI54" s="41"/>
+      <c r="AJ54" s="41"/>
+      <c r="AK54" s="41"/>
+      <c r="AL54" s="41"/>
+      <c r="AM54" s="41"/>
+    </row>
+    <row r="55" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="56" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="57" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="58" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="59" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="60" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="61" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="62" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="63" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="64" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="78">
-    <mergeCell ref="C3:AL3"/>
-[...51 lines deleted...]
-    <mergeCell ref="U22:V22"/>
+    <mergeCell ref="G33:AL33"/>
+    <mergeCell ref="J27:AL27"/>
+    <mergeCell ref="J28:AL28"/>
+    <mergeCell ref="J29:AL29"/>
+    <mergeCell ref="G31:AL31"/>
+    <mergeCell ref="G32:AL32"/>
+    <mergeCell ref="Y24:Z24"/>
+    <mergeCell ref="AB24:AK24"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="M24:P24"/>
+    <mergeCell ref="Q24:R24"/>
+    <mergeCell ref="S24:T24"/>
+    <mergeCell ref="U24:V24"/>
+    <mergeCell ref="W24:X24"/>
     <mergeCell ref="W22:X22"/>
     <mergeCell ref="Y22:Z22"/>
     <mergeCell ref="AB22:AK22"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="M23:P23"/>
     <mergeCell ref="Q23:R23"/>
     <mergeCell ref="S23:T23"/>
     <mergeCell ref="U23:V23"/>
     <mergeCell ref="W23:X23"/>
     <mergeCell ref="Y23:Z23"/>
     <mergeCell ref="AB23:AK23"/>
-    <mergeCell ref="Y24:Z24"/>
-[...12 lines deleted...]
-    <mergeCell ref="G33:AL33"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="M22:P22"/>
+    <mergeCell ref="Q22:R22"/>
+    <mergeCell ref="S22:T22"/>
+    <mergeCell ref="U22:V22"/>
+    <mergeCell ref="AE18:AF18"/>
+    <mergeCell ref="AA20:AL20"/>
+    <mergeCell ref="H21:I21"/>
+    <mergeCell ref="M21:P21"/>
+    <mergeCell ref="Q21:R21"/>
+    <mergeCell ref="S21:T21"/>
+    <mergeCell ref="U21:V21"/>
+    <mergeCell ref="W21:X21"/>
+    <mergeCell ref="Y21:Z21"/>
+    <mergeCell ref="AB21:AK21"/>
+    <mergeCell ref="S18:V18"/>
+    <mergeCell ref="W18:X18"/>
+    <mergeCell ref="Y18:Z18"/>
+    <mergeCell ref="AA18:AB18"/>
+    <mergeCell ref="AC18:AD18"/>
+    <mergeCell ref="S15:AL15"/>
+    <mergeCell ref="S16:AL16"/>
+    <mergeCell ref="S17:V17"/>
+    <mergeCell ref="W17:X17"/>
+    <mergeCell ref="Y17:Z17"/>
+    <mergeCell ref="AA17:AB17"/>
+    <mergeCell ref="AC17:AD17"/>
+    <mergeCell ref="AE17:AF17"/>
+    <mergeCell ref="S11:AL11"/>
+    <mergeCell ref="T12:AD12"/>
+    <mergeCell ref="AE12:AF12"/>
+    <mergeCell ref="S13:AL13"/>
+    <mergeCell ref="S14:V14"/>
+    <mergeCell ref="W14:X14"/>
+    <mergeCell ref="Y14:Z14"/>
+    <mergeCell ref="AA14:AB14"/>
+    <mergeCell ref="AC14:AD14"/>
+    <mergeCell ref="AE14:AF14"/>
+    <mergeCell ref="S9:AL9"/>
+    <mergeCell ref="T8:V8"/>
+    <mergeCell ref="W8:Z8"/>
+    <mergeCell ref="AA8:AD8"/>
+    <mergeCell ref="S10:V10"/>
+    <mergeCell ref="W10:X10"/>
+    <mergeCell ref="Y10:Z10"/>
+    <mergeCell ref="AA10:AB10"/>
+    <mergeCell ref="AC10:AD10"/>
+    <mergeCell ref="AE10:AF10"/>
+    <mergeCell ref="C3:AL3"/>
+    <mergeCell ref="J5:AL5"/>
+    <mergeCell ref="J6:AL6"/>
+    <mergeCell ref="J7:AL7"/>
+    <mergeCell ref="AE8:AF8"/>
   </mergeCells>
   <phoneticPr fontId="35"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.23622047244094491" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"游ゴシック,標準"&amp;9 &amp;K00-0182025年6月20日版　株式会社GAI建築確認</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D0B5DC5-EEA1-498A-9615-0BD4755C788F}">
   <dimension ref="B1:AM69"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="E25" sqref="E25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="2.625" style="49"/>
+    <col min="1" max="16384" width="2.6328125" style="42"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:34" s="54" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.15"/>
-[...1 lines deleted...]
-      <c r="C2" s="34" t="s">
+    <row r="1" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C2" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="D2" s="35"/>
-[...66 lines deleted...]
-      <c r="C4" s="36" t="s">
+      <c r="D2" s="17"/>
+      <c r="E2" s="17"/>
+      <c r="F2" s="17"/>
+      <c r="G2" s="17"/>
+      <c r="H2" s="17"/>
+      <c r="I2" s="17"/>
+      <c r="J2" s="17"/>
+      <c r="K2" s="17"/>
+      <c r="L2" s="17"/>
+      <c r="M2" s="17"/>
+      <c r="N2" s="17"/>
+      <c r="O2" s="17"/>
+      <c r="P2" s="17"/>
+      <c r="Q2" s="17"/>
+      <c r="R2" s="17"/>
+      <c r="S2" s="17"/>
+      <c r="T2" s="17"/>
+      <c r="U2" s="17"/>
+      <c r="V2" s="17"/>
+      <c r="W2" s="17"/>
+      <c r="X2" s="17"/>
+      <c r="Y2" s="17"/>
+      <c r="Z2" s="17"/>
+      <c r="AA2" s="17"/>
+      <c r="AB2" s="17"/>
+      <c r="AC2" s="17"/>
+      <c r="AD2" s="17"/>
+      <c r="AE2" s="17"/>
+      <c r="AF2" s="17"/>
+      <c r="AG2" s="17"/>
+      <c r="AH2" s="17"/>
+    </row>
+    <row r="3" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C3" s="17"/>
+      <c r="D3" s="17"/>
+      <c r="E3" s="17"/>
+      <c r="F3" s="17"/>
+      <c r="G3" s="17"/>
+      <c r="H3" s="17"/>
+      <c r="I3" s="17"/>
+      <c r="J3" s="17"/>
+      <c r="K3" s="17"/>
+      <c r="L3" s="17"/>
+      <c r="M3" s="17"/>
+      <c r="N3" s="17"/>
+      <c r="O3" s="17"/>
+      <c r="P3" s="17"/>
+      <c r="Q3" s="17"/>
+      <c r="R3" s="17"/>
+      <c r="S3" s="17"/>
+      <c r="T3" s="17"/>
+      <c r="U3" s="17"/>
+      <c r="V3" s="17"/>
+      <c r="W3" s="17"/>
+      <c r="X3" s="17"/>
+      <c r="Y3" s="17"/>
+      <c r="Z3" s="17"/>
+      <c r="AA3" s="17"/>
+      <c r="AB3" s="17"/>
+      <c r="AC3" s="17"/>
+      <c r="AD3" s="17"/>
+      <c r="AE3" s="17"/>
+      <c r="AF3" s="17"/>
+      <c r="AG3" s="17"/>
+      <c r="AH3" s="17"/>
+    </row>
+    <row r="4" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C4" s="30" t="s">
         <v>1</v>
       </c>
-      <c r="D4" s="34" t="s">
+      <c r="D4" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="E4" s="35"/>
-[...32 lines deleted...]
-      <c r="D5" s="34" t="s">
+      <c r="E4" s="17"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="17"/>
+      <c r="H4" s="17"/>
+      <c r="I4" s="17"/>
+      <c r="J4" s="17"/>
+      <c r="K4" s="17"/>
+      <c r="L4" s="17"/>
+      <c r="M4" s="17"/>
+      <c r="N4" s="17"/>
+      <c r="O4" s="17"/>
+      <c r="P4" s="17"/>
+      <c r="Q4" s="17"/>
+      <c r="R4" s="17"/>
+      <c r="S4" s="17"/>
+      <c r="T4" s="17"/>
+      <c r="U4" s="17"/>
+      <c r="V4" s="17"/>
+      <c r="W4" s="17"/>
+      <c r="X4" s="17"/>
+      <c r="Y4" s="17"/>
+      <c r="Z4" s="17"/>
+      <c r="AA4" s="17"/>
+      <c r="AB4" s="17"/>
+      <c r="AC4" s="17"/>
+      <c r="AD4" s="17"/>
+      <c r="AE4" s="17"/>
+      <c r="AF4" s="17"/>
+      <c r="AG4" s="17"/>
+      <c r="AH4" s="17"/>
+    </row>
+    <row r="5" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C5" s="17"/>
+      <c r="D5" s="29" t="s">
         <v>3</v>
       </c>
-      <c r="E5" s="35"/>
-[...65 lines deleted...]
-      <c r="C7" s="36" t="s">
+      <c r="E5" s="17"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="17"/>
+      <c r="H5" s="17"/>
+      <c r="I5" s="17"/>
+      <c r="J5" s="17"/>
+      <c r="K5" s="17"/>
+      <c r="L5" s="17"/>
+      <c r="M5" s="17"/>
+      <c r="N5" s="17"/>
+      <c r="O5" s="17"/>
+      <c r="P5" s="17"/>
+      <c r="Q5" s="17"/>
+      <c r="R5" s="17"/>
+      <c r="S5" s="17"/>
+      <c r="T5" s="17"/>
+      <c r="U5" s="17"/>
+      <c r="V5" s="17"/>
+      <c r="W5" s="17"/>
+      <c r="X5" s="17"/>
+      <c r="Y5" s="17"/>
+      <c r="Z5" s="17"/>
+      <c r="AA5" s="17"/>
+      <c r="AB5" s="17"/>
+      <c r="AC5" s="17"/>
+      <c r="AD5" s="17"/>
+      <c r="AE5" s="17"/>
+      <c r="AF5" s="17"/>
+      <c r="AG5" s="17"/>
+      <c r="AH5" s="17"/>
+    </row>
+    <row r="6" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
+      <c r="E6" s="17"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="17"/>
+      <c r="H6" s="17"/>
+      <c r="I6" s="17"/>
+      <c r="J6" s="17"/>
+      <c r="K6" s="17"/>
+      <c r="L6" s="17"/>
+      <c r="M6" s="17"/>
+      <c r="N6" s="17"/>
+      <c r="O6" s="17"/>
+      <c r="P6" s="17"/>
+      <c r="Q6" s="17"/>
+      <c r="R6" s="17"/>
+      <c r="S6" s="17"/>
+      <c r="T6" s="17"/>
+      <c r="U6" s="17"/>
+      <c r="V6" s="17"/>
+      <c r="W6" s="17"/>
+      <c r="X6" s="17"/>
+      <c r="Y6" s="17"/>
+      <c r="Z6" s="17"/>
+      <c r="AA6" s="17"/>
+      <c r="AB6" s="17"/>
+      <c r="AC6" s="17"/>
+      <c r="AD6" s="17"/>
+      <c r="AE6" s="17"/>
+      <c r="AF6" s="17"/>
+      <c r="AG6" s="17"/>
+      <c r="AH6" s="17"/>
+    </row>
+    <row r="7" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C7" s="30" t="s">
         <v>4</v>
       </c>
-      <c r="D7" s="34" t="s">
+      <c r="D7" s="29" t="s">
         <v>5</v>
       </c>
-      <c r="E7" s="35"/>
-[...32 lines deleted...]
-      <c r="D8" s="37" t="s">
+      <c r="E7" s="17"/>
+      <c r="F7" s="17"/>
+      <c r="G7" s="17"/>
+      <c r="H7" s="17"/>
+      <c r="I7" s="17"/>
+      <c r="J7" s="17"/>
+      <c r="K7" s="17"/>
+      <c r="L7" s="17"/>
+      <c r="M7" s="17"/>
+      <c r="N7" s="17"/>
+      <c r="O7" s="17"/>
+      <c r="P7" s="17"/>
+      <c r="Q7" s="17"/>
+      <c r="R7" s="17"/>
+      <c r="S7" s="17"/>
+      <c r="T7" s="17"/>
+      <c r="U7" s="17"/>
+      <c r="V7" s="17"/>
+      <c r="W7" s="17"/>
+      <c r="X7" s="17"/>
+      <c r="Y7" s="17"/>
+      <c r="Z7" s="17"/>
+      <c r="AA7" s="17"/>
+      <c r="AB7" s="17"/>
+      <c r="AC7" s="17"/>
+      <c r="AD7" s="17"/>
+      <c r="AE7" s="17"/>
+      <c r="AF7" s="17"/>
+      <c r="AG7" s="17"/>
+      <c r="AH7" s="17"/>
+    </row>
+    <row r="8" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C8" s="17"/>
+      <c r="D8" s="31" t="s">
         <v>6</v>
       </c>
-      <c r="E8" s="135" t="s">
+      <c r="E8" s="111" t="s">
         <v>7</v>
       </c>
-      <c r="F8" s="136"/>
-[...31 lines deleted...]
-      <c r="D9" s="128" t="s">
+      <c r="F8" s="112"/>
+      <c r="G8" s="112"/>
+      <c r="H8" s="112"/>
+      <c r="I8" s="112"/>
+      <c r="J8" s="112"/>
+      <c r="K8" s="112"/>
+      <c r="L8" s="112"/>
+      <c r="M8" s="112"/>
+      <c r="N8" s="112"/>
+      <c r="O8" s="112"/>
+      <c r="P8" s="112"/>
+      <c r="Q8" s="112"/>
+      <c r="R8" s="112"/>
+      <c r="S8" s="112"/>
+      <c r="T8" s="112"/>
+      <c r="U8" s="112"/>
+      <c r="V8" s="112"/>
+      <c r="W8" s="112"/>
+      <c r="X8" s="112"/>
+      <c r="Y8" s="112"/>
+      <c r="Z8" s="112"/>
+      <c r="AA8" s="112"/>
+      <c r="AB8" s="112"/>
+      <c r="AC8" s="112"/>
+      <c r="AD8" s="112"/>
+      <c r="AE8" s="112"/>
+      <c r="AF8" s="17"/>
+      <c r="AG8" s="17"/>
+      <c r="AH8" s="17"/>
+    </row>
+    <row r="9" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C9" s="17"/>
+      <c r="D9" s="113" t="s">
         <v>8</v>
       </c>
-      <c r="E9" s="130" t="s">
+      <c r="E9" s="115" t="s">
         <v>9</v>
       </c>
-      <c r="F9" s="131"/>
-[...65 lines deleted...]
-      <c r="D11" s="128" t="s">
+      <c r="F9" s="116"/>
+      <c r="G9" s="116"/>
+      <c r="H9" s="116"/>
+      <c r="I9" s="116"/>
+      <c r="J9" s="116"/>
+      <c r="K9" s="116"/>
+      <c r="L9" s="116"/>
+      <c r="M9" s="116"/>
+      <c r="N9" s="116"/>
+      <c r="O9" s="116"/>
+      <c r="P9" s="116"/>
+      <c r="Q9" s="116"/>
+      <c r="R9" s="116"/>
+      <c r="S9" s="116"/>
+      <c r="T9" s="116"/>
+      <c r="U9" s="116"/>
+      <c r="V9" s="116"/>
+      <c r="W9" s="116"/>
+      <c r="X9" s="116"/>
+      <c r="Y9" s="116"/>
+      <c r="Z9" s="116"/>
+      <c r="AA9" s="116"/>
+      <c r="AB9" s="116"/>
+      <c r="AC9" s="116"/>
+      <c r="AD9" s="116"/>
+      <c r="AE9" s="116"/>
+      <c r="AF9" s="17"/>
+      <c r="AG9" s="17"/>
+      <c r="AH9" s="17"/>
+    </row>
+    <row r="10" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C10" s="17"/>
+      <c r="D10" s="114"/>
+      <c r="E10" s="116"/>
+      <c r="F10" s="116"/>
+      <c r="G10" s="116"/>
+      <c r="H10" s="116"/>
+      <c r="I10" s="116"/>
+      <c r="J10" s="116"/>
+      <c r="K10" s="116"/>
+      <c r="L10" s="116"/>
+      <c r="M10" s="116"/>
+      <c r="N10" s="116"/>
+      <c r="O10" s="116"/>
+      <c r="P10" s="116"/>
+      <c r="Q10" s="116"/>
+      <c r="R10" s="116"/>
+      <c r="S10" s="116"/>
+      <c r="T10" s="116"/>
+      <c r="U10" s="116"/>
+      <c r="V10" s="116"/>
+      <c r="W10" s="116"/>
+      <c r="X10" s="116"/>
+      <c r="Y10" s="116"/>
+      <c r="Z10" s="116"/>
+      <c r="AA10" s="116"/>
+      <c r="AB10" s="116"/>
+      <c r="AC10" s="116"/>
+      <c r="AD10" s="116"/>
+      <c r="AE10" s="116"/>
+      <c r="AF10" s="29"/>
+      <c r="AG10" s="29"/>
+      <c r="AH10" s="29"/>
+    </row>
+    <row r="11" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C11" s="17"/>
+      <c r="D11" s="113" t="s">
         <v>10</v>
       </c>
-      <c r="E11" s="130" t="s">
+      <c r="E11" s="115" t="s">
         <v>11</v>
       </c>
-      <c r="F11" s="131"/>
-[...65 lines deleted...]
-      <c r="D13" s="128" t="s">
+      <c r="F11" s="116"/>
+      <c r="G11" s="116"/>
+      <c r="H11" s="116"/>
+      <c r="I11" s="116"/>
+      <c r="J11" s="116"/>
+      <c r="K11" s="116"/>
+      <c r="L11" s="116"/>
+      <c r="M11" s="116"/>
+      <c r="N11" s="116"/>
+      <c r="O11" s="116"/>
+      <c r="P11" s="116"/>
+      <c r="Q11" s="116"/>
+      <c r="R11" s="116"/>
+      <c r="S11" s="116"/>
+      <c r="T11" s="116"/>
+      <c r="U11" s="116"/>
+      <c r="V11" s="116"/>
+      <c r="W11" s="116"/>
+      <c r="X11" s="116"/>
+      <c r="Y11" s="116"/>
+      <c r="Z11" s="116"/>
+      <c r="AA11" s="116"/>
+      <c r="AB11" s="116"/>
+      <c r="AC11" s="116"/>
+      <c r="AD11" s="116"/>
+      <c r="AE11" s="116"/>
+      <c r="AF11" s="29"/>
+      <c r="AG11" s="29"/>
+      <c r="AH11" s="29"/>
+    </row>
+    <row r="12" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C12" s="17"/>
+      <c r="D12" s="114"/>
+      <c r="E12" s="116"/>
+      <c r="F12" s="116"/>
+      <c r="G12" s="116"/>
+      <c r="H12" s="116"/>
+      <c r="I12" s="116"/>
+      <c r="J12" s="116"/>
+      <c r="K12" s="116"/>
+      <c r="L12" s="116"/>
+      <c r="M12" s="116"/>
+      <c r="N12" s="116"/>
+      <c r="O12" s="116"/>
+      <c r="P12" s="116"/>
+      <c r="Q12" s="116"/>
+      <c r="R12" s="116"/>
+      <c r="S12" s="116"/>
+      <c r="T12" s="116"/>
+      <c r="U12" s="116"/>
+      <c r="V12" s="116"/>
+      <c r="W12" s="116"/>
+      <c r="X12" s="116"/>
+      <c r="Y12" s="116"/>
+      <c r="Z12" s="116"/>
+      <c r="AA12" s="116"/>
+      <c r="AB12" s="116"/>
+      <c r="AC12" s="116"/>
+      <c r="AD12" s="116"/>
+      <c r="AE12" s="116"/>
+      <c r="AF12" s="29"/>
+      <c r="AG12" s="29"/>
+      <c r="AH12" s="29"/>
+    </row>
+    <row r="13" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C13" s="17"/>
+      <c r="D13" s="113" t="s">
         <v>12</v>
       </c>
-      <c r="E13" s="130" t="s">
+      <c r="E13" s="115" t="s">
         <v>13</v>
       </c>
-      <c r="F13" s="131"/>
-[...99 lines deleted...]
-      <c r="D16" s="37" t="s">
+      <c r="F13" s="116"/>
+      <c r="G13" s="116"/>
+      <c r="H13" s="116"/>
+      <c r="I13" s="116"/>
+      <c r="J13" s="116"/>
+      <c r="K13" s="116"/>
+      <c r="L13" s="116"/>
+      <c r="M13" s="116"/>
+      <c r="N13" s="116"/>
+      <c r="O13" s="116"/>
+      <c r="P13" s="116"/>
+      <c r="Q13" s="116"/>
+      <c r="R13" s="116"/>
+      <c r="S13" s="116"/>
+      <c r="T13" s="116"/>
+      <c r="U13" s="116"/>
+      <c r="V13" s="116"/>
+      <c r="W13" s="116"/>
+      <c r="X13" s="116"/>
+      <c r="Y13" s="116"/>
+      <c r="Z13" s="116"/>
+      <c r="AA13" s="116"/>
+      <c r="AB13" s="116"/>
+      <c r="AC13" s="116"/>
+      <c r="AD13" s="116"/>
+      <c r="AE13" s="116"/>
+      <c r="AF13" s="29"/>
+      <c r="AG13" s="29"/>
+      <c r="AH13" s="29"/>
+    </row>
+    <row r="14" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C14" s="17"/>
+      <c r="D14" s="114"/>
+      <c r="E14" s="116"/>
+      <c r="F14" s="116"/>
+      <c r="G14" s="116"/>
+      <c r="H14" s="116"/>
+      <c r="I14" s="116"/>
+      <c r="J14" s="116"/>
+      <c r="K14" s="116"/>
+      <c r="L14" s="116"/>
+      <c r="M14" s="116"/>
+      <c r="N14" s="116"/>
+      <c r="O14" s="116"/>
+      <c r="P14" s="116"/>
+      <c r="Q14" s="116"/>
+      <c r="R14" s="116"/>
+      <c r="S14" s="116"/>
+      <c r="T14" s="116"/>
+      <c r="U14" s="116"/>
+      <c r="V14" s="116"/>
+      <c r="W14" s="116"/>
+      <c r="X14" s="116"/>
+      <c r="Y14" s="116"/>
+      <c r="Z14" s="116"/>
+      <c r="AA14" s="116"/>
+      <c r="AB14" s="116"/>
+      <c r="AC14" s="116"/>
+      <c r="AD14" s="116"/>
+      <c r="AE14" s="116"/>
+      <c r="AF14" s="29"/>
+      <c r="AG14" s="29"/>
+      <c r="AH14" s="29"/>
+    </row>
+    <row r="15" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C15" s="17"/>
+      <c r="D15" s="114"/>
+      <c r="E15" s="116"/>
+      <c r="F15" s="116"/>
+      <c r="G15" s="116"/>
+      <c r="H15" s="116"/>
+      <c r="I15" s="116"/>
+      <c r="J15" s="116"/>
+      <c r="K15" s="116"/>
+      <c r="L15" s="116"/>
+      <c r="M15" s="116"/>
+      <c r="N15" s="116"/>
+      <c r="O15" s="116"/>
+      <c r="P15" s="116"/>
+      <c r="Q15" s="116"/>
+      <c r="R15" s="116"/>
+      <c r="S15" s="116"/>
+      <c r="T15" s="116"/>
+      <c r="U15" s="116"/>
+      <c r="V15" s="116"/>
+      <c r="W15" s="116"/>
+      <c r="X15" s="116"/>
+      <c r="Y15" s="116"/>
+      <c r="Z15" s="116"/>
+      <c r="AA15" s="116"/>
+      <c r="AB15" s="116"/>
+      <c r="AC15" s="116"/>
+      <c r="AD15" s="116"/>
+      <c r="AE15" s="116"/>
+      <c r="AF15" s="29"/>
+      <c r="AG15" s="29"/>
+      <c r="AH15" s="29"/>
+    </row>
+    <row r="16" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C16" s="17"/>
+      <c r="D16" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="E16" s="132" t="s">
+      <c r="E16" s="117" t="s">
         <v>15</v>
       </c>
-      <c r="F16" s="133"/>
-[...64 lines deleted...]
-      <c r="C18" s="36" t="s">
+      <c r="F16" s="118"/>
+      <c r="G16" s="118"/>
+      <c r="H16" s="118"/>
+      <c r="I16" s="118"/>
+      <c r="J16" s="118"/>
+      <c r="K16" s="118"/>
+      <c r="L16" s="118"/>
+      <c r="M16" s="118"/>
+      <c r="N16" s="118"/>
+      <c r="O16" s="118"/>
+      <c r="P16" s="118"/>
+      <c r="Q16" s="118"/>
+      <c r="R16" s="118"/>
+      <c r="S16" s="118"/>
+      <c r="T16" s="118"/>
+      <c r="U16" s="118"/>
+      <c r="V16" s="118"/>
+      <c r="W16" s="118"/>
+      <c r="X16" s="118"/>
+      <c r="Y16" s="118"/>
+      <c r="Z16" s="118"/>
+      <c r="AA16" s="118"/>
+      <c r="AB16" s="118"/>
+      <c r="AC16" s="118"/>
+      <c r="AD16" s="118"/>
+      <c r="AE16" s="118"/>
+      <c r="AF16" s="17"/>
+      <c r="AG16" s="17"/>
+      <c r="AH16" s="17"/>
+    </row>
+    <row r="17" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C17" s="17"/>
+      <c r="D17" s="17"/>
+      <c r="E17" s="17"/>
+      <c r="F17" s="17"/>
+      <c r="G17" s="17"/>
+      <c r="H17" s="17"/>
+      <c r="I17" s="17"/>
+      <c r="J17" s="17"/>
+      <c r="K17" s="17"/>
+      <c r="L17" s="17"/>
+      <c r="M17" s="17"/>
+      <c r="N17" s="17"/>
+      <c r="O17" s="17"/>
+      <c r="P17" s="17"/>
+      <c r="Q17" s="17"/>
+      <c r="R17" s="17"/>
+      <c r="S17" s="17"/>
+      <c r="T17" s="17"/>
+      <c r="U17" s="17"/>
+      <c r="V17" s="17"/>
+      <c r="W17" s="17"/>
+      <c r="X17" s="17"/>
+      <c r="Y17" s="17"/>
+      <c r="Z17" s="17"/>
+      <c r="AA17" s="17"/>
+      <c r="AB17" s="17"/>
+      <c r="AC17" s="17"/>
+      <c r="AD17" s="17"/>
+      <c r="AE17" s="17"/>
+      <c r="AF17" s="17"/>
+      <c r="AG17" s="17"/>
+      <c r="AH17" s="17"/>
+    </row>
+    <row r="18" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C18" s="30" t="s">
         <v>16</v>
       </c>
-      <c r="D18" s="34" t="s">
+      <c r="D18" s="29" t="s">
         <v>17</v>
       </c>
-      <c r="E18" s="35"/>
-[...32 lines deleted...]
-      <c r="D19" s="37" t="s">
+      <c r="E18" s="17"/>
+      <c r="F18" s="17"/>
+      <c r="G18" s="17"/>
+      <c r="H18" s="17"/>
+      <c r="I18" s="17"/>
+      <c r="J18" s="17"/>
+      <c r="K18" s="17"/>
+      <c r="L18" s="17"/>
+      <c r="M18" s="17"/>
+      <c r="N18" s="17"/>
+      <c r="O18" s="17"/>
+      <c r="P18" s="17"/>
+      <c r="Q18" s="17"/>
+      <c r="R18" s="17"/>
+      <c r="S18" s="17"/>
+      <c r="T18" s="17"/>
+      <c r="U18" s="17"/>
+      <c r="V18" s="17"/>
+      <c r="W18" s="17"/>
+      <c r="X18" s="17"/>
+      <c r="Y18" s="17"/>
+      <c r="Z18" s="17"/>
+      <c r="AA18" s="17"/>
+      <c r="AB18" s="17"/>
+      <c r="AC18" s="17"/>
+      <c r="AD18" s="17"/>
+      <c r="AE18" s="17"/>
+      <c r="AF18" s="17"/>
+      <c r="AG18" s="17"/>
+      <c r="AH18" s="17"/>
+    </row>
+    <row r="19" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C19" s="17"/>
+      <c r="D19" s="31" t="s">
         <v>6</v>
       </c>
-      <c r="E19" s="34" t="s">
+      <c r="E19" s="29" t="s">
         <v>18</v>
       </c>
-      <c r="F19" s="35"/>
-[...31 lines deleted...]
-      <c r="D20" s="37" t="s">
+      <c r="F19" s="17"/>
+      <c r="G19" s="17"/>
+      <c r="H19" s="17"/>
+      <c r="I19" s="17"/>
+      <c r="J19" s="17"/>
+      <c r="K19" s="17"/>
+      <c r="L19" s="17"/>
+      <c r="M19" s="17"/>
+      <c r="N19" s="17"/>
+      <c r="O19" s="17"/>
+      <c r="P19" s="17"/>
+      <c r="Q19" s="17"/>
+      <c r="R19" s="17"/>
+      <c r="S19" s="17"/>
+      <c r="T19" s="17"/>
+      <c r="U19" s="17"/>
+      <c r="V19" s="17"/>
+      <c r="W19" s="17"/>
+      <c r="X19" s="17"/>
+      <c r="Y19" s="17"/>
+      <c r="Z19" s="17"/>
+      <c r="AA19" s="17"/>
+      <c r="AB19" s="17"/>
+      <c r="AC19" s="17"/>
+      <c r="AD19" s="17"/>
+      <c r="AE19" s="17"/>
+      <c r="AF19" s="17"/>
+      <c r="AG19" s="17"/>
+      <c r="AH19" s="17"/>
+    </row>
+    <row r="20" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C20" s="17"/>
+      <c r="D20" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="E20" s="34" t="s">
+      <c r="E20" s="29" t="s">
         <v>20</v>
       </c>
-      <c r="F20" s="34"/>
-[...31 lines deleted...]
-      <c r="D21" s="37" t="s">
+      <c r="F20" s="29"/>
+      <c r="G20" s="29"/>
+      <c r="H20" s="29"/>
+      <c r="I20" s="29"/>
+      <c r="J20" s="29"/>
+      <c r="K20" s="29"/>
+      <c r="L20" s="29"/>
+      <c r="M20" s="29"/>
+      <c r="N20" s="29"/>
+      <c r="O20" s="29"/>
+      <c r="P20" s="29"/>
+      <c r="Q20" s="29"/>
+      <c r="R20" s="29"/>
+      <c r="S20" s="29"/>
+      <c r="T20" s="29"/>
+      <c r="U20" s="29"/>
+      <c r="V20" s="29"/>
+      <c r="W20" s="29"/>
+      <c r="X20" s="29"/>
+      <c r="Y20" s="29"/>
+      <c r="Z20" s="29"/>
+      <c r="AA20" s="29"/>
+      <c r="AB20" s="29"/>
+      <c r="AC20" s="29"/>
+      <c r="AD20" s="29"/>
+      <c r="AE20" s="29"/>
+      <c r="AF20" s="29"/>
+      <c r="AG20" s="29"/>
+      <c r="AH20" s="29"/>
+    </row>
+    <row r="21" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C21" s="17"/>
+      <c r="D21" s="31" t="s">
         <v>21</v>
       </c>
-      <c r="E21" s="34" t="s">
+      <c r="E21" s="29" t="s">
         <v>22</v>
       </c>
-      <c r="F21" s="34"/>
-[...31 lines deleted...]
-      <c r="D22" s="37" t="s">
+      <c r="F21" s="29"/>
+      <c r="G21" s="29"/>
+      <c r="H21" s="29"/>
+      <c r="I21" s="29"/>
+      <c r="J21" s="29"/>
+      <c r="K21" s="29"/>
+      <c r="L21" s="29"/>
+      <c r="M21" s="29"/>
+      <c r="N21" s="29"/>
+      <c r="O21" s="29"/>
+      <c r="P21" s="29"/>
+      <c r="Q21" s="29"/>
+      <c r="R21" s="29"/>
+      <c r="S21" s="29"/>
+      <c r="T21" s="29"/>
+      <c r="U21" s="29"/>
+      <c r="V21" s="29"/>
+      <c r="W21" s="29"/>
+      <c r="X21" s="29"/>
+      <c r="Y21" s="29"/>
+      <c r="Z21" s="29"/>
+      <c r="AA21" s="29"/>
+      <c r="AB21" s="29"/>
+      <c r="AC21" s="29"/>
+      <c r="AD21" s="29"/>
+      <c r="AE21" s="29"/>
+      <c r="AF21" s="29"/>
+      <c r="AG21" s="29"/>
+      <c r="AH21" s="29"/>
+    </row>
+    <row r="22" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C22" s="17"/>
+      <c r="D22" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="E22" s="34" t="s">
+      <c r="E22" s="29" t="s">
         <v>24</v>
       </c>
-      <c r="F22" s="34"/>
-[...31 lines deleted...]
-      <c r="D23" s="37" t="s">
+      <c r="F22" s="29"/>
+      <c r="G22" s="29"/>
+      <c r="H22" s="29"/>
+      <c r="I22" s="29"/>
+      <c r="J22" s="29"/>
+      <c r="K22" s="29"/>
+      <c r="L22" s="29"/>
+      <c r="M22" s="29"/>
+      <c r="N22" s="29"/>
+      <c r="O22" s="29"/>
+      <c r="P22" s="29"/>
+      <c r="Q22" s="29"/>
+      <c r="R22" s="29"/>
+      <c r="S22" s="29"/>
+      <c r="T22" s="29"/>
+      <c r="U22" s="29"/>
+      <c r="V22" s="29"/>
+      <c r="W22" s="29"/>
+      <c r="X22" s="29"/>
+      <c r="Y22" s="29"/>
+      <c r="Z22" s="29"/>
+      <c r="AA22" s="29"/>
+      <c r="AB22" s="29"/>
+      <c r="AC22" s="29"/>
+      <c r="AD22" s="29"/>
+      <c r="AE22" s="29"/>
+      <c r="AF22" s="29"/>
+      <c r="AG22" s="29"/>
+      <c r="AH22" s="29"/>
+    </row>
+    <row r="23" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C23" s="17"/>
+      <c r="D23" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="E23" s="34" t="s">
+      <c r="E23" s="29" t="s">
         <v>25</v>
       </c>
-      <c r="F23" s="34"/>
-[...31 lines deleted...]
-      <c r="D24" s="37" t="s">
+      <c r="F23" s="29"/>
+      <c r="G23" s="29"/>
+      <c r="H23" s="29"/>
+      <c r="I23" s="29"/>
+      <c r="J23" s="29"/>
+      <c r="K23" s="29"/>
+      <c r="L23" s="29"/>
+      <c r="M23" s="29"/>
+      <c r="N23" s="29"/>
+      <c r="O23" s="29"/>
+      <c r="P23" s="29"/>
+      <c r="Q23" s="29"/>
+      <c r="R23" s="29"/>
+      <c r="S23" s="29"/>
+      <c r="T23" s="29"/>
+      <c r="U23" s="29"/>
+      <c r="V23" s="29"/>
+      <c r="W23" s="29"/>
+      <c r="X23" s="29"/>
+      <c r="Y23" s="29"/>
+      <c r="Z23" s="29"/>
+      <c r="AA23" s="29"/>
+      <c r="AB23" s="29"/>
+      <c r="AC23" s="29"/>
+      <c r="AD23" s="29"/>
+      <c r="AE23" s="29"/>
+      <c r="AF23" s="29"/>
+      <c r="AG23" s="29"/>
+      <c r="AH23" s="29"/>
+    </row>
+    <row r="24" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C24" s="17"/>
+      <c r="D24" s="31" t="s">
         <v>26</v>
       </c>
-      <c r="E24" s="34" t="s">
+      <c r="E24" s="29" t="s">
         <v>27</v>
       </c>
-      <c r="F24" s="35"/>
-[...132 lines deleted...]
-      <c r="C28" s="128" t="s">
+      <c r="F24" s="17"/>
+      <c r="G24" s="17"/>
+      <c r="H24" s="17"/>
+      <c r="I24" s="17"/>
+      <c r="J24" s="17"/>
+      <c r="K24" s="17"/>
+      <c r="L24" s="17"/>
+      <c r="M24" s="17"/>
+      <c r="N24" s="17"/>
+      <c r="O24" s="17"/>
+      <c r="P24" s="17"/>
+      <c r="Q24" s="17"/>
+      <c r="R24" s="17"/>
+      <c r="S24" s="17"/>
+      <c r="T24" s="17"/>
+      <c r="U24" s="17"/>
+      <c r="V24" s="17"/>
+      <c r="W24" s="17"/>
+      <c r="X24" s="17"/>
+      <c r="Y24" s="17"/>
+      <c r="Z24" s="17"/>
+      <c r="AA24" s="17"/>
+      <c r="AB24" s="17"/>
+      <c r="AC24" s="17"/>
+      <c r="AD24" s="17"/>
+      <c r="AE24" s="17"/>
+      <c r="AF24" s="17"/>
+      <c r="AG24" s="17"/>
+      <c r="AH24" s="17"/>
+    </row>
+    <row r="25" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C25" s="17"/>
+      <c r="D25" s="17"/>
+      <c r="E25" s="17"/>
+      <c r="F25" s="17"/>
+      <c r="G25" s="17"/>
+      <c r="H25" s="17"/>
+      <c r="I25" s="17"/>
+      <c r="J25" s="17"/>
+      <c r="K25" s="17"/>
+      <c r="L25" s="17"/>
+      <c r="M25" s="17"/>
+      <c r="N25" s="17"/>
+      <c r="O25" s="17"/>
+      <c r="P25" s="17"/>
+      <c r="Q25" s="17"/>
+      <c r="R25" s="17"/>
+      <c r="S25" s="17"/>
+      <c r="T25" s="17"/>
+      <c r="U25" s="17"/>
+      <c r="V25" s="17"/>
+      <c r="W25" s="17"/>
+      <c r="X25" s="17"/>
+      <c r="Y25" s="17"/>
+      <c r="Z25" s="17"/>
+      <c r="AA25" s="17"/>
+      <c r="AB25" s="17"/>
+      <c r="AC25" s="17"/>
+      <c r="AD25" s="17"/>
+      <c r="AE25" s="17"/>
+      <c r="AF25" s="17"/>
+      <c r="AG25" s="17"/>
+      <c r="AH25" s="17"/>
+    </row>
+    <row r="26" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C26" s="17"/>
+      <c r="D26" s="17"/>
+      <c r="E26" s="17"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="17"/>
+      <c r="H26" s="17"/>
+      <c r="I26" s="17"/>
+      <c r="J26" s="17"/>
+      <c r="K26" s="17"/>
+      <c r="L26" s="17"/>
+      <c r="M26" s="17"/>
+      <c r="N26" s="17"/>
+      <c r="O26" s="17"/>
+      <c r="P26" s="17"/>
+      <c r="Q26" s="17"/>
+      <c r="R26" s="17"/>
+      <c r="S26" s="17"/>
+      <c r="T26" s="17"/>
+      <c r="U26" s="17"/>
+      <c r="V26" s="17"/>
+      <c r="W26" s="17"/>
+      <c r="X26" s="17"/>
+      <c r="Y26" s="17"/>
+      <c r="Z26" s="17"/>
+      <c r="AA26" s="17"/>
+      <c r="AB26" s="17"/>
+      <c r="AC26" s="17"/>
+      <c r="AD26" s="17"/>
+      <c r="AE26" s="17"/>
+      <c r="AF26" s="17"/>
+      <c r="AG26" s="17"/>
+      <c r="AH26" s="17"/>
+    </row>
+    <row r="27" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C27" s="17"/>
+      <c r="D27" s="17"/>
+      <c r="E27" s="17"/>
+      <c r="F27" s="17"/>
+      <c r="G27" s="17"/>
+      <c r="H27" s="17"/>
+      <c r="I27" s="17"/>
+      <c r="J27" s="17"/>
+      <c r="K27" s="17"/>
+      <c r="L27" s="17"/>
+      <c r="M27" s="17"/>
+      <c r="N27" s="17"/>
+      <c r="O27" s="17"/>
+      <c r="P27" s="17"/>
+      <c r="Q27" s="17"/>
+      <c r="R27" s="17"/>
+      <c r="S27" s="17"/>
+      <c r="T27" s="17"/>
+      <c r="U27" s="17"/>
+      <c r="V27" s="17"/>
+      <c r="W27" s="17"/>
+      <c r="X27" s="17"/>
+      <c r="Y27" s="17"/>
+      <c r="Z27" s="17"/>
+      <c r="AA27" s="17"/>
+      <c r="AB27" s="17"/>
+      <c r="AC27" s="17"/>
+      <c r="AD27" s="17"/>
+      <c r="AE27" s="17"/>
+      <c r="AF27" s="17"/>
+      <c r="AG27" s="17"/>
+      <c r="AH27" s="17"/>
+    </row>
+    <row r="28" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C28" s="113" t="s">
         <v>28</v>
       </c>
-      <c r="D28" s="129"/>
-      <c r="E28" s="38" t="s">
+      <c r="D28" s="114"/>
+      <c r="E28" s="32" t="s">
         <v>29</v>
       </c>
-      <c r="F28" s="34" t="s">
+      <c r="F28" s="29" t="s">
         <v>30</v>
       </c>
-      <c r="G28" s="35"/>
-[...31 lines deleted...]
-      <c r="E29" s="134" t="s">
+      <c r="G28" s="17"/>
+      <c r="H28" s="17"/>
+      <c r="I28" s="17"/>
+      <c r="J28" s="17"/>
+      <c r="K28" s="17"/>
+      <c r="L28" s="17"/>
+      <c r="M28" s="17"/>
+      <c r="N28" s="17"/>
+      <c r="O28" s="17"/>
+      <c r="P28" s="17"/>
+      <c r="Q28" s="17"/>
+      <c r="R28" s="17"/>
+      <c r="S28" s="17"/>
+      <c r="T28" s="17"/>
+      <c r="U28" s="17"/>
+      <c r="V28" s="17"/>
+      <c r="W28" s="17"/>
+      <c r="X28" s="17"/>
+      <c r="Y28" s="17"/>
+      <c r="Z28" s="17"/>
+      <c r="AA28" s="17"/>
+      <c r="AB28" s="17"/>
+      <c r="AC28" s="17"/>
+      <c r="AD28" s="17"/>
+      <c r="AE28" s="17"/>
+      <c r="AF28" s="17"/>
+      <c r="AG28" s="17"/>
+      <c r="AH28" s="17"/>
+    </row>
+    <row r="29" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C29" s="17"/>
+      <c r="D29" s="17"/>
+      <c r="E29" s="119" t="s">
         <v>172</v>
       </c>
-      <c r="F29" s="130" t="s">
+      <c r="F29" s="115" t="s">
         <v>31</v>
       </c>
-      <c r="G29" s="131"/>
-[...173 lines deleted...]
-    <row r="69" ht="13.5" x14ac:dyDescent="0.15"/>
+      <c r="G29" s="116"/>
+      <c r="H29" s="116"/>
+      <c r="I29" s="116"/>
+      <c r="J29" s="116"/>
+      <c r="K29" s="116"/>
+      <c r="L29" s="116"/>
+      <c r="M29" s="116"/>
+      <c r="N29" s="116"/>
+      <c r="O29" s="116"/>
+      <c r="P29" s="116"/>
+      <c r="Q29" s="116"/>
+      <c r="R29" s="116"/>
+      <c r="S29" s="116"/>
+      <c r="T29" s="116"/>
+      <c r="U29" s="116"/>
+      <c r="V29" s="116"/>
+      <c r="W29" s="116"/>
+      <c r="X29" s="116"/>
+      <c r="Y29" s="116"/>
+      <c r="Z29" s="116"/>
+      <c r="AA29" s="116"/>
+      <c r="AB29" s="116"/>
+      <c r="AC29" s="116"/>
+      <c r="AD29" s="116"/>
+      <c r="AE29" s="116"/>
+      <c r="AF29" s="29"/>
+      <c r="AG29" s="29"/>
+      <c r="AH29" s="29"/>
+    </row>
+    <row r="30" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E30" s="114"/>
+      <c r="F30" s="116"/>
+      <c r="G30" s="116"/>
+      <c r="H30" s="116"/>
+      <c r="I30" s="116"/>
+      <c r="J30" s="116"/>
+      <c r="K30" s="116"/>
+      <c r="L30" s="116"/>
+      <c r="M30" s="116"/>
+      <c r="N30" s="116"/>
+      <c r="O30" s="116"/>
+      <c r="P30" s="116"/>
+      <c r="Q30" s="116"/>
+      <c r="R30" s="116"/>
+      <c r="S30" s="116"/>
+      <c r="T30" s="116"/>
+      <c r="U30" s="116"/>
+      <c r="V30" s="116"/>
+      <c r="W30" s="116"/>
+      <c r="X30" s="116"/>
+      <c r="Y30" s="116"/>
+      <c r="Z30" s="116"/>
+      <c r="AA30" s="116"/>
+      <c r="AB30" s="116"/>
+      <c r="AC30" s="116"/>
+      <c r="AD30" s="116"/>
+      <c r="AE30" s="116"/>
+    </row>
+    <row r="31" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="3:34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="33" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="34" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="35" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="36" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="37" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="38" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="39" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="40" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="41" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="42" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="43" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="44" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="45" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="46" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="47" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="48" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="49" spans="2:39" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="50" spans="2:39" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="51" spans="2:39" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="52" spans="2:39" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="53" spans="2:39" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="54" spans="2:39" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="55" spans="2:39" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="56" spans="2:39" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="57" spans="2:39" s="47" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="58" spans="2:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="B58" s="41"/>
+      <c r="C58" s="41"/>
+      <c r="D58" s="41"/>
+      <c r="E58" s="41"/>
+      <c r="F58" s="41"/>
+      <c r="G58" s="41"/>
+      <c r="H58" s="41"/>
+      <c r="I58" s="41"/>
+      <c r="J58" s="41"/>
+      <c r="K58" s="41"/>
+      <c r="L58" s="41"/>
+      <c r="M58" s="41"/>
+      <c r="N58" s="41"/>
+      <c r="O58" s="41"/>
+      <c r="P58" s="41"/>
+      <c r="Q58" s="41"/>
+      <c r="R58" s="41"/>
+      <c r="S58" s="41"/>
+      <c r="T58" s="41"/>
+      <c r="U58" s="41"/>
+      <c r="V58" s="41"/>
+      <c r="W58" s="41"/>
+      <c r="X58" s="41"/>
+      <c r="Y58" s="41"/>
+      <c r="Z58" s="41"/>
+      <c r="AA58" s="41"/>
+      <c r="AB58" s="41"/>
+      <c r="AC58" s="41"/>
+      <c r="AD58" s="41"/>
+      <c r="AE58" s="41"/>
+      <c r="AF58" s="41"/>
+      <c r="AG58" s="41"/>
+      <c r="AH58" s="41"/>
+      <c r="AI58" s="41"/>
+      <c r="AJ58" s="41"/>
+      <c r="AK58" s="41"/>
+      <c r="AL58" s="41"/>
+      <c r="AM58" s="41"/>
+    </row>
+    <row r="59" spans="2:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="B59" s="41"/>
+      <c r="C59" s="41"/>
+      <c r="D59" s="41"/>
+      <c r="E59" s="41"/>
+      <c r="F59" s="41"/>
+      <c r="G59" s="41"/>
+      <c r="H59" s="41"/>
+      <c r="I59" s="41"/>
+      <c r="J59" s="41"/>
+      <c r="K59" s="41"/>
+      <c r="L59" s="41"/>
+      <c r="M59" s="41"/>
+      <c r="N59" s="41"/>
+      <c r="O59" s="41"/>
+      <c r="P59" s="41"/>
+      <c r="Q59" s="41"/>
+      <c r="R59" s="41"/>
+      <c r="S59" s="41"/>
+      <c r="T59" s="41"/>
+      <c r="U59" s="41"/>
+      <c r="V59" s="41"/>
+      <c r="W59" s="41"/>
+      <c r="X59" s="41"/>
+      <c r="Y59" s="41"/>
+      <c r="Z59" s="41"/>
+      <c r="AA59" s="41"/>
+      <c r="AB59" s="41"/>
+      <c r="AC59" s="41"/>
+      <c r="AD59" s="41"/>
+      <c r="AE59" s="41"/>
+      <c r="AF59" s="41"/>
+      <c r="AG59" s="41"/>
+      <c r="AH59" s="41"/>
+      <c r="AI59" s="41"/>
+      <c r="AJ59" s="41"/>
+      <c r="AK59" s="41"/>
+      <c r="AL59" s="41"/>
+      <c r="AM59" s="41"/>
+    </row>
+    <row r="60" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="61" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="62" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="63" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="64" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="13" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="11">
-    <mergeCell ref="E8:AE8"/>
-[...3 lines deleted...]
-    <mergeCell ref="E11:AE12"/>
     <mergeCell ref="D13:D15"/>
     <mergeCell ref="E13:AE15"/>
     <mergeCell ref="E16:AE16"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="E29:E30"/>
     <mergeCell ref="F29:AE30"/>
+    <mergeCell ref="E8:AE8"/>
+    <mergeCell ref="D9:D10"/>
+    <mergeCell ref="E9:AE10"/>
+    <mergeCell ref="D11:D12"/>
+    <mergeCell ref="E11:AE12"/>
   </mergeCells>
   <phoneticPr fontId="35"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.23622047244094491" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"游ゴシック,標準"&amp;9 &amp;K00-0182025年6月20日版　株式会社GAI建築確認</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19580A66-A13B-40DE-825E-B877440DDAD8}">
   <dimension ref="A3:AV71"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="E25" sqref="E25"/>
+      <selection activeCell="E25" sqref="E25:AL25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="2.6328125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="16384" width="2.625" style="49"/>
+    <col min="1" max="16384" width="2.6328125" style="42"/>
   </cols>
   <sheetData>
-    <row r="3" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="C3" s="97" t="s">
+    <row r="3" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C3" s="73" t="s">
         <v>144</v>
       </c>
-      <c r="D3" s="97"/>
-[...33 lines deleted...]
-      <c r="AL3" s="97"/>
+      <c r="D3" s="73"/>
+      <c r="E3" s="73"/>
+      <c r="F3" s="73"/>
+      <c r="G3" s="73"/>
+      <c r="H3" s="73"/>
+      <c r="I3" s="73"/>
+      <c r="J3" s="73"/>
+      <c r="K3" s="73"/>
+      <c r="L3" s="73"/>
+      <c r="M3" s="73"/>
+      <c r="N3" s="73"/>
+      <c r="O3" s="73"/>
+      <c r="P3" s="73"/>
+      <c r="Q3" s="73"/>
+      <c r="R3" s="73"/>
+      <c r="S3" s="73"/>
+      <c r="T3" s="73"/>
+      <c r="U3" s="73"/>
+      <c r="V3" s="73"/>
+      <c r="W3" s="73"/>
+      <c r="X3" s="73"/>
+      <c r="Y3" s="73"/>
+      <c r="Z3" s="73"/>
+      <c r="AA3" s="73"/>
+      <c r="AB3" s="73"/>
+      <c r="AC3" s="73"/>
+      <c r="AD3" s="73"/>
+      <c r="AE3" s="73"/>
+      <c r="AF3" s="73"/>
+      <c r="AG3" s="73"/>
+      <c r="AH3" s="73"/>
+      <c r="AI3" s="73"/>
+      <c r="AJ3" s="73"/>
+      <c r="AK3" s="73"/>
+      <c r="AL3" s="73"/>
       <c r="AM3" s="1"/>
       <c r="AN3" s="1"/>
       <c r="AO3" s="1"/>
       <c r="AP3" s="1"/>
       <c r="AQ3" s="1"/>
-      <c r="AR3" s="15"/>
-[...5 lines deleted...]
-    <row r="4" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR3" s="1"/>
+      <c r="AS3" s="1"/>
+      <c r="AT3" s="1"/>
+      <c r="AU3" s="1"/>
+      <c r="AV3" s="1"/>
+    </row>
+    <row r="4" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="O4" s="3"/>
       <c r="P4" s="3"/>
       <c r="Q4" s="3"/>
       <c r="R4" s="3"/>
       <c r="S4" s="3"/>
       <c r="T4" s="3"/>
       <c r="U4" s="3"/>
       <c r="V4" s="3"/>
       <c r="W4" s="3"/>
       <c r="X4" s="3"/>
       <c r="Y4" s="3"/>
       <c r="Z4" s="3"/>
       <c r="AA4" s="3"/>
       <c r="AB4" s="3"/>
       <c r="AC4" s="3"/>
       <c r="AD4" s="3"/>
       <c r="AE4" s="3"/>
       <c r="AF4" s="3"/>
       <c r="AG4" s="3"/>
       <c r="AH4" s="3"/>
       <c r="AI4" s="3"/>
       <c r="AJ4" s="3"/>
       <c r="AK4" s="3"/>
       <c r="AL4" s="3"/>
       <c r="AM4" s="1"/>
       <c r="AN4" s="1"/>
       <c r="AO4" s="1"/>
       <c r="AP4" s="1"/>
       <c r="AQ4" s="1"/>
-      <c r="AR4" s="15"/>
-[...5 lines deleted...]
-    <row r="5" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR4" s="1"/>
+      <c r="AS4" s="1"/>
+      <c r="AT4" s="1"/>
+      <c r="AU4" s="1"/>
+      <c r="AV4" s="1"/>
+    </row>
+    <row r="5" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
       <c r="L5" s="4"/>
       <c r="M5" s="4"/>
       <c r="N5" s="4"/>
       <c r="O5" s="4"/>
       <c r="P5" s="4"/>
       <c r="Q5" s="4"/>
       <c r="R5" s="4"/>
       <c r="S5" s="4"/>
       <c r="T5" s="4"/>
       <c r="U5" s="4"/>
       <c r="V5" s="4"/>
       <c r="W5" s="4"/>
       <c r="X5" s="4"/>
       <c r="Y5" s="4"/>
       <c r="Z5" s="4"/>
       <c r="AA5" s="4"/>
-      <c r="AB5" s="116"/>
-[...2 lines deleted...]
-      <c r="AE5" s="96"/>
+      <c r="AB5" s="99"/>
+      <c r="AC5" s="99"/>
+      <c r="AD5" s="72"/>
+      <c r="AE5" s="72"/>
       <c r="AF5" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="AG5" s="96"/>
-      <c r="AH5" s="96"/>
+      <c r="AG5" s="72"/>
+      <c r="AH5" s="72"/>
       <c r="AI5" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="AJ5" s="96"/>
-      <c r="AK5" s="96"/>
+      <c r="AJ5" s="72"/>
+      <c r="AK5" s="72"/>
       <c r="AL5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="AM5" s="1"/>
       <c r="AN5" s="1"/>
       <c r="AO5" s="1"/>
       <c r="AP5" s="1"/>
       <c r="AQ5" s="1"/>
-      <c r="AR5" s="15"/>
-[...5 lines deleted...]
-    <row r="6" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR5" s="1"/>
+      <c r="AS5" s="1"/>
+      <c r="AT5" s="1"/>
+      <c r="AU5" s="1"/>
+      <c r="AV5" s="1"/>
+    </row>
+    <row r="6" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="4"/>
       <c r="L6" s="4"/>
       <c r="M6" s="4"/>
       <c r="N6" s="4"/>
       <c r="O6" s="4"/>
       <c r="P6" s="4"/>
       <c r="Q6" s="4"/>
       <c r="R6" s="4"/>
       <c r="S6" s="4"/>
       <c r="T6" s="4"/>
       <c r="U6" s="4"/>
       <c r="V6" s="4"/>
       <c r="W6" s="4"/>
       <c r="X6" s="4"/>
       <c r="Y6" s="4"/>
       <c r="Z6" s="4"/>
       <c r="AA6" s="4"/>
-      <c r="AB6" s="13"/>
+      <c r="AB6" s="10"/>
       <c r="AC6" s="4"/>
-      <c r="AD6" s="14"/>
-      <c r="AE6" s="14"/>
+      <c r="AD6" s="11"/>
+      <c r="AE6" s="11"/>
       <c r="AF6" s="3"/>
-      <c r="AG6" s="14"/>
-      <c r="AH6" s="14"/>
+      <c r="AG6" s="11"/>
+      <c r="AH6" s="11"/>
       <c r="AI6" s="3"/>
-      <c r="AJ6" s="14"/>
-      <c r="AK6" s="14"/>
+      <c r="AJ6" s="11"/>
+      <c r="AK6" s="11"/>
       <c r="AL6" s="3"/>
       <c r="AM6" s="1"/>
       <c r="AN6" s="1"/>
       <c r="AO6" s="1"/>
       <c r="AP6" s="1"/>
       <c r="AQ6" s="1"/>
-      <c r="AR6" s="15"/>
-[...5 lines deleted...]
-    <row r="7" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR6" s="1"/>
+      <c r="AS6" s="1"/>
+      <c r="AT6" s="1"/>
+      <c r="AU6" s="1"/>
+      <c r="AV6" s="1"/>
+    </row>
+    <row r="7" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C7" s="4" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="4"/>
       <c r="L7" s="4"/>
       <c r="M7" s="4"/>
       <c r="N7" s="4"/>
       <c r="O7" s="4"/>
       <c r="P7" s="4"/>
       <c r="Q7" s="4"/>
       <c r="R7" s="4"/>
       <c r="S7" s="4"/>
       <c r="T7" s="4"/>
       <c r="U7" s="4"/>
       <c r="V7" s="4"/>
       <c r="W7" s="4"/>
       <c r="X7" s="4"/>
       <c r="Y7" s="4"/>
       <c r="Z7" s="4"/>
       <c r="AA7" s="4"/>
       <c r="AB7" s="4"/>
       <c r="AC7" s="4"/>
       <c r="AD7" s="4"/>
       <c r="AE7" s="4"/>
       <c r="AF7" s="4"/>
       <c r="AG7" s="4"/>
       <c r="AH7" s="4"/>
       <c r="AI7" s="4"/>
       <c r="AJ7" s="4"/>
       <c r="AK7" s="4"/>
       <c r="AL7" s="4"/>
       <c r="AM7" s="1"/>
       <c r="AN7" s="1"/>
       <c r="AO7" s="1"/>
       <c r="AP7" s="1"/>
       <c r="AQ7" s="1"/>
-      <c r="AR7" s="15"/>
-[...5 lines deleted...]
-    <row r="8" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR7" s="1"/>
+      <c r="AS7" s="1"/>
+      <c r="AT7" s="1"/>
+      <c r="AU7" s="1"/>
+      <c r="AV7" s="1"/>
+    </row>
+    <row r="8" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
       <c r="I8" s="4"/>
       <c r="J8" s="4"/>
       <c r="K8" s="4"/>
       <c r="L8" s="4"/>
       <c r="M8" s="4"/>
       <c r="N8" s="4"/>
       <c r="O8" s="4"/>
       <c r="P8" s="4"/>
       <c r="Q8" s="4"/>
       <c r="R8" s="4"/>
       <c r="S8" s="4"/>
       <c r="T8" s="4"/>
       <c r="U8" s="4"/>
       <c r="V8" s="4"/>
       <c r="W8" s="4"/>
       <c r="X8" s="4"/>
       <c r="Y8" s="4"/>
       <c r="Z8" s="4"/>
       <c r="AA8" s="4"/>
       <c r="AB8" s="4"/>
       <c r="AC8" s="4"/>
       <c r="AD8" s="4"/>
       <c r="AE8" s="4"/>
       <c r="AF8" s="4"/>
       <c r="AG8" s="4"/>
       <c r="AH8" s="4"/>
       <c r="AI8" s="4"/>
       <c r="AJ8" s="4"/>
       <c r="AK8" s="4"/>
       <c r="AL8" s="4"/>
       <c r="AM8" s="1"/>
       <c r="AN8" s="1"/>
       <c r="AO8" s="1"/>
       <c r="AP8" s="1"/>
       <c r="AQ8" s="1"/>
-      <c r="AR8" s="15"/>
-[...5 lines deleted...]
-    <row r="9" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR8" s="1"/>
+      <c r="AS8" s="1"/>
+      <c r="AT8" s="1"/>
+      <c r="AU8" s="1"/>
+      <c r="AV8" s="1"/>
+    </row>
+    <row r="9" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
       <c r="Z9" s="4"/>
       <c r="AA9" s="4"/>
       <c r="AB9" s="3"/>
       <c r="AC9" s="3"/>
       <c r="AD9" s="3"/>
       <c r="AE9" s="3"/>
       <c r="AF9" s="3"/>
       <c r="AG9" s="3"/>
       <c r="AH9" s="3"/>
       <c r="AI9" s="3"/>
       <c r="AJ9" s="3"/>
       <c r="AK9" s="4"/>
       <c r="AL9" s="4"/>
       <c r="AM9" s="1"/>
       <c r="AN9" s="1"/>
       <c r="AO9" s="1"/>
       <c r="AP9" s="1"/>
       <c r="AQ9" s="1"/>
-      <c r="AR9" s="15"/>
-[...5 lines deleted...]
-    <row r="10" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR9" s="1"/>
+      <c r="AS9" s="1"/>
+      <c r="AT9" s="1"/>
+      <c r="AU9" s="1"/>
+      <c r="AV9" s="1"/>
+    </row>
+    <row r="10" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
       <c r="I10" s="4"/>
       <c r="J10" s="4"/>
       <c r="K10" s="4"/>
       <c r="L10" s="4"/>
       <c r="M10" s="4"/>
       <c r="N10" s="4"/>
       <c r="O10" s="4"/>
       <c r="P10" s="4"/>
       <c r="Q10" s="4"/>
       <c r="R10" s="4"/>
       <c r="S10" s="4"/>
-      <c r="T10" s="13" t="s">
+      <c r="T10" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="U10" s="13"/>
-[...2 lines deleted...]
-      <c r="X10" s="13"/>
+      <c r="U10" s="10"/>
+      <c r="V10" s="10"/>
+      <c r="W10" s="10"/>
+      <c r="X10" s="10"/>
       <c r="Y10" s="4"/>
-      <c r="Z10" s="13"/>
-      <c r="AA10" s="13"/>
+      <c r="Z10" s="10"/>
+      <c r="AA10" s="10"/>
       <c r="AB10" s="3"/>
       <c r="AC10" s="3"/>
       <c r="AD10" s="3"/>
       <c r="AE10" s="3"/>
       <c r="AF10" s="3"/>
       <c r="AG10" s="3"/>
       <c r="AH10" s="3"/>
       <c r="AI10" s="3"/>
       <c r="AJ10" s="3"/>
       <c r="AK10" s="4"/>
       <c r="AL10" s="4"/>
       <c r="AM10" s="1"/>
       <c r="AN10" s="1"/>
       <c r="AO10" s="1"/>
       <c r="AP10" s="1"/>
       <c r="AQ10" s="1"/>
-      <c r="AR10" s="15"/>
-[...5 lines deleted...]
-    <row r="11" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR10" s="1"/>
+      <c r="AS10" s="1"/>
+      <c r="AT10" s="1"/>
+      <c r="AU10" s="1"/>
+      <c r="AV10" s="1"/>
+    </row>
+    <row r="11" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
       <c r="I11" s="4"/>
       <c r="J11" s="4"/>
       <c r="K11" s="4"/>
       <c r="L11" s="4"/>
       <c r="M11" s="4"/>
       <c r="N11" s="4"/>
       <c r="O11" s="4"/>
       <c r="P11" s="4"/>
       <c r="Q11" s="4"/>
       <c r="R11" s="4"/>
       <c r="S11" s="4"/>
       <c r="T11" s="4"/>
       <c r="U11" s="4"/>
-      <c r="V11" s="91"/>
-[...17 lines deleted...]
-      <c r="AL11" s="95"/>
+      <c r="V11" s="75"/>
+      <c r="W11" s="75"/>
+      <c r="X11" s="75"/>
+      <c r="Y11" s="75"/>
+      <c r="Z11" s="75"/>
+      <c r="AA11" s="75"/>
+      <c r="AB11" s="75"/>
+      <c r="AC11" s="75"/>
+      <c r="AD11" s="75"/>
+      <c r="AE11" s="75"/>
+      <c r="AF11" s="75"/>
+      <c r="AG11" s="75"/>
+      <c r="AH11" s="75"/>
+      <c r="AI11" s="75"/>
+      <c r="AJ11" s="75"/>
+      <c r="AK11" s="71" t="s">
+        <v>270</v>
+      </c>
+      <c r="AL11" s="71"/>
       <c r="AM11" s="1"/>
       <c r="AN11" s="1"/>
       <c r="AO11" s="1"/>
       <c r="AP11" s="1"/>
       <c r="AQ11" s="1"/>
-      <c r="AR11" s="15"/>
-[...5 lines deleted...]
-    <row r="12" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR11" s="1"/>
+      <c r="AS11" s="1"/>
+      <c r="AT11" s="1"/>
+      <c r="AU11" s="1"/>
+      <c r="AV11" s="1"/>
+    </row>
+    <row r="12" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
       <c r="M12" s="4"/>
       <c r="N12" s="4"/>
       <c r="O12" s="4"/>
       <c r="P12" s="4"/>
       <c r="Q12" s="4"/>
       <c r="R12" s="4"/>
       <c r="S12" s="4"/>
       <c r="T12" s="4"/>
       <c r="U12" s="4"/>
-      <c r="V12" s="91"/>
-[...15 lines deleted...]
-      <c r="AL12" s="95"/>
+      <c r="V12" s="75"/>
+      <c r="W12" s="75"/>
+      <c r="X12" s="75"/>
+      <c r="Y12" s="75"/>
+      <c r="Z12" s="75"/>
+      <c r="AA12" s="75"/>
+      <c r="AB12" s="75"/>
+      <c r="AC12" s="75"/>
+      <c r="AD12" s="75"/>
+      <c r="AE12" s="75"/>
+      <c r="AF12" s="75"/>
+      <c r="AG12" s="75"/>
+      <c r="AH12" s="75"/>
+      <c r="AI12" s="75"/>
+      <c r="AJ12" s="75"/>
+      <c r="AK12" s="71"/>
+      <c r="AL12" s="71"/>
       <c r="AM12" s="1"/>
       <c r="AN12" s="1"/>
       <c r="AO12" s="1"/>
       <c r="AP12" s="1"/>
       <c r="AQ12" s="1"/>
-      <c r="AR12" s="15"/>
-[...5 lines deleted...]
-    <row r="13" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR12" s="1"/>
+      <c r="AS12" s="1"/>
+      <c r="AT12" s="1"/>
+      <c r="AU12" s="1"/>
+      <c r="AV12" s="1"/>
+    </row>
+    <row r="13" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
       <c r="K13" s="2"/>
       <c r="L13" s="2"/>
       <c r="M13" s="2"/>
       <c r="N13" s="2"/>
       <c r="O13" s="2"/>
       <c r="P13" s="2"/>
       <c r="Q13" s="2"/>
       <c r="R13" s="2"/>
       <c r="S13" s="2"/>
       <c r="T13" s="4"/>
-      <c r="U13" s="13" t="s">
+      <c r="U13" s="10" t="s">
         <v>38</v>
       </c>
       <c r="V13" s="4"/>
       <c r="W13" s="4"/>
       <c r="X13" s="4"/>
       <c r="Y13" s="4"/>
       <c r="Z13" s="4"/>
       <c r="AA13" s="4"/>
       <c r="AB13" s="4"/>
       <c r="AC13" s="4"/>
       <c r="AD13" s="4"/>
       <c r="AE13" s="4"/>
       <c r="AF13" s="4"/>
       <c r="AG13" s="4"/>
       <c r="AH13" s="4"/>
       <c r="AI13" s="4"/>
       <c r="AJ13" s="4"/>
       <c r="AK13" s="4"/>
       <c r="AL13" s="4"/>
       <c r="AM13" s="2"/>
       <c r="AN13" s="2"/>
       <c r="AO13" s="2"/>
       <c r="AP13" s="2"/>
       <c r="AQ13" s="1"/>
-      <c r="AR13" s="15"/>
-[...5 lines deleted...]
-    <row r="14" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR13" s="1"/>
+      <c r="AS13" s="1"/>
+      <c r="AT13" s="1"/>
+      <c r="AU13" s="1"/>
+      <c r="AV13" s="1"/>
+    </row>
+    <row r="14" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
       <c r="T14" s="4"/>
       <c r="U14" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="V14" s="85"/>
-[...13 lines deleted...]
-      <c r="AJ14" s="85"/>
+      <c r="V14" s="78"/>
+      <c r="W14" s="78"/>
+      <c r="X14" s="78"/>
+      <c r="Y14" s="78"/>
+      <c r="Z14" s="78"/>
+      <c r="AA14" s="78"/>
+      <c r="AB14" s="78"/>
+      <c r="AC14" s="78"/>
+      <c r="AD14" s="78"/>
+      <c r="AE14" s="78"/>
+      <c r="AF14" s="78"/>
+      <c r="AG14" s="78"/>
+      <c r="AH14" s="78"/>
+      <c r="AI14" s="78"/>
+      <c r="AJ14" s="78"/>
       <c r="AK14" s="4"/>
       <c r="AL14" s="4"/>
       <c r="AM14" s="2"/>
       <c r="AN14" s="2"/>
       <c r="AO14" s="2"/>
       <c r="AP14" s="2"/>
       <c r="AQ14" s="1"/>
-      <c r="AR14" s="15"/>
-[...5 lines deleted...]
-    <row r="15" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR14" s="1"/>
+      <c r="AS14" s="1"/>
+      <c r="AT14" s="1"/>
+      <c r="AU14" s="1"/>
+      <c r="AV14" s="1"/>
+    </row>
+    <row r="15" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
       <c r="K15" s="2"/>
       <c r="L15" s="2"/>
       <c r="M15" s="2"/>
       <c r="N15" s="2"/>
       <c r="O15" s="2"/>
       <c r="P15" s="2"/>
       <c r="Q15" s="2"/>
       <c r="R15" s="2"/>
       <c r="S15" s="2"/>
       <c r="T15" s="2"/>
       <c r="U15" s="2"/>
       <c r="V15" s="2"/>
       <c r="W15" s="2"/>
       <c r="X15" s="2"/>
       <c r="Y15" s="2"/>
       <c r="Z15" s="2"/>
       <c r="AA15" s="2"/>
       <c r="AB15" s="2"/>
       <c r="AC15" s="2"/>
       <c r="AD15" s="2"/>
       <c r="AE15" s="2"/>
       <c r="AF15" s="2"/>
       <c r="AG15" s="2"/>
       <c r="AH15" s="2"/>
       <c r="AI15" s="2"/>
       <c r="AJ15" s="2"/>
       <c r="AK15" s="2"/>
       <c r="AL15" s="2"/>
       <c r="AM15" s="2"/>
       <c r="AN15" s="2"/>
       <c r="AO15" s="2"/>
       <c r="AP15" s="2"/>
       <c r="AQ15" s="1"/>
-      <c r="AR15" s="15"/>
-[...5 lines deleted...]
-    <row r="16" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR15" s="1"/>
+      <c r="AS15" s="1"/>
+      <c r="AT15" s="1"/>
+      <c r="AU15" s="1"/>
+      <c r="AV15" s="1"/>
+    </row>
+    <row r="16" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
       <c r="S16" s="2"/>
       <c r="T16" s="2"/>
       <c r="U16" s="2"/>
       <c r="V16" s="2"/>
       <c r="W16" s="2"/>
       <c r="X16" s="2"/>
       <c r="Y16" s="2"/>
       <c r="Z16" s="2"/>
       <c r="AA16" s="2"/>
       <c r="AB16" s="2"/>
       <c r="AC16" s="2"/>
       <c r="AD16" s="2"/>
       <c r="AE16" s="2"/>
       <c r="AF16" s="2"/>
       <c r="AG16" s="2"/>
       <c r="AH16" s="2"/>
       <c r="AI16" s="2"/>
       <c r="AJ16" s="2"/>
       <c r="AK16" s="2"/>
       <c r="AL16" s="2"/>
       <c r="AM16" s="2"/>
       <c r="AN16" s="2"/>
       <c r="AO16" s="2"/>
       <c r="AP16" s="2"/>
       <c r="AQ16" s="1"/>
-      <c r="AR16" s="15"/>
-[...5 lines deleted...]
-    <row r="17" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR16" s="1"/>
+      <c r="AS16" s="1"/>
+      <c r="AT16" s="1"/>
+      <c r="AU16" s="1"/>
+      <c r="AV16" s="1"/>
+    </row>
+    <row r="17" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="1" t="s">
         <v>145</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
       <c r="N17" s="2"/>
       <c r="O17" s="2"/>
       <c r="P17" s="2"/>
       <c r="Q17" s="2"/>
       <c r="R17" s="2"/>
       <c r="S17" s="2"/>
       <c r="T17" s="2"/>
       <c r="U17" s="2"/>
       <c r="V17" s="2"/>
       <c r="W17" s="2"/>
       <c r="X17" s="2"/>
       <c r="Y17" s="2"/>
       <c r="Z17" s="2"/>
       <c r="AA17" s="2"/>
       <c r="AB17" s="2"/>
       <c r="AC17" s="2"/>
       <c r="AD17" s="2"/>
       <c r="AE17" s="2"/>
       <c r="AF17" s="2"/>
       <c r="AG17" s="2"/>
       <c r="AH17" s="2"/>
       <c r="AI17" s="2"/>
       <c r="AJ17" s="2"/>
       <c r="AK17" s="2"/>
       <c r="AL17" s="2"/>
       <c r="AM17" s="2"/>
       <c r="AN17" s="2"/>
       <c r="AO17" s="2"/>
       <c r="AP17" s="2"/>
       <c r="AQ17" s="1"/>
-      <c r="AR17" s="15"/>
-[...5 lines deleted...]
-    <row r="18" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR17" s="1"/>
+      <c r="AS17" s="1"/>
+      <c r="AT17" s="1"/>
+      <c r="AU17" s="1"/>
+      <c r="AV17" s="1"/>
+    </row>
+    <row r="18" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
       <c r="K18" s="2"/>
       <c r="L18" s="2"/>
       <c r="M18" s="2"/>
       <c r="N18" s="2"/>
       <c r="O18" s="2"/>
       <c r="P18" s="2"/>
       <c r="Q18" s="2"/>
       <c r="R18" s="2"/>
       <c r="S18" s="2"/>
       <c r="T18" s="2"/>
       <c r="U18" s="2"/>
       <c r="V18" s="2"/>
       <c r="W18" s="2"/>
       <c r="X18" s="2"/>
       <c r="Y18" s="2"/>
       <c r="Z18" s="2"/>
       <c r="AA18" s="2"/>
       <c r="AB18" s="2"/>
       <c r="AC18" s="2"/>
       <c r="AD18" s="2"/>
       <c r="AE18" s="2"/>
       <c r="AF18" s="2"/>
       <c r="AG18" s="2"/>
       <c r="AH18" s="2"/>
       <c r="AI18" s="2"/>
       <c r="AJ18" s="2"/>
       <c r="AK18" s="2"/>
       <c r="AL18" s="2"/>
       <c r="AM18" s="2"/>
       <c r="AN18" s="2"/>
       <c r="AO18" s="2"/>
       <c r="AP18" s="2"/>
       <c r="AQ18" s="1"/>
-      <c r="AR18" s="15"/>
-[...5 lines deleted...]
-    <row r="19" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR18" s="1"/>
+      <c r="AS18" s="1"/>
+      <c r="AT18" s="1"/>
+      <c r="AU18" s="1"/>
+      <c r="AV18" s="1"/>
+    </row>
+    <row r="19" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
-      <c r="F19" s="15"/>
-[...29 lines deleted...]
-      <c r="AJ19" s="48"/>
+      <c r="F19" s="1"/>
+      <c r="G19" s="41"/>
+      <c r="H19" s="77"/>
+      <c r="I19" s="77"/>
+      <c r="J19" s="77"/>
+      <c r="K19" s="77"/>
+      <c r="L19" s="77"/>
+      <c r="M19" s="77"/>
+      <c r="N19" s="77"/>
+      <c r="O19" s="77"/>
+      <c r="P19" s="77"/>
+      <c r="Q19" s="77"/>
+      <c r="R19" s="77"/>
+      <c r="S19" s="77"/>
+      <c r="T19" s="77"/>
+      <c r="U19" s="77"/>
+      <c r="V19" s="77"/>
+      <c r="W19" s="77"/>
+      <c r="X19" s="77"/>
+      <c r="Y19" s="77"/>
+      <c r="Z19" s="77"/>
+      <c r="AA19" s="77"/>
+      <c r="AB19" s="77"/>
+      <c r="AC19" s="77"/>
+      <c r="AD19" s="77"/>
+      <c r="AE19" s="77"/>
+      <c r="AF19" s="77"/>
+      <c r="AG19" s="77"/>
+      <c r="AH19" s="41"/>
+      <c r="AI19" s="41"/>
+      <c r="AJ19" s="41"/>
       <c r="AK19" s="2"/>
       <c r="AL19" s="2"/>
       <c r="AM19" s="2"/>
       <c r="AN19" s="2"/>
       <c r="AO19" s="2"/>
       <c r="AP19" s="2"/>
       <c r="AQ19" s="1"/>
-      <c r="AR19" s="15"/>
-[...5 lines deleted...]
-    <row r="20" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR19" s="1"/>
+      <c r="AS19" s="1"/>
+      <c r="AT19" s="1"/>
+      <c r="AU19" s="1"/>
+      <c r="AV19" s="1"/>
+    </row>
+    <row r="20" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
-      <c r="H20" s="20"/>
-[...24 lines deleted...]
-      <c r="AG20" s="21"/>
+      <c r="H20" s="15"/>
+      <c r="I20" s="15"/>
+      <c r="J20" s="15"/>
+      <c r="K20" s="15"/>
+      <c r="L20" s="15"/>
+      <c r="M20" s="15"/>
+      <c r="N20" s="15"/>
+      <c r="O20" s="15"/>
+      <c r="P20" s="15"/>
+      <c r="Q20" s="15"/>
+      <c r="R20" s="15"/>
+      <c r="S20" s="15"/>
+      <c r="T20" s="15"/>
+      <c r="U20" s="15"/>
+      <c r="V20" s="15"/>
+      <c r="W20" s="15"/>
+      <c r="X20" s="15"/>
+      <c r="Y20" s="15"/>
+      <c r="Z20" s="15"/>
+      <c r="AA20" s="15"/>
+      <c r="AB20" s="15"/>
+      <c r="AC20" s="15"/>
+      <c r="AD20" s="15"/>
+      <c r="AE20" s="15"/>
+      <c r="AF20" s="15"/>
+      <c r="AG20" s="16"/>
       <c r="AH20" s="2"/>
-      <c r="AI20" s="17"/>
+      <c r="AI20" s="13"/>
       <c r="AJ20" s="1"/>
       <c r="AK20" s="2"/>
       <c r="AL20" s="2"/>
       <c r="AM20" s="1"/>
       <c r="AN20" s="2"/>
       <c r="AO20" s="2"/>
       <c r="AP20" s="1"/>
       <c r="AQ20" s="1"/>
-      <c r="AR20" s="15"/>
-[...5 lines deleted...]
-    <row r="21" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR20" s="1"/>
+      <c r="AS20" s="1"/>
+      <c r="AT20" s="1"/>
+      <c r="AU20" s="1"/>
+      <c r="AV20" s="1"/>
+    </row>
+    <row r="21" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C21" s="1"/>
       <c r="D21" s="1"/>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
       <c r="X21" s="1"/>
       <c r="Y21" s="1"/>
       <c r="Z21" s="1"/>
       <c r="AA21" s="1"/>
       <c r="AB21" s="1"/>
       <c r="AC21" s="1"/>
       <c r="AD21" s="1"/>
       <c r="AE21" s="1"/>
       <c r="AF21" s="1"/>
-      <c r="AG21" s="16"/>
+      <c r="AG21" s="12"/>
       <c r="AH21" s="2"/>
-      <c r="AI21" s="17"/>
+      <c r="AI21" s="13"/>
       <c r="AJ21" s="1"/>
       <c r="AK21" s="2"/>
       <c r="AL21" s="2"/>
       <c r="AM21" s="1"/>
       <c r="AN21" s="2"/>
       <c r="AO21" s="2"/>
       <c r="AP21" s="1"/>
       <c r="AQ21" s="1"/>
-      <c r="AR21" s="15"/>
-[...6 lines deleted...]
-      <c r="C22" s="140" t="s">
+      <c r="AR21" s="1"/>
+      <c r="AS21" s="1"/>
+      <c r="AT21" s="1"/>
+      <c r="AU21" s="1"/>
+      <c r="AV21" s="1"/>
+    </row>
+    <row r="22" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C22" s="120" t="s">
         <v>146</v>
       </c>
-      <c r="D22" s="140"/>
-[...33 lines deleted...]
-      <c r="AL22" s="140"/>
+      <c r="D22" s="120"/>
+      <c r="E22" s="120"/>
+      <c r="F22" s="120"/>
+      <c r="G22" s="120"/>
+      <c r="H22" s="120"/>
+      <c r="I22" s="120"/>
+      <c r="J22" s="120"/>
+      <c r="K22" s="120"/>
+      <c r="L22" s="120"/>
+      <c r="M22" s="120"/>
+      <c r="N22" s="120"/>
+      <c r="O22" s="120"/>
+      <c r="P22" s="120"/>
+      <c r="Q22" s="120"/>
+      <c r="R22" s="120"/>
+      <c r="S22" s="120"/>
+      <c r="T22" s="120"/>
+      <c r="U22" s="120"/>
+      <c r="V22" s="120"/>
+      <c r="W22" s="120"/>
+      <c r="X22" s="120"/>
+      <c r="Y22" s="120"/>
+      <c r="Z22" s="120"/>
+      <c r="AA22" s="120"/>
+      <c r="AB22" s="120"/>
+      <c r="AC22" s="120"/>
+      <c r="AD22" s="120"/>
+      <c r="AE22" s="120"/>
+      <c r="AF22" s="120"/>
+      <c r="AG22" s="120"/>
+      <c r="AH22" s="120"/>
+      <c r="AI22" s="120"/>
+      <c r="AJ22" s="120"/>
+      <c r="AK22" s="120"/>
+      <c r="AL22" s="120"/>
       <c r="AM22" s="1"/>
       <c r="AN22" s="1"/>
       <c r="AO22" s="1"/>
       <c r="AP22" s="1"/>
       <c r="AQ22" s="1"/>
-      <c r="AR22" s="15"/>
-[...5 lines deleted...]
-    <row r="23" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR22" s="1"/>
+      <c r="AS22" s="1"/>
+      <c r="AT22" s="1"/>
+      <c r="AU22" s="1"/>
+      <c r="AV22" s="1"/>
+    </row>
+    <row r="23" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
       <c r="X23" s="1"/>
       <c r="Y23" s="1"/>
       <c r="Z23" s="1"/>
       <c r="AA23" s="1"/>
       <c r="AB23" s="1"/>
       <c r="AC23" s="1"/>
       <c r="AD23" s="1"/>
       <c r="AE23" s="2"/>
       <c r="AF23" s="2"/>
       <c r="AG23" s="2"/>
       <c r="AH23" s="2"/>
       <c r="AI23" s="2"/>
       <c r="AJ23" s="2"/>
       <c r="AK23" s="2"/>
       <c r="AL23" s="2"/>
       <c r="AM23" s="2"/>
       <c r="AN23" s="2"/>
       <c r="AO23" s="1"/>
       <c r="AP23" s="1"/>
       <c r="AQ23" s="1"/>
-      <c r="AR23" s="15"/>
-[...5 lines deleted...]
-    <row r="24" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR23" s="1"/>
+      <c r="AS23" s="1"/>
+      <c r="AT23" s="1"/>
+      <c r="AU23" s="1"/>
+      <c r="AV23" s="1"/>
+    </row>
+    <row r="24" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
       <c r="X24" s="1"/>
       <c r="Y24" s="1"/>
       <c r="Z24" s="1"/>
       <c r="AA24" s="1"/>
       <c r="AB24" s="1"/>
       <c r="AC24" s="1"/>
       <c r="AD24" s="1"/>
       <c r="AE24" s="1"/>
       <c r="AF24" s="1"/>
       <c r="AG24" s="1"/>
       <c r="AH24" s="1"/>
       <c r="AI24" s="1"/>
       <c r="AJ24" s="1"/>
       <c r="AK24" s="1"/>
       <c r="AL24" s="1"/>
       <c r="AM24" s="1"/>
       <c r="AN24" s="1"/>
       <c r="AO24" s="1"/>
       <c r="AP24" s="1"/>
       <c r="AQ24" s="1"/>
-      <c r="AR24" s="15"/>
-[...8 lines deleted...]
-      <c r="E25" s="141" t="s">
+      <c r="AR24" s="1"/>
+      <c r="AS24" s="1"/>
+      <c r="AT24" s="1"/>
+      <c r="AU24" s="1"/>
+      <c r="AV24" s="1"/>
+    </row>
+    <row r="25" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C25" s="41"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="121" t="s">
         <v>147</v>
       </c>
-      <c r="F25" s="141"/>
-[...31 lines deleted...]
-      <c r="AL25" s="141"/>
+      <c r="F25" s="121"/>
+      <c r="G25" s="121"/>
+      <c r="H25" s="121"/>
+      <c r="I25" s="121"/>
+      <c r="J25" s="121"/>
+      <c r="K25" s="121"/>
+      <c r="L25" s="121"/>
+      <c r="M25" s="121"/>
+      <c r="N25" s="121"/>
+      <c r="O25" s="121"/>
+      <c r="P25" s="121"/>
+      <c r="Q25" s="121"/>
+      <c r="R25" s="121"/>
+      <c r="S25" s="121"/>
+      <c r="T25" s="121"/>
+      <c r="U25" s="121"/>
+      <c r="V25" s="121"/>
+      <c r="W25" s="121"/>
+      <c r="X25" s="121"/>
+      <c r="Y25" s="121"/>
+      <c r="Z25" s="121"/>
+      <c r="AA25" s="121"/>
+      <c r="AB25" s="121"/>
+      <c r="AC25" s="121"/>
+      <c r="AD25" s="121"/>
+      <c r="AE25" s="121"/>
+      <c r="AF25" s="121"/>
+      <c r="AG25" s="121"/>
+      <c r="AH25" s="121"/>
+      <c r="AI25" s="121"/>
+      <c r="AJ25" s="121"/>
+      <c r="AK25" s="121"/>
+      <c r="AL25" s="121"/>
       <c r="AM25" s="1"/>
       <c r="AN25" s="1"/>
       <c r="AO25" s="1"/>
-      <c r="AP25" s="18"/>
-[...10 lines deleted...]
-      <c r="E26" s="142" t="s">
+      <c r="AP25" s="14"/>
+      <c r="AQ25" s="14"/>
+      <c r="AR25" s="1"/>
+      <c r="AS25" s="1"/>
+      <c r="AT25" s="1"/>
+      <c r="AU25" s="1"/>
+      <c r="AV25" s="1"/>
+    </row>
+    <row r="26" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C26" s="41"/>
+      <c r="D26" s="40"/>
+      <c r="E26" s="121" t="s">
         <v>148</v>
       </c>
-      <c r="F26" s="142"/>
-[...43 lines deleted...]
-    <row r="27" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="F26" s="121"/>
+      <c r="G26" s="121"/>
+      <c r="H26" s="121"/>
+      <c r="I26" s="121"/>
+      <c r="J26" s="121"/>
+      <c r="K26" s="121"/>
+      <c r="L26" s="121"/>
+      <c r="M26" s="121"/>
+      <c r="N26" s="121"/>
+      <c r="O26" s="121"/>
+      <c r="P26" s="121"/>
+      <c r="Q26" s="121"/>
+      <c r="R26" s="121"/>
+      <c r="S26" s="121"/>
+      <c r="T26" s="121"/>
+      <c r="U26" s="121"/>
+      <c r="V26" s="121"/>
+      <c r="W26" s="121"/>
+      <c r="X26" s="121"/>
+      <c r="Y26" s="121"/>
+      <c r="Z26" s="121"/>
+      <c r="AA26" s="121"/>
+      <c r="AB26" s="121"/>
+      <c r="AC26" s="121"/>
+      <c r="AD26" s="121"/>
+      <c r="AE26" s="121"/>
+      <c r="AF26" s="121"/>
+      <c r="AG26" s="121"/>
+      <c r="AH26" s="121"/>
+      <c r="AI26" s="121"/>
+      <c r="AJ26" s="121"/>
+      <c r="AK26" s="121"/>
+      <c r="AL26" s="121"/>
+      <c r="AM26" s="1"/>
+      <c r="AN26" s="1"/>
+      <c r="AO26" s="1"/>
+      <c r="AP26" s="40"/>
+      <c r="AQ26" s="40"/>
+      <c r="AR26" s="1"/>
+      <c r="AS26" s="1"/>
+      <c r="AT26" s="1"/>
+      <c r="AU26" s="1"/>
+      <c r="AV26" s="1"/>
+    </row>
+    <row r="27" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
       <c r="X27" s="1"/>
       <c r="Y27" s="1"/>
       <c r="Z27" s="1"/>
       <c r="AA27" s="1"/>
       <c r="AB27" s="1"/>
       <c r="AC27" s="1"/>
       <c r="AD27" s="1"/>
       <c r="AE27" s="1"/>
       <c r="AF27" s="1"/>
       <c r="AG27" s="1"/>
       <c r="AH27" s="1"/>
       <c r="AI27" s="1"/>
       <c r="AJ27" s="1"/>
       <c r="AK27" s="1"/>
       <c r="AL27" s="1"/>
       <c r="AM27" s="1"/>
       <c r="AN27" s="1"/>
       <c r="AO27" s="1"/>
       <c r="AP27" s="1"/>
       <c r="AQ27" s="1"/>
-      <c r="AR27" s="15"/>
-[...5 lines deleted...]
-    <row r="28" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR27" s="1"/>
+      <c r="AS27" s="1"/>
+      <c r="AT27" s="1"/>
+      <c r="AU27" s="1"/>
+      <c r="AV27" s="1"/>
+    </row>
+    <row r="28" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
       <c r="X28" s="1"/>
       <c r="Y28" s="1"/>
       <c r="Z28" s="1"/>
       <c r="AA28" s="1"/>
       <c r="AB28" s="1"/>
       <c r="AC28" s="1"/>
       <c r="AD28" s="1"/>
       <c r="AE28" s="1"/>
       <c r="AF28" s="1"/>
       <c r="AG28" s="1"/>
       <c r="AH28" s="1"/>
       <c r="AI28" s="1"/>
       <c r="AJ28" s="1"/>
       <c r="AK28" s="1"/>
       <c r="AL28" s="1"/>
       <c r="AM28" s="1"/>
       <c r="AN28" s="1"/>
       <c r="AO28" s="1"/>
       <c r="AP28" s="1"/>
       <c r="AQ28" s="1"/>
-      <c r="AR28" s="15"/>
-[...5 lines deleted...]
-    <row r="29" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR28" s="1"/>
+      <c r="AS28" s="1"/>
+      <c r="AT28" s="1"/>
+      <c r="AU28" s="1"/>
+      <c r="AV28" s="1"/>
+    </row>
+    <row r="29" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1" t="s">
         <v>149</v>
       </c>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
       <c r="X29" s="1"/>
       <c r="Y29" s="1"/>
       <c r="Z29" s="1"/>
       <c r="AA29" s="1"/>
       <c r="AB29" s="1"/>
       <c r="AC29" s="1"/>
       <c r="AD29" s="1"/>
       <c r="AE29" s="1"/>
       <c r="AF29" s="1"/>
       <c r="AG29" s="1"/>
       <c r="AH29" s="1"/>
       <c r="AI29" s="1"/>
       <c r="AJ29" s="1"/>
       <c r="AK29" s="1"/>
       <c r="AL29" s="1"/>
       <c r="AM29" s="1"/>
       <c r="AN29" s="1"/>
       <c r="AO29" s="1"/>
       <c r="AP29" s="1"/>
       <c r="AQ29" s="1"/>
-      <c r="AR29" s="15"/>
-[...5 lines deleted...]
-    <row r="30" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR29" s="1"/>
+      <c r="AS29" s="1"/>
+      <c r="AT29" s="1"/>
+      <c r="AU29" s="1"/>
+      <c r="AV29" s="1"/>
+    </row>
+    <row r="30" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
-      <c r="F30" s="48"/>
-[...28 lines deleted...]
-      <c r="AI30" s="111"/>
+      <c r="F30" s="41"/>
+      <c r="G30" s="108"/>
+      <c r="H30" s="108"/>
+      <c r="I30" s="108"/>
+      <c r="J30" s="108"/>
+      <c r="K30" s="108"/>
+      <c r="L30" s="108"/>
+      <c r="M30" s="108"/>
+      <c r="N30" s="108"/>
+      <c r="O30" s="108"/>
+      <c r="P30" s="108"/>
+      <c r="Q30" s="108"/>
+      <c r="R30" s="108"/>
+      <c r="S30" s="108"/>
+      <c r="T30" s="108"/>
+      <c r="U30" s="108"/>
+      <c r="V30" s="108"/>
+      <c r="W30" s="108"/>
+      <c r="X30" s="108"/>
+      <c r="Y30" s="108"/>
+      <c r="Z30" s="108"/>
+      <c r="AA30" s="108"/>
+      <c r="AB30" s="108"/>
+      <c r="AC30" s="108"/>
+      <c r="AD30" s="108"/>
+      <c r="AE30" s="108"/>
+      <c r="AF30" s="108"/>
+      <c r="AG30" s="108"/>
+      <c r="AH30" s="108"/>
+      <c r="AI30" s="108"/>
       <c r="AJ30" s="1"/>
       <c r="AK30" s="1"/>
       <c r="AL30" s="1"/>
-      <c r="AM30" s="48"/>
-      <c r="AN30" s="48"/>
+      <c r="AM30" s="41"/>
+      <c r="AN30" s="41"/>
       <c r="AO30" s="1"/>
       <c r="AP30" s="1"/>
       <c r="AQ30" s="1"/>
-      <c r="AR30" s="15"/>
-[...5 lines deleted...]
-    <row r="31" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR30" s="1"/>
+      <c r="AS30" s="1"/>
+      <c r="AT30" s="1"/>
+      <c r="AU30" s="1"/>
+      <c r="AV30" s="1"/>
+    </row>
+    <row r="31" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
-      <c r="G31" s="111"/>
-[...27 lines deleted...]
-      <c r="AI31" s="111"/>
+      <c r="G31" s="108"/>
+      <c r="H31" s="108"/>
+      <c r="I31" s="108"/>
+      <c r="J31" s="108"/>
+      <c r="K31" s="108"/>
+      <c r="L31" s="108"/>
+      <c r="M31" s="108"/>
+      <c r="N31" s="108"/>
+      <c r="O31" s="108"/>
+      <c r="P31" s="108"/>
+      <c r="Q31" s="108"/>
+      <c r="R31" s="108"/>
+      <c r="S31" s="108"/>
+      <c r="T31" s="108"/>
+      <c r="U31" s="108"/>
+      <c r="V31" s="108"/>
+      <c r="W31" s="108"/>
+      <c r="X31" s="108"/>
+      <c r="Y31" s="108"/>
+      <c r="Z31" s="108"/>
+      <c r="AA31" s="108"/>
+      <c r="AB31" s="108"/>
+      <c r="AC31" s="108"/>
+      <c r="AD31" s="108"/>
+      <c r="AE31" s="108"/>
+      <c r="AF31" s="108"/>
+      <c r="AG31" s="108"/>
+      <c r="AH31" s="108"/>
+      <c r="AI31" s="108"/>
       <c r="AJ31" s="1"/>
       <c r="AK31" s="1"/>
       <c r="AL31" s="1"/>
-      <c r="AM31" s="48"/>
-      <c r="AN31" s="48"/>
+      <c r="AM31" s="41"/>
+      <c r="AN31" s="41"/>
       <c r="AO31" s="1"/>
       <c r="AP31" s="1"/>
       <c r="AQ31" s="1"/>
-      <c r="AR31" s="15"/>
-[...5 lines deleted...]
-    <row r="32" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR31" s="1"/>
+      <c r="AS31" s="1"/>
+      <c r="AT31" s="1"/>
+      <c r="AU31" s="1"/>
+      <c r="AV31" s="1"/>
+    </row>
+    <row r="32" spans="3:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
-      <c r="M32" s="48"/>
-      <c r="N32" s="48"/>
+      <c r="M32" s="41"/>
+      <c r="N32" s="41"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
       <c r="X32" s="1"/>
       <c r="Y32" s="1"/>
       <c r="Z32" s="1"/>
       <c r="AA32" s="1"/>
       <c r="AB32" s="1"/>
       <c r="AC32" s="1"/>
       <c r="AD32" s="1"/>
       <c r="AE32" s="1"/>
       <c r="AF32" s="1"/>
       <c r="AG32" s="1"/>
       <c r="AH32" s="1"/>
       <c r="AI32" s="1"/>
       <c r="AJ32" s="1"/>
       <c r="AK32" s="1"/>
       <c r="AL32" s="1"/>
       <c r="AM32" s="1"/>
       <c r="AN32" s="1"/>
       <c r="AO32" s="1"/>
       <c r="AP32" s="1"/>
       <c r="AQ32" s="1"/>
-      <c r="AR32" s="15"/>
-[...5 lines deleted...]
-    <row r="33" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR32" s="1"/>
+      <c r="AS32" s="1"/>
+      <c r="AT32" s="1"/>
+      <c r="AU32" s="1"/>
+      <c r="AV32" s="1"/>
+    </row>
+    <row r="33" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1" t="s">
         <v>150</v>
       </c>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
-      <c r="O33" s="19"/>
-[...24 lines deleted...]
-      <c r="AN33" s="19"/>
+      <c r="O33" s="1"/>
+      <c r="P33" s="1"/>
+      <c r="Q33" s="41"/>
+      <c r="R33" s="1"/>
+      <c r="S33" s="41"/>
+      <c r="T33" s="1"/>
+      <c r="U33" s="41"/>
+      <c r="V33" s="1"/>
+      <c r="W33" s="41"/>
+      <c r="X33" s="1"/>
+      <c r="Y33" s="41"/>
+      <c r="Z33" s="41"/>
+      <c r="AA33" s="41"/>
+      <c r="AB33" s="1"/>
+      <c r="AC33" s="41"/>
+      <c r="AD33" s="1"/>
+      <c r="AE33" s="41"/>
+      <c r="AF33" s="1"/>
+      <c r="AG33" s="41"/>
+      <c r="AH33" s="1"/>
+      <c r="AI33" s="41"/>
+      <c r="AJ33" s="1"/>
+      <c r="AK33" s="41"/>
+      <c r="AL33" s="1"/>
+      <c r="AM33" s="41"/>
+      <c r="AN33" s="1"/>
       <c r="AO33" s="1"/>
       <c r="AP33" s="1"/>
       <c r="AQ33" s="1"/>
-      <c r="AR33" s="15"/>
-[...5 lines deleted...]
-    <row r="34" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR33" s="1"/>
+      <c r="AS33" s="1"/>
+      <c r="AT33" s="1"/>
+      <c r="AU33" s="1"/>
+      <c r="AV33" s="1"/>
+    </row>
+    <row r="34" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
-      <c r="G34" s="123"/>
-[...30 lines deleted...]
-      <c r="AL34" s="19"/>
+      <c r="G34" s="77"/>
+      <c r="H34" s="77"/>
+      <c r="I34" s="77"/>
+      <c r="J34" s="77"/>
+      <c r="K34" s="77"/>
+      <c r="L34" s="77"/>
+      <c r="M34" s="77"/>
+      <c r="N34" s="77"/>
+      <c r="O34" s="77"/>
+      <c r="P34" s="77"/>
+      <c r="Q34" s="77"/>
+      <c r="R34" s="77"/>
+      <c r="S34" s="77"/>
+      <c r="T34" s="77"/>
+      <c r="U34" s="77"/>
+      <c r="V34" s="77"/>
+      <c r="W34" s="77"/>
+      <c r="X34" s="77"/>
+      <c r="Y34" s="77"/>
+      <c r="Z34" s="77"/>
+      <c r="AA34" s="77"/>
+      <c r="AB34" s="77"/>
+      <c r="AC34" s="77"/>
+      <c r="AD34" s="77"/>
+      <c r="AE34" s="77"/>
+      <c r="AF34" s="77"/>
+      <c r="AG34" s="77"/>
+      <c r="AH34" s="77"/>
+      <c r="AI34" s="77"/>
+      <c r="AJ34" s="1"/>
+      <c r="AK34" s="41"/>
+      <c r="AL34" s="1"/>
       <c r="AM34" s="1"/>
-      <c r="AN34" s="48"/>
-[...1 lines deleted...]
-      <c r="AP34" s="48"/>
+      <c r="AN34" s="41"/>
+      <c r="AO34" s="41"/>
+      <c r="AP34" s="41"/>
       <c r="AQ34" s="1"/>
-      <c r="AR34" s="15"/>
-[...5 lines deleted...]
-    <row r="35" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR34" s="1"/>
+      <c r="AS34" s="1"/>
+      <c r="AT34" s="1"/>
+      <c r="AU34" s="1"/>
+      <c r="AV34" s="1"/>
+    </row>
+    <row r="35" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
-      <c r="G35" s="123"/>
-[...30 lines deleted...]
-      <c r="AL35" s="19"/>
+      <c r="G35" s="77"/>
+      <c r="H35" s="77"/>
+      <c r="I35" s="77"/>
+      <c r="J35" s="77"/>
+      <c r="K35" s="77"/>
+      <c r="L35" s="77"/>
+      <c r="M35" s="77"/>
+      <c r="N35" s="77"/>
+      <c r="O35" s="77"/>
+      <c r="P35" s="77"/>
+      <c r="Q35" s="77"/>
+      <c r="R35" s="77"/>
+      <c r="S35" s="77"/>
+      <c r="T35" s="77"/>
+      <c r="U35" s="77"/>
+      <c r="V35" s="77"/>
+      <c r="W35" s="77"/>
+      <c r="X35" s="77"/>
+      <c r="Y35" s="77"/>
+      <c r="Z35" s="77"/>
+      <c r="AA35" s="77"/>
+      <c r="AB35" s="77"/>
+      <c r="AC35" s="77"/>
+      <c r="AD35" s="77"/>
+      <c r="AE35" s="77"/>
+      <c r="AF35" s="77"/>
+      <c r="AG35" s="77"/>
+      <c r="AH35" s="77"/>
+      <c r="AI35" s="77"/>
+      <c r="AJ35" s="1"/>
+      <c r="AK35" s="41"/>
+      <c r="AL35" s="1"/>
       <c r="AM35" s="1"/>
-      <c r="AN35" s="48"/>
-[...1 lines deleted...]
-      <c r="AP35" s="48"/>
+      <c r="AN35" s="41"/>
+      <c r="AO35" s="41"/>
+      <c r="AP35" s="41"/>
       <c r="AQ35" s="1"/>
-      <c r="AR35" s="15"/>
-[...5 lines deleted...]
-    <row r="36" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="AR35" s="1"/>
+      <c r="AS35" s="1"/>
+      <c r="AT35" s="1"/>
+      <c r="AU35" s="1"/>
+      <c r="AV35" s="1"/>
+    </row>
+    <row r="36" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
-      <c r="G36" s="139"/>
-[...30 lines deleted...]
-      <c r="AL36" s="19"/>
+      <c r="G36" s="124"/>
+      <c r="H36" s="124"/>
+      <c r="I36" s="124"/>
+      <c r="J36" s="124"/>
+      <c r="K36" s="124"/>
+      <c r="L36" s="124"/>
+      <c r="M36" s="124"/>
+      <c r="N36" s="124"/>
+      <c r="O36" s="124"/>
+      <c r="P36" s="124"/>
+      <c r="Q36" s="124"/>
+      <c r="R36" s="124"/>
+      <c r="S36" s="124"/>
+      <c r="T36" s="124"/>
+      <c r="U36" s="124"/>
+      <c r="V36" s="124"/>
+      <c r="W36" s="124"/>
+      <c r="X36" s="124"/>
+      <c r="Y36" s="124"/>
+      <c r="Z36" s="124"/>
+      <c r="AA36" s="124"/>
+      <c r="AB36" s="124"/>
+      <c r="AC36" s="124"/>
+      <c r="AD36" s="124"/>
+      <c r="AE36" s="124"/>
+      <c r="AF36" s="124"/>
+      <c r="AG36" s="124"/>
+      <c r="AH36" s="124"/>
+      <c r="AI36" s="124"/>
+      <c r="AJ36" s="1"/>
+      <c r="AK36" s="41"/>
+      <c r="AL36" s="1"/>
       <c r="AM36" s="1"/>
-      <c r="AN36" s="48"/>
-[...1 lines deleted...]
-      <c r="AP36" s="48"/>
+      <c r="AN36" s="41"/>
+      <c r="AO36" s="41"/>
+      <c r="AP36" s="41"/>
       <c r="AQ36" s="1"/>
-      <c r="AR36" s="15"/>
-[...6 lines deleted...]
-      <c r="C37" s="19"/>
+      <c r="AR36" s="1"/>
+      <c r="AS36" s="1"/>
+      <c r="AT36" s="1"/>
+      <c r="AU36" s="1"/>
+      <c r="AV36" s="1"/>
+    </row>
+    <row r="37" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
-      <c r="G37" s="48"/>
-[...30 lines deleted...]
-      <c r="AL37" s="48"/>
+      <c r="G37" s="41"/>
+      <c r="H37" s="41"/>
+      <c r="I37" s="41"/>
+      <c r="J37" s="41"/>
+      <c r="K37" s="41"/>
+      <c r="L37" s="41"/>
+      <c r="M37" s="41"/>
+      <c r="N37" s="41"/>
+      <c r="O37" s="41"/>
+      <c r="P37" s="41"/>
+      <c r="Q37" s="41"/>
+      <c r="R37" s="41"/>
+      <c r="S37" s="41"/>
+      <c r="T37" s="41"/>
+      <c r="U37" s="41"/>
+      <c r="V37" s="41"/>
+      <c r="W37" s="41"/>
+      <c r="X37" s="41"/>
+      <c r="Y37" s="41"/>
+      <c r="Z37" s="41"/>
+      <c r="AA37" s="41"/>
+      <c r="AB37" s="41"/>
+      <c r="AC37" s="41"/>
+      <c r="AD37" s="41"/>
+      <c r="AE37" s="41"/>
+      <c r="AF37" s="41"/>
+      <c r="AG37" s="41"/>
+      <c r="AH37" s="41"/>
+      <c r="AI37" s="41"/>
+      <c r="AJ37" s="41"/>
+      <c r="AK37" s="41"/>
+      <c r="AL37" s="41"/>
       <c r="AM37" s="1"/>
-      <c r="AN37" s="48"/>
-[...1 lines deleted...]
-      <c r="AP37" s="48"/>
+      <c r="AN37" s="41"/>
+      <c r="AO37" s="41"/>
+      <c r="AP37" s="41"/>
       <c r="AQ37" s="1"/>
-      <c r="AR37" s="15"/>
-[...6 lines deleted...]
-      <c r="C38" s="19"/>
+      <c r="AR37" s="1"/>
+      <c r="AS37" s="1"/>
+      <c r="AT37" s="1"/>
+      <c r="AU37" s="1"/>
+      <c r="AV37" s="1"/>
+    </row>
+    <row r="38" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="G38" s="48"/>
-[...30 lines deleted...]
-      <c r="AL38" s="48"/>
+      <c r="G38" s="41"/>
+      <c r="H38" s="41"/>
+      <c r="I38" s="41"/>
+      <c r="J38" s="41"/>
+      <c r="K38" s="41"/>
+      <c r="L38" s="41"/>
+      <c r="M38" s="41"/>
+      <c r="N38" s="41"/>
+      <c r="O38" s="41"/>
+      <c r="P38" s="41"/>
+      <c r="Q38" s="41"/>
+      <c r="R38" s="41"/>
+      <c r="S38" s="41"/>
+      <c r="T38" s="41"/>
+      <c r="U38" s="41"/>
+      <c r="V38" s="41"/>
+      <c r="W38" s="41"/>
+      <c r="X38" s="41"/>
+      <c r="Y38" s="41"/>
+      <c r="Z38" s="41"/>
+      <c r="AA38" s="41"/>
+      <c r="AB38" s="41"/>
+      <c r="AC38" s="41"/>
+      <c r="AD38" s="41"/>
+      <c r="AE38" s="41"/>
+      <c r="AF38" s="41"/>
+      <c r="AG38" s="41"/>
+      <c r="AH38" s="41"/>
+      <c r="AI38" s="41"/>
+      <c r="AJ38" s="41"/>
+      <c r="AK38" s="41"/>
+      <c r="AL38" s="41"/>
       <c r="AM38" s="1"/>
-      <c r="AN38" s="48"/>
-[...1 lines deleted...]
-      <c r="AP38" s="48"/>
+      <c r="AN38" s="41"/>
+      <c r="AO38" s="41"/>
+      <c r="AP38" s="41"/>
       <c r="AQ38" s="1"/>
-      <c r="AR38" s="15"/>
-[...8 lines deleted...]
-      <c r="E39" s="48"/>
+      <c r="AR38" s="1"/>
+      <c r="AS38" s="1"/>
+      <c r="AT38" s="1"/>
+      <c r="AU38" s="1"/>
+      <c r="AV38" s="1"/>
+    </row>
+    <row r="39" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C39" s="1"/>
+      <c r="D39" s="41"/>
+      <c r="E39" s="41"/>
       <c r="F39" s="1"/>
-      <c r="G39" s="138"/>
-[...34 lines deleted...]
-      <c r="AP39" s="48"/>
+      <c r="G39" s="123"/>
+      <c r="H39" s="123"/>
+      <c r="I39" s="123"/>
+      <c r="J39" s="123"/>
+      <c r="K39" s="123"/>
+      <c r="L39" s="123"/>
+      <c r="M39" s="123"/>
+      <c r="N39" s="123"/>
+      <c r="O39" s="123"/>
+      <c r="P39" s="123"/>
+      <c r="Q39" s="123"/>
+      <c r="R39" s="123"/>
+      <c r="S39" s="123"/>
+      <c r="T39" s="123"/>
+      <c r="U39" s="123"/>
+      <c r="V39" s="123"/>
+      <c r="W39" s="123"/>
+      <c r="X39" s="123"/>
+      <c r="Y39" s="123"/>
+      <c r="Z39" s="123"/>
+      <c r="AA39" s="123"/>
+      <c r="AB39" s="123"/>
+      <c r="AC39" s="123"/>
+      <c r="AD39" s="123"/>
+      <c r="AE39" s="123"/>
+      <c r="AF39" s="123"/>
+      <c r="AG39" s="123"/>
+      <c r="AH39" s="123"/>
+      <c r="AI39" s="123"/>
+      <c r="AJ39" s="123"/>
+      <c r="AK39" s="123"/>
+      <c r="AL39" s="123"/>
+      <c r="AM39" s="41"/>
+      <c r="AN39" s="41"/>
+      <c r="AO39" s="41"/>
+      <c r="AP39" s="41"/>
       <c r="AQ39" s="1"/>
-      <c r="AR39" s="15"/>
-[...8 lines deleted...]
-      <c r="E40" s="48"/>
+      <c r="AR39" s="1"/>
+      <c r="AS39" s="1"/>
+      <c r="AT39" s="1"/>
+      <c r="AU39" s="1"/>
+      <c r="AV39" s="1"/>
+    </row>
+    <row r="40" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C40" s="1"/>
+      <c r="D40" s="41"/>
+      <c r="E40" s="41"/>
       <c r="F40" s="1"/>
-      <c r="G40" s="138"/>
-[...34 lines deleted...]
-      <c r="AP40" s="48"/>
+      <c r="G40" s="123"/>
+      <c r="H40" s="123"/>
+      <c r="I40" s="123"/>
+      <c r="J40" s="123"/>
+      <c r="K40" s="123"/>
+      <c r="L40" s="123"/>
+      <c r="M40" s="123"/>
+      <c r="N40" s="123"/>
+      <c r="O40" s="123"/>
+      <c r="P40" s="123"/>
+      <c r="Q40" s="123"/>
+      <c r="R40" s="123"/>
+      <c r="S40" s="123"/>
+      <c r="T40" s="123"/>
+      <c r="U40" s="123"/>
+      <c r="V40" s="123"/>
+      <c r="W40" s="123"/>
+      <c r="X40" s="123"/>
+      <c r="Y40" s="123"/>
+      <c r="Z40" s="123"/>
+      <c r="AA40" s="123"/>
+      <c r="AB40" s="123"/>
+      <c r="AC40" s="123"/>
+      <c r="AD40" s="123"/>
+      <c r="AE40" s="123"/>
+      <c r="AF40" s="123"/>
+      <c r="AG40" s="123"/>
+      <c r="AH40" s="123"/>
+      <c r="AI40" s="123"/>
+      <c r="AJ40" s="123"/>
+      <c r="AK40" s="123"/>
+      <c r="AL40" s="123"/>
+      <c r="AM40" s="41"/>
+      <c r="AN40" s="41"/>
+      <c r="AO40" s="41"/>
+      <c r="AP40" s="41"/>
       <c r="AQ40" s="1"/>
-      <c r="AR40" s="15"/>
-[...184 lines deleted...]
-    <row r="71" ht="13.5" x14ac:dyDescent="0.15"/>
+      <c r="AR40" s="1"/>
+      <c r="AS40" s="1"/>
+      <c r="AT40" s="1"/>
+      <c r="AU40" s="1"/>
+      <c r="AV40" s="1"/>
+    </row>
+    <row r="41" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C41" s="41"/>
+      <c r="D41" s="41"/>
+      <c r="E41" s="41"/>
+      <c r="F41" s="41"/>
+      <c r="G41" s="123"/>
+      <c r="H41" s="123"/>
+      <c r="I41" s="123"/>
+      <c r="J41" s="123"/>
+      <c r="K41" s="123"/>
+      <c r="L41" s="123"/>
+      <c r="M41" s="123"/>
+      <c r="N41" s="123"/>
+      <c r="O41" s="123"/>
+      <c r="P41" s="123"/>
+      <c r="Q41" s="123"/>
+      <c r="R41" s="123"/>
+      <c r="S41" s="123"/>
+      <c r="T41" s="123"/>
+      <c r="U41" s="123"/>
+      <c r="V41" s="123"/>
+      <c r="W41" s="123"/>
+      <c r="X41" s="123"/>
+      <c r="Y41" s="123"/>
+      <c r="Z41" s="123"/>
+      <c r="AA41" s="123"/>
+      <c r="AB41" s="123"/>
+      <c r="AC41" s="123"/>
+      <c r="AD41" s="123"/>
+      <c r="AE41" s="123"/>
+      <c r="AF41" s="123"/>
+      <c r="AG41" s="123"/>
+      <c r="AH41" s="123"/>
+      <c r="AI41" s="123"/>
+      <c r="AJ41" s="123"/>
+      <c r="AK41" s="123"/>
+      <c r="AL41" s="123"/>
+      <c r="AM41" s="41"/>
+      <c r="AN41" s="41"/>
+      <c r="AO41" s="41"/>
+      <c r="AP41" s="41"/>
+      <c r="AQ41" s="41"/>
+      <c r="AR41" s="41"/>
+      <c r="AS41" s="41"/>
+      <c r="AT41" s="41"/>
+      <c r="AU41" s="41"/>
+      <c r="AV41" s="41"/>
+    </row>
+    <row r="42" spans="1:48" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="122" t="s">
+        <v>271</v>
+      </c>
+      <c r="B42" s="122"/>
+      <c r="C42" s="122"/>
+      <c r="D42" s="122"/>
+      <c r="E42" s="122"/>
+      <c r="F42" s="122"/>
+      <c r="G42" s="122"/>
+      <c r="H42" s="122"/>
+      <c r="I42" s="122"/>
+      <c r="J42" s="122"/>
+      <c r="K42" s="122"/>
+      <c r="L42" s="122"/>
+      <c r="M42" s="122"/>
+      <c r="N42" s="122"/>
+      <c r="O42" s="122"/>
+      <c r="P42" s="122"/>
+      <c r="Q42" s="122"/>
+      <c r="R42" s="122"/>
+      <c r="S42" s="122"/>
+      <c r="T42" s="122"/>
+      <c r="U42" s="122"/>
+      <c r="V42" s="122"/>
+      <c r="W42" s="122"/>
+      <c r="X42" s="122"/>
+      <c r="Y42" s="122"/>
+      <c r="Z42" s="122"/>
+      <c r="AA42" s="122"/>
+      <c r="AB42" s="122"/>
+      <c r="AC42" s="122"/>
+      <c r="AD42" s="122"/>
+      <c r="AE42" s="122"/>
+      <c r="AF42" s="122"/>
+      <c r="AG42" s="122"/>
+      <c r="AH42" s="122"/>
+      <c r="AI42" s="122"/>
+      <c r="AJ42" s="122"/>
+      <c r="AK42" s="122"/>
+      <c r="AL42" s="122"/>
+    </row>
+    <row r="60" spans="2:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="B60" s="41"/>
+      <c r="C60" s="41"/>
+      <c r="D60" s="41"/>
+      <c r="E60" s="41"/>
+      <c r="F60" s="41"/>
+      <c r="G60" s="41"/>
+      <c r="H60" s="41"/>
+      <c r="I60" s="41"/>
+      <c r="J60" s="41"/>
+      <c r="K60" s="41"/>
+      <c r="L60" s="41"/>
+      <c r="M60" s="41"/>
+      <c r="N60" s="41"/>
+      <c r="O60" s="41"/>
+      <c r="P60" s="41"/>
+      <c r="Q60" s="41"/>
+      <c r="R60" s="41"/>
+      <c r="S60" s="41"/>
+      <c r="T60" s="41"/>
+      <c r="U60" s="41"/>
+      <c r="V60" s="41"/>
+      <c r="W60" s="41"/>
+      <c r="X60" s="41"/>
+      <c r="Y60" s="41"/>
+      <c r="Z60" s="41"/>
+      <c r="AA60" s="41"/>
+      <c r="AB60" s="41"/>
+      <c r="AC60" s="41"/>
+      <c r="AD60" s="41"/>
+      <c r="AE60" s="41"/>
+      <c r="AF60" s="41"/>
+      <c r="AG60" s="41"/>
+      <c r="AH60" s="41"/>
+      <c r="AI60" s="41"/>
+      <c r="AJ60" s="41"/>
+      <c r="AK60" s="41"/>
+      <c r="AL60" s="41"/>
+      <c r="AM60" s="41"/>
+    </row>
+    <row r="61" spans="2:39" ht="13" x14ac:dyDescent="0.2">
+      <c r="B61" s="41"/>
+      <c r="C61" s="41"/>
+      <c r="D61" s="41"/>
+      <c r="E61" s="41"/>
+      <c r="F61" s="41"/>
+      <c r="G61" s="41"/>
+      <c r="H61" s="41"/>
+      <c r="I61" s="41"/>
+      <c r="J61" s="41"/>
+      <c r="K61" s="41"/>
+      <c r="L61" s="41"/>
+      <c r="M61" s="41"/>
+      <c r="N61" s="41"/>
+      <c r="O61" s="41"/>
+      <c r="P61" s="41"/>
+      <c r="Q61" s="41"/>
+      <c r="R61" s="41"/>
+      <c r="S61" s="41"/>
+      <c r="T61" s="41"/>
+      <c r="U61" s="41"/>
+      <c r="V61" s="41"/>
+      <c r="W61" s="41"/>
+      <c r="X61" s="41"/>
+      <c r="Y61" s="41"/>
+      <c r="Z61" s="41"/>
+      <c r="AA61" s="41"/>
+      <c r="AB61" s="41"/>
+      <c r="AC61" s="41"/>
+      <c r="AD61" s="41"/>
+      <c r="AE61" s="41"/>
+      <c r="AF61" s="41"/>
+      <c r="AG61" s="41"/>
+      <c r="AH61" s="41"/>
+      <c r="AI61" s="41"/>
+      <c r="AJ61" s="41"/>
+      <c r="AK61" s="41"/>
+      <c r="AL61" s="41"/>
+      <c r="AM61" s="41"/>
+    </row>
+    <row r="62" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="63" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="64" spans="2:39" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="65" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="66" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="67" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="68" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="69" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="70" ht="13" x14ac:dyDescent="0.2"/>
+    <row r="71" ht="13" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="21">
-    <mergeCell ref="C3:AL3"/>
-[...8 lines deleted...]
-    <mergeCell ref="C22:AL22"/>
     <mergeCell ref="E25:AL25"/>
     <mergeCell ref="E26:AL26"/>
     <mergeCell ref="G30:AI30"/>
     <mergeCell ref="A42:AL42"/>
     <mergeCell ref="G41:AL41"/>
     <mergeCell ref="G31:AI31"/>
     <mergeCell ref="G34:AI34"/>
     <mergeCell ref="G35:AI35"/>
     <mergeCell ref="G36:AI36"/>
     <mergeCell ref="G39:AL39"/>
     <mergeCell ref="G40:AL40"/>
+    <mergeCell ref="V11:AJ12"/>
+    <mergeCell ref="AK11:AL12"/>
+    <mergeCell ref="V14:AJ14"/>
+    <mergeCell ref="H19:AG19"/>
+    <mergeCell ref="C22:AL22"/>
+    <mergeCell ref="C3:AL3"/>
+    <mergeCell ref="AB5:AC5"/>
+    <mergeCell ref="AD5:AE5"/>
+    <mergeCell ref="AG5:AH5"/>
+    <mergeCell ref="AJ5:AK5"/>
   </mergeCells>
   <phoneticPr fontId="35"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.23622047244094491" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"游ゴシック,標準"&amp;9 &amp;K00-0182025年6月20日版　株式会社GAI建築確認</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{02478D04-C9E3-4FEE-8234-6608B758983E}">
   <dimension ref="B1:Z42"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E25" sqref="E25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="3.625" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="3.6328125" defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="3" max="3" width="3.625" customWidth="1"/>
+    <col min="3" max="3" width="3.6328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:26" s="57" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15"/>
-[...2 lines deleted...]
-      <c r="C2" s="143" t="s">
+    <row r="1" spans="2:26" s="49" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="2:26" s="49" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B2" s="50"/>
+      <c r="C2" s="129" t="s">
         <v>161</v>
       </c>
-      <c r="D2" s="143"/>
-[...25 lines deleted...]
-      <c r="C3" s="144" t="s">
+      <c r="D2" s="129"/>
+      <c r="E2" s="129"/>
+      <c r="F2" s="129"/>
+      <c r="G2" s="129"/>
+      <c r="H2" s="129"/>
+      <c r="I2" s="129"/>
+      <c r="J2" s="129"/>
+      <c r="K2" s="129"/>
+      <c r="L2" s="129"/>
+      <c r="M2" s="129"/>
+      <c r="N2" s="129"/>
+      <c r="O2" s="129"/>
+      <c r="P2" s="129"/>
+      <c r="Q2" s="129"/>
+      <c r="R2" s="129"/>
+      <c r="S2" s="129"/>
+      <c r="T2" s="129"/>
+      <c r="U2" s="129"/>
+      <c r="V2" s="129"/>
+      <c r="W2" s="129"/>
+      <c r="X2" s="129"/>
+      <c r="Y2" s="129"/>
+      <c r="Z2" s="129"/>
+    </row>
+    <row r="3" spans="2:26" s="49" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B3" s="50"/>
+      <c r="C3" s="125" t="s">
         <v>162</v>
       </c>
-      <c r="D3" s="144"/>
-[...51 lines deleted...]
-      <c r="C5" s="146" t="s">
+      <c r="D3" s="125"/>
+      <c r="E3" s="125"/>
+      <c r="F3" s="125"/>
+      <c r="G3" s="125"/>
+      <c r="H3" s="125"/>
+      <c r="I3" s="125"/>
+      <c r="J3" s="52"/>
+      <c r="K3" s="52"/>
+      <c r="L3" s="52"/>
+      <c r="M3" s="52"/>
+      <c r="N3" s="130"/>
+      <c r="O3" s="130"/>
+      <c r="P3" s="52"/>
+      <c r="Q3" s="52"/>
+      <c r="R3" s="52"/>
+      <c r="S3" s="53"/>
+      <c r="T3" s="53"/>
+      <c r="U3" s="53"/>
+      <c r="V3" s="53"/>
+      <c r="W3" s="53"/>
+      <c r="X3" s="53"/>
+      <c r="Y3" s="53"/>
+      <c r="Z3" s="54"/>
+    </row>
+    <row r="4" spans="2:26" s="49" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B4" s="50"/>
+      <c r="C4" s="55"/>
+      <c r="D4" s="55"/>
+      <c r="E4" s="55"/>
+      <c r="F4" s="55"/>
+      <c r="G4" s="55"/>
+      <c r="H4" s="55"/>
+      <c r="I4" s="55"/>
+      <c r="J4" s="55"/>
+      <c r="K4" s="55"/>
+      <c r="L4" s="55"/>
+      <c r="M4" s="55"/>
+      <c r="N4" s="51"/>
+      <c r="O4" s="51"/>
+      <c r="P4" s="55"/>
+      <c r="Q4" s="55"/>
+      <c r="R4" s="55"/>
+      <c r="S4" s="50"/>
+      <c r="T4" s="50"/>
+      <c r="U4" s="50"/>
+      <c r="V4" s="50"/>
+      <c r="W4" s="50"/>
+      <c r="X4" s="50"/>
+      <c r="Y4" s="50"/>
+      <c r="Z4" s="56"/>
+    </row>
+    <row r="5" spans="2:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C5" s="127" t="s">
         <v>163</v>
       </c>
-      <c r="D5" s="146"/>
-[...24 lines deleted...]
-      <c r="C6" s="146" t="s">
+      <c r="D5" s="127"/>
+      <c r="E5" s="127"/>
+      <c r="F5" s="127"/>
+      <c r="G5" s="127"/>
+      <c r="H5" s="127"/>
+      <c r="I5" s="127"/>
+      <c r="J5" s="57"/>
+      <c r="K5" s="57"/>
+      <c r="L5" s="57"/>
+      <c r="M5" s="57"/>
+      <c r="N5" s="57"/>
+      <c r="O5" s="57"/>
+      <c r="P5" s="57"/>
+      <c r="Q5" s="57"/>
+      <c r="R5" s="57"/>
+      <c r="S5" s="57"/>
+      <c r="T5" s="57"/>
+      <c r="U5" s="57"/>
+      <c r="V5" s="57"/>
+      <c r="W5" s="57"/>
+      <c r="X5" s="57"/>
+      <c r="Y5" s="57"/>
+      <c r="Z5" s="57"/>
+    </row>
+    <row r="6" spans="2:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C6" s="127" t="s">
         <v>164</v>
       </c>
-      <c r="D6" s="146"/>
-[...24 lines deleted...]
-      <c r="C7" s="146" t="s">
+      <c r="D6" s="127"/>
+      <c r="E6" s="127"/>
+      <c r="F6" s="127"/>
+      <c r="G6" s="127"/>
+      <c r="H6" s="127"/>
+      <c r="I6" s="127"/>
+      <c r="J6" s="128"/>
+      <c r="K6" s="128"/>
+      <c r="L6" s="128"/>
+      <c r="M6" s="128"/>
+      <c r="N6" s="128"/>
+      <c r="O6" s="128"/>
+      <c r="P6" s="128"/>
+      <c r="Q6" s="128"/>
+      <c r="R6" s="128"/>
+      <c r="S6" s="128"/>
+      <c r="T6" s="128"/>
+      <c r="U6" s="128"/>
+      <c r="V6" s="128"/>
+      <c r="W6" s="128"/>
+      <c r="X6" s="128"/>
+      <c r="Y6" s="128"/>
+      <c r="Z6" s="128"/>
+    </row>
+    <row r="7" spans="2:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C7" s="127" t="s">
         <v>165</v>
       </c>
-      <c r="D7" s="146"/>
-[...43 lines deleted...]
-      <c r="C9" s="146" t="s">
+      <c r="D7" s="127"/>
+      <c r="E7" s="127"/>
+      <c r="F7" s="127"/>
+      <c r="G7" s="127"/>
+      <c r="H7" s="127"/>
+      <c r="I7" s="127"/>
+      <c r="J7" s="128"/>
+      <c r="K7" s="128"/>
+      <c r="L7" s="128"/>
+      <c r="M7" s="128"/>
+      <c r="N7" s="128"/>
+      <c r="O7" s="128"/>
+      <c r="P7" s="128"/>
+      <c r="Q7" s="128"/>
+      <c r="R7" s="128"/>
+      <c r="S7" s="128"/>
+      <c r="T7" s="128"/>
+      <c r="U7" s="128"/>
+      <c r="V7" s="128"/>
+      <c r="W7" s="128"/>
+      <c r="X7" s="128"/>
+      <c r="Y7" s="128"/>
+      <c r="Z7" s="128"/>
+    </row>
+    <row r="8" spans="2:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J8" s="58"/>
+      <c r="K8" s="58"/>
+      <c r="L8" s="58"/>
+      <c r="M8" s="58"/>
+      <c r="N8" s="58"/>
+      <c r="O8" s="58"/>
+      <c r="P8" s="58"/>
+      <c r="Q8" s="58"/>
+      <c r="R8" s="58"/>
+      <c r="S8" s="58"/>
+      <c r="T8" s="58"/>
+      <c r="U8" s="58"/>
+      <c r="V8" s="58"/>
+      <c r="W8" s="58"/>
+      <c r="X8" s="58"/>
+      <c r="Y8" s="58"/>
+      <c r="Z8" s="58"/>
+    </row>
+    <row r="9" spans="2:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C9" s="127" t="s">
         <v>166</v>
       </c>
-      <c r="D9" s="146"/>
-[...5 lines deleted...]
-      <c r="J9" s="101" t="s">
+      <c r="D9" s="127"/>
+      <c r="E9" s="127"/>
+      <c r="F9" s="127"/>
+      <c r="G9" s="127"/>
+      <c r="H9" s="127"/>
+      <c r="I9" s="127"/>
+      <c r="J9" s="89" t="s">
         <v>152</v>
       </c>
-      <c r="K9" s="101"/>
-[...17 lines deleted...]
-      <c r="C10" s="146" t="s">
+      <c r="K9" s="89"/>
+      <c r="L9" s="90"/>
+      <c r="M9" s="90"/>
+      <c r="N9" s="90"/>
+      <c r="O9" s="90"/>
+      <c r="P9" s="90"/>
+      <c r="Q9" s="90"/>
+      <c r="R9" s="90"/>
+      <c r="S9" s="90"/>
+      <c r="T9" s="90"/>
+      <c r="U9" s="59"/>
+      <c r="V9" s="59"/>
+      <c r="W9" s="59"/>
+      <c r="X9" s="59"/>
+      <c r="Y9" s="59"/>
+      <c r="Z9" s="59"/>
+    </row>
+    <row r="10" spans="2:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C10" s="127" t="s">
         <v>167</v>
       </c>
-      <c r="D10" s="146"/>
-[...43 lines deleted...]
-      <c r="C12" s="144" t="s">
+      <c r="D10" s="127"/>
+      <c r="E10" s="127"/>
+      <c r="F10" s="127"/>
+      <c r="G10" s="127"/>
+      <c r="H10" s="127"/>
+      <c r="I10" s="127"/>
+      <c r="J10" s="128"/>
+      <c r="K10" s="128"/>
+      <c r="L10" s="128"/>
+      <c r="M10" s="128"/>
+      <c r="N10" s="128"/>
+      <c r="O10" s="128"/>
+      <c r="P10" s="128"/>
+      <c r="Q10" s="128"/>
+      <c r="R10" s="128"/>
+      <c r="S10" s="128"/>
+      <c r="T10" s="128"/>
+      <c r="U10" s="128"/>
+      <c r="V10" s="128"/>
+      <c r="W10" s="128"/>
+      <c r="X10" s="128"/>
+      <c r="Y10" s="128"/>
+      <c r="Z10" s="128"/>
+    </row>
+    <row r="11" spans="2:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J11" s="58"/>
+      <c r="K11" s="58"/>
+      <c r="L11" s="58"/>
+      <c r="M11" s="58"/>
+      <c r="N11" s="58"/>
+      <c r="O11" s="58"/>
+      <c r="P11" s="58"/>
+      <c r="Q11" s="58"/>
+      <c r="R11" s="58"/>
+      <c r="S11" s="58"/>
+      <c r="T11" s="58"/>
+      <c r="U11" s="58"/>
+      <c r="V11" s="58"/>
+      <c r="W11" s="58"/>
+      <c r="X11" s="58"/>
+      <c r="Y11" s="58"/>
+      <c r="Z11" s="58"/>
+    </row>
+    <row r="12" spans="2:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C12" s="125" t="s">
         <v>168</v>
       </c>
-      <c r="D12" s="144"/>
-[...43 lines deleted...]
-      <c r="C14" s="146" t="s">
+      <c r="D12" s="125"/>
+      <c r="E12" s="125"/>
+      <c r="F12" s="125"/>
+      <c r="G12" s="125"/>
+      <c r="H12" s="125"/>
+      <c r="I12" s="125"/>
+      <c r="J12" s="126"/>
+      <c r="K12" s="126"/>
+      <c r="L12" s="126"/>
+      <c r="M12" s="126"/>
+      <c r="N12" s="126"/>
+      <c r="O12" s="126"/>
+      <c r="P12" s="126"/>
+      <c r="Q12" s="126"/>
+      <c r="R12" s="126"/>
+      <c r="S12" s="126"/>
+      <c r="T12" s="126"/>
+      <c r="U12" s="126"/>
+      <c r="V12" s="126"/>
+      <c r="W12" s="126"/>
+      <c r="X12" s="126"/>
+      <c r="Y12" s="126"/>
+      <c r="Z12" s="126"/>
+    </row>
+    <row r="13" spans="2:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J13" s="60"/>
+      <c r="K13" s="61"/>
+      <c r="L13" s="61"/>
+      <c r="M13" s="61"/>
+      <c r="N13" s="61"/>
+      <c r="O13" s="61"/>
+      <c r="P13" s="61"/>
+      <c r="Q13" s="61"/>
+      <c r="R13" s="61"/>
+      <c r="S13" s="61"/>
+      <c r="T13" s="61"/>
+      <c r="U13" s="61"/>
+      <c r="V13" s="61"/>
+      <c r="W13" s="61"/>
+      <c r="X13" s="61"/>
+      <c r="Y13" s="61"/>
+      <c r="Z13" s="61"/>
+    </row>
+    <row r="14" spans="2:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C14" s="127" t="s">
         <v>164</v>
       </c>
-      <c r="D14" s="146"/>
-[...24 lines deleted...]
-      <c r="C15" s="146" t="s">
+      <c r="D14" s="127"/>
+      <c r="E14" s="127"/>
+      <c r="F14" s="127"/>
+      <c r="G14" s="127"/>
+      <c r="H14" s="127"/>
+      <c r="I14" s="127"/>
+      <c r="J14" s="128"/>
+      <c r="K14" s="128"/>
+      <c r="L14" s="128"/>
+      <c r="M14" s="128"/>
+      <c r="N14" s="128"/>
+      <c r="O14" s="128"/>
+      <c r="P14" s="128"/>
+      <c r="Q14" s="128"/>
+      <c r="R14" s="128"/>
+      <c r="S14" s="128"/>
+      <c r="T14" s="128"/>
+      <c r="U14" s="128"/>
+      <c r="V14" s="128"/>
+      <c r="W14" s="128"/>
+      <c r="X14" s="128"/>
+      <c r="Y14" s="128"/>
+      <c r="Z14" s="128"/>
+    </row>
+    <row r="15" spans="2:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C15" s="127" t="s">
         <v>165</v>
       </c>
-      <c r="D15" s="146"/>
-[...43 lines deleted...]
-      <c r="C17" s="146" t="s">
+      <c r="D15" s="127"/>
+      <c r="E15" s="127"/>
+      <c r="F15" s="127"/>
+      <c r="G15" s="127"/>
+      <c r="H15" s="127"/>
+      <c r="I15" s="127"/>
+      <c r="J15" s="128"/>
+      <c r="K15" s="128"/>
+      <c r="L15" s="128"/>
+      <c r="M15" s="128"/>
+      <c r="N15" s="128"/>
+      <c r="O15" s="128"/>
+      <c r="P15" s="128"/>
+      <c r="Q15" s="128"/>
+      <c r="R15" s="128"/>
+      <c r="S15" s="128"/>
+      <c r="T15" s="128"/>
+      <c r="U15" s="128"/>
+      <c r="V15" s="128"/>
+      <c r="W15" s="128"/>
+      <c r="X15" s="128"/>
+      <c r="Y15" s="128"/>
+      <c r="Z15" s="128"/>
+    </row>
+    <row r="16" spans="2:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J16" s="58"/>
+      <c r="K16" s="58"/>
+      <c r="L16" s="58"/>
+      <c r="M16" s="58"/>
+      <c r="N16" s="58"/>
+      <c r="O16" s="58"/>
+      <c r="P16" s="58"/>
+      <c r="Q16" s="58"/>
+      <c r="R16" s="58"/>
+      <c r="S16" s="58"/>
+      <c r="T16" s="58"/>
+      <c r="U16" s="58"/>
+      <c r="V16" s="58"/>
+      <c r="W16" s="58"/>
+      <c r="X16" s="58"/>
+      <c r="Y16" s="58"/>
+      <c r="Z16" s="58"/>
+    </row>
+    <row r="17" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C17" s="127" t="s">
         <v>166</v>
       </c>
-      <c r="D17" s="146"/>
-[...5 lines deleted...]
-      <c r="J17" s="101" t="s">
+      <c r="D17" s="127"/>
+      <c r="E17" s="127"/>
+      <c r="F17" s="127"/>
+      <c r="G17" s="127"/>
+      <c r="H17" s="127"/>
+      <c r="I17" s="127"/>
+      <c r="J17" s="89" t="s">
         <v>152</v>
       </c>
-      <c r="K17" s="101"/>
-[...17 lines deleted...]
-      <c r="C18" s="146" t="s">
+      <c r="K17" s="89"/>
+      <c r="L17" s="90"/>
+      <c r="M17" s="90"/>
+      <c r="N17" s="90"/>
+      <c r="O17" s="90"/>
+      <c r="P17" s="90"/>
+      <c r="Q17" s="90"/>
+      <c r="R17" s="90"/>
+      <c r="S17" s="90"/>
+      <c r="T17" s="90"/>
+      <c r="U17" s="59"/>
+      <c r="V17" s="59"/>
+      <c r="W17" s="59"/>
+      <c r="X17" s="59"/>
+      <c r="Y17" s="59"/>
+      <c r="Z17" s="59"/>
+    </row>
+    <row r="18" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C18" s="127" t="s">
         <v>167</v>
       </c>
-      <c r="D18" s="146"/>
-[...43 lines deleted...]
-      <c r="C20" s="144" t="s">
+      <c r="D18" s="127"/>
+      <c r="E18" s="127"/>
+      <c r="F18" s="127"/>
+      <c r="G18" s="127"/>
+      <c r="H18" s="127"/>
+      <c r="I18" s="127"/>
+      <c r="J18" s="128"/>
+      <c r="K18" s="128"/>
+      <c r="L18" s="128"/>
+      <c r="M18" s="128"/>
+      <c r="N18" s="128"/>
+      <c r="O18" s="128"/>
+      <c r="P18" s="128"/>
+      <c r="Q18" s="128"/>
+      <c r="R18" s="128"/>
+      <c r="S18" s="128"/>
+      <c r="T18" s="128"/>
+      <c r="U18" s="128"/>
+      <c r="V18" s="128"/>
+      <c r="W18" s="128"/>
+      <c r="X18" s="128"/>
+      <c r="Y18" s="128"/>
+      <c r="Z18" s="128"/>
+    </row>
+    <row r="19" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J19" s="58"/>
+      <c r="K19" s="58"/>
+      <c r="L19" s="58"/>
+      <c r="M19" s="58"/>
+      <c r="N19" s="58"/>
+      <c r="O19" s="58"/>
+      <c r="P19" s="58"/>
+      <c r="Q19" s="58"/>
+      <c r="R19" s="58"/>
+      <c r="S19" s="58"/>
+      <c r="T19" s="58"/>
+      <c r="U19" s="58"/>
+      <c r="V19" s="58"/>
+      <c r="W19" s="58"/>
+      <c r="X19" s="58"/>
+      <c r="Y19" s="58"/>
+      <c r="Z19" s="58"/>
+    </row>
+    <row r="20" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C20" s="125" t="s">
         <v>168</v>
       </c>
-      <c r="D20" s="144"/>
-[...43 lines deleted...]
-      <c r="C22" s="146" t="s">
+      <c r="D20" s="125"/>
+      <c r="E20" s="125"/>
+      <c r="F20" s="125"/>
+      <c r="G20" s="125"/>
+      <c r="H20" s="125"/>
+      <c r="I20" s="125"/>
+      <c r="J20" s="126"/>
+      <c r="K20" s="126"/>
+      <c r="L20" s="126"/>
+      <c r="M20" s="126"/>
+      <c r="N20" s="126"/>
+      <c r="O20" s="126"/>
+      <c r="P20" s="126"/>
+      <c r="Q20" s="126"/>
+      <c r="R20" s="126"/>
+      <c r="S20" s="126"/>
+      <c r="T20" s="126"/>
+      <c r="U20" s="126"/>
+      <c r="V20" s="126"/>
+      <c r="W20" s="126"/>
+      <c r="X20" s="126"/>
+      <c r="Y20" s="126"/>
+      <c r="Z20" s="126"/>
+    </row>
+    <row r="21" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J21" s="60"/>
+      <c r="K21" s="61"/>
+      <c r="L21" s="61"/>
+      <c r="M21" s="61"/>
+      <c r="N21" s="61"/>
+      <c r="O21" s="61"/>
+      <c r="P21" s="61"/>
+      <c r="Q21" s="61"/>
+      <c r="R21" s="61"/>
+      <c r="S21" s="61"/>
+      <c r="T21" s="61"/>
+      <c r="U21" s="61"/>
+      <c r="V21" s="61"/>
+      <c r="W21" s="61"/>
+      <c r="X21" s="61"/>
+      <c r="Y21" s="61"/>
+      <c r="Z21" s="61"/>
+    </row>
+    <row r="22" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C22" s="127" t="s">
         <v>169</v>
       </c>
-      <c r="D22" s="146"/>
-[...24 lines deleted...]
-      <c r="C23" s="146" t="s">
+      <c r="D22" s="127"/>
+      <c r="E22" s="127"/>
+      <c r="F22" s="127"/>
+      <c r="G22" s="127"/>
+      <c r="H22" s="127"/>
+      <c r="I22" s="127"/>
+      <c r="J22" s="57"/>
+      <c r="K22" s="57"/>
+      <c r="L22" s="57"/>
+      <c r="M22" s="57"/>
+      <c r="N22" s="57"/>
+      <c r="O22" s="57"/>
+      <c r="P22" s="57"/>
+      <c r="Q22" s="57"/>
+      <c r="R22" s="57"/>
+      <c r="S22" s="57"/>
+      <c r="T22" s="57"/>
+      <c r="U22" s="57"/>
+      <c r="V22" s="57"/>
+      <c r="W22" s="57"/>
+      <c r="X22" s="57"/>
+      <c r="Y22" s="57"/>
+      <c r="Z22" s="57"/>
+    </row>
+    <row r="23" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C23" s="127" t="s">
         <v>164</v>
       </c>
-      <c r="D23" s="146"/>
-[...24 lines deleted...]
-      <c r="C24" s="146" t="s">
+      <c r="D23" s="127"/>
+      <c r="E23" s="127"/>
+      <c r="F23" s="127"/>
+      <c r="G23" s="127"/>
+      <c r="H23" s="127"/>
+      <c r="I23" s="127"/>
+      <c r="J23" s="128"/>
+      <c r="K23" s="128"/>
+      <c r="L23" s="128"/>
+      <c r="M23" s="128"/>
+      <c r="N23" s="128"/>
+      <c r="O23" s="128"/>
+      <c r="P23" s="128"/>
+      <c r="Q23" s="128"/>
+      <c r="R23" s="128"/>
+      <c r="S23" s="128"/>
+      <c r="T23" s="128"/>
+      <c r="U23" s="128"/>
+      <c r="V23" s="128"/>
+      <c r="W23" s="128"/>
+      <c r="X23" s="128"/>
+      <c r="Y23" s="128"/>
+      <c r="Z23" s="128"/>
+    </row>
+    <row r="24" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C24" s="127" t="s">
         <v>165</v>
       </c>
-      <c r="D24" s="146"/>
-[...43 lines deleted...]
-      <c r="C26" s="146" t="s">
+      <c r="D24" s="127"/>
+      <c r="E24" s="127"/>
+      <c r="F24" s="127"/>
+      <c r="G24" s="127"/>
+      <c r="H24" s="127"/>
+      <c r="I24" s="127"/>
+      <c r="J24" s="128"/>
+      <c r="K24" s="128"/>
+      <c r="L24" s="128"/>
+      <c r="M24" s="128"/>
+      <c r="N24" s="128"/>
+      <c r="O24" s="128"/>
+      <c r="P24" s="128"/>
+      <c r="Q24" s="128"/>
+      <c r="R24" s="128"/>
+      <c r="S24" s="128"/>
+      <c r="T24" s="128"/>
+      <c r="U24" s="128"/>
+      <c r="V24" s="128"/>
+      <c r="W24" s="128"/>
+      <c r="X24" s="128"/>
+      <c r="Y24" s="128"/>
+      <c r="Z24" s="128"/>
+    </row>
+    <row r="25" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J25" s="58"/>
+      <c r="K25" s="58"/>
+      <c r="L25" s="58"/>
+      <c r="M25" s="58"/>
+      <c r="N25" s="58"/>
+      <c r="O25" s="58"/>
+      <c r="P25" s="58"/>
+      <c r="Q25" s="58"/>
+      <c r="R25" s="58"/>
+      <c r="S25" s="58"/>
+      <c r="T25" s="58"/>
+      <c r="U25" s="58"/>
+      <c r="V25" s="58"/>
+      <c r="W25" s="58"/>
+      <c r="X25" s="58"/>
+      <c r="Y25" s="58"/>
+      <c r="Z25" s="58"/>
+    </row>
+    <row r="26" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C26" s="127" t="s">
         <v>166</v>
       </c>
-      <c r="D26" s="146"/>
-[...5 lines deleted...]
-      <c r="J26" s="101" t="s">
+      <c r="D26" s="127"/>
+      <c r="E26" s="127"/>
+      <c r="F26" s="127"/>
+      <c r="G26" s="127"/>
+      <c r="H26" s="127"/>
+      <c r="I26" s="127"/>
+      <c r="J26" s="89" t="s">
         <v>152</v>
       </c>
-      <c r="K26" s="101"/>
-[...17 lines deleted...]
-      <c r="C27" s="146" t="s">
+      <c r="K26" s="89"/>
+      <c r="L26" s="90"/>
+      <c r="M26" s="90"/>
+      <c r="N26" s="90"/>
+      <c r="O26" s="90"/>
+      <c r="P26" s="90"/>
+      <c r="Q26" s="90"/>
+      <c r="R26" s="90"/>
+      <c r="S26" s="90"/>
+      <c r="T26" s="90"/>
+      <c r="U26" s="59"/>
+      <c r="V26" s="59"/>
+      <c r="W26" s="59"/>
+      <c r="X26" s="59"/>
+      <c r="Y26" s="59"/>
+      <c r="Z26" s="59"/>
+    </row>
+    <row r="27" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C27" s="127" t="s">
         <v>167</v>
       </c>
-      <c r="D27" s="146"/>
-[...43 lines deleted...]
-      <c r="C29" s="144" t="s">
+      <c r="D27" s="127"/>
+      <c r="E27" s="127"/>
+      <c r="F27" s="127"/>
+      <c r="G27" s="127"/>
+      <c r="H27" s="127"/>
+      <c r="I27" s="127"/>
+      <c r="J27" s="128"/>
+      <c r="K27" s="128"/>
+      <c r="L27" s="128"/>
+      <c r="M27" s="128"/>
+      <c r="N27" s="128"/>
+      <c r="O27" s="128"/>
+      <c r="P27" s="128"/>
+      <c r="Q27" s="128"/>
+      <c r="R27" s="128"/>
+      <c r="S27" s="128"/>
+      <c r="T27" s="128"/>
+      <c r="U27" s="128"/>
+      <c r="V27" s="128"/>
+      <c r="W27" s="128"/>
+      <c r="X27" s="128"/>
+      <c r="Y27" s="128"/>
+      <c r="Z27" s="128"/>
+    </row>
+    <row r="28" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J28" s="58"/>
+      <c r="K28" s="58"/>
+      <c r="L28" s="58"/>
+      <c r="M28" s="58"/>
+      <c r="N28" s="58"/>
+      <c r="O28" s="58"/>
+      <c r="P28" s="58"/>
+      <c r="Q28" s="58"/>
+      <c r="R28" s="58"/>
+      <c r="S28" s="58"/>
+      <c r="T28" s="58"/>
+      <c r="U28" s="58"/>
+      <c r="V28" s="58"/>
+      <c r="W28" s="58"/>
+      <c r="X28" s="58"/>
+      <c r="Y28" s="58"/>
+      <c r="Z28" s="58"/>
+    </row>
+    <row r="29" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C29" s="125" t="s">
         <v>168</v>
       </c>
-      <c r="D29" s="144"/>
-[...43 lines deleted...]
-      <c r="C31" s="146" t="s">
+      <c r="D29" s="125"/>
+      <c r="E29" s="125"/>
+      <c r="F29" s="125"/>
+      <c r="G29" s="125"/>
+      <c r="H29" s="125"/>
+      <c r="I29" s="125"/>
+      <c r="J29" s="126"/>
+      <c r="K29" s="126"/>
+      <c r="L29" s="126"/>
+      <c r="M29" s="126"/>
+      <c r="N29" s="126"/>
+      <c r="O29" s="126"/>
+      <c r="P29" s="126"/>
+      <c r="Q29" s="126"/>
+      <c r="R29" s="126"/>
+      <c r="S29" s="126"/>
+      <c r="T29" s="126"/>
+      <c r="U29" s="126"/>
+      <c r="V29" s="126"/>
+      <c r="W29" s="126"/>
+      <c r="X29" s="126"/>
+      <c r="Y29" s="126"/>
+      <c r="Z29" s="126"/>
+    </row>
+    <row r="30" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J30" s="60"/>
+      <c r="K30" s="61"/>
+      <c r="L30" s="61"/>
+      <c r="M30" s="61"/>
+      <c r="N30" s="61"/>
+      <c r="O30" s="61"/>
+      <c r="P30" s="61"/>
+      <c r="Q30" s="61"/>
+      <c r="R30" s="61"/>
+      <c r="S30" s="61"/>
+      <c r="T30" s="61"/>
+      <c r="U30" s="61"/>
+      <c r="V30" s="61"/>
+      <c r="W30" s="61"/>
+      <c r="X30" s="61"/>
+      <c r="Y30" s="61"/>
+      <c r="Z30" s="61"/>
+    </row>
+    <row r="31" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C31" s="127" t="s">
         <v>164</v>
       </c>
-      <c r="D31" s="146"/>
-[...24 lines deleted...]
-      <c r="C32" s="146" t="s">
+      <c r="D31" s="127"/>
+      <c r="E31" s="127"/>
+      <c r="F31" s="127"/>
+      <c r="G31" s="127"/>
+      <c r="H31" s="127"/>
+      <c r="I31" s="127"/>
+      <c r="J31" s="128"/>
+      <c r="K31" s="128"/>
+      <c r="L31" s="128"/>
+      <c r="M31" s="128"/>
+      <c r="N31" s="128"/>
+      <c r="O31" s="128"/>
+      <c r="P31" s="128"/>
+      <c r="Q31" s="128"/>
+      <c r="R31" s="128"/>
+      <c r="S31" s="128"/>
+      <c r="T31" s="128"/>
+      <c r="U31" s="128"/>
+      <c r="V31" s="128"/>
+      <c r="W31" s="128"/>
+      <c r="X31" s="128"/>
+      <c r="Y31" s="128"/>
+      <c r="Z31" s="128"/>
+    </row>
+    <row r="32" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C32" s="127" t="s">
         <v>165</v>
       </c>
-      <c r="D32" s="146"/>
-[...43 lines deleted...]
-      <c r="C34" s="146" t="s">
+      <c r="D32" s="127"/>
+      <c r="E32" s="127"/>
+      <c r="F32" s="127"/>
+      <c r="G32" s="127"/>
+      <c r="H32" s="127"/>
+      <c r="I32" s="127"/>
+      <c r="J32" s="128"/>
+      <c r="K32" s="128"/>
+      <c r="L32" s="128"/>
+      <c r="M32" s="128"/>
+      <c r="N32" s="128"/>
+      <c r="O32" s="128"/>
+      <c r="P32" s="128"/>
+      <c r="Q32" s="128"/>
+      <c r="R32" s="128"/>
+      <c r="S32" s="128"/>
+      <c r="T32" s="128"/>
+      <c r="U32" s="128"/>
+      <c r="V32" s="128"/>
+      <c r="W32" s="128"/>
+      <c r="X32" s="128"/>
+      <c r="Y32" s="128"/>
+      <c r="Z32" s="128"/>
+    </row>
+    <row r="33" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J33" s="58"/>
+      <c r="K33" s="58"/>
+      <c r="L33" s="58"/>
+      <c r="M33" s="58"/>
+      <c r="N33" s="58"/>
+      <c r="O33" s="58"/>
+      <c r="P33" s="58"/>
+      <c r="Q33" s="58"/>
+      <c r="R33" s="58"/>
+      <c r="S33" s="58"/>
+      <c r="T33" s="58"/>
+      <c r="U33" s="58"/>
+      <c r="V33" s="58"/>
+      <c r="W33" s="58"/>
+      <c r="X33" s="58"/>
+      <c r="Y33" s="58"/>
+      <c r="Z33" s="58"/>
+    </row>
+    <row r="34" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C34" s="127" t="s">
         <v>166</v>
       </c>
-      <c r="D34" s="146"/>
-[...5 lines deleted...]
-      <c r="J34" s="101" t="s">
+      <c r="D34" s="127"/>
+      <c r="E34" s="127"/>
+      <c r="F34" s="127"/>
+      <c r="G34" s="127"/>
+      <c r="H34" s="127"/>
+      <c r="I34" s="127"/>
+      <c r="J34" s="89" t="s">
         <v>152</v>
       </c>
-      <c r="K34" s="101"/>
-[...17 lines deleted...]
-      <c r="C35" s="146" t="s">
+      <c r="K34" s="89"/>
+      <c r="L34" s="90"/>
+      <c r="M34" s="90"/>
+      <c r="N34" s="90"/>
+      <c r="O34" s="90"/>
+      <c r="P34" s="90"/>
+      <c r="Q34" s="90"/>
+      <c r="R34" s="90"/>
+      <c r="S34" s="90"/>
+      <c r="T34" s="90"/>
+      <c r="U34" s="59"/>
+      <c r="V34" s="59"/>
+      <c r="W34" s="59"/>
+      <c r="X34" s="59"/>
+      <c r="Y34" s="59"/>
+      <c r="Z34" s="59"/>
+    </row>
+    <row r="35" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C35" s="127" t="s">
         <v>167</v>
       </c>
-      <c r="D35" s="146"/>
-[...43 lines deleted...]
-      <c r="C37" s="144" t="s">
+      <c r="D35" s="127"/>
+      <c r="E35" s="127"/>
+      <c r="F35" s="127"/>
+      <c r="G35" s="127"/>
+      <c r="H35" s="127"/>
+      <c r="I35" s="127"/>
+      <c r="J35" s="128"/>
+      <c r="K35" s="128"/>
+      <c r="L35" s="128"/>
+      <c r="M35" s="128"/>
+      <c r="N35" s="128"/>
+      <c r="O35" s="128"/>
+      <c r="P35" s="128"/>
+      <c r="Q35" s="128"/>
+      <c r="R35" s="128"/>
+      <c r="S35" s="128"/>
+      <c r="T35" s="128"/>
+      <c r="U35" s="128"/>
+      <c r="V35" s="128"/>
+      <c r="W35" s="128"/>
+      <c r="X35" s="128"/>
+      <c r="Y35" s="128"/>
+      <c r="Z35" s="128"/>
+    </row>
+    <row r="36" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="J36" s="58"/>
+      <c r="K36" s="58"/>
+      <c r="L36" s="58"/>
+      <c r="M36" s="58"/>
+      <c r="N36" s="58"/>
+      <c r="O36" s="58"/>
+      <c r="P36" s="58"/>
+      <c r="Q36" s="58"/>
+      <c r="R36" s="58"/>
+      <c r="S36" s="58"/>
+      <c r="T36" s="58"/>
+      <c r="U36" s="58"/>
+      <c r="V36" s="58"/>
+      <c r="W36" s="58"/>
+      <c r="X36" s="58"/>
+      <c r="Y36" s="58"/>
+      <c r="Z36" s="58"/>
+    </row>
+    <row r="37" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C37" s="125" t="s">
         <v>168</v>
       </c>
-      <c r="D37" s="144"/>
-[...50 lines deleted...]
-      <c r="C39" s="146" t="s">
+      <c r="D37" s="125"/>
+      <c r="E37" s="125"/>
+      <c r="F37" s="125"/>
+      <c r="G37" s="125"/>
+      <c r="H37" s="125"/>
+      <c r="I37" s="125"/>
+      <c r="J37" s="126"/>
+      <c r="K37" s="126"/>
+      <c r="L37" s="126"/>
+      <c r="M37" s="126"/>
+      <c r="N37" s="126"/>
+      <c r="O37" s="126"/>
+      <c r="P37" s="126"/>
+      <c r="Q37" s="126"/>
+      <c r="R37" s="126"/>
+      <c r="S37" s="126"/>
+      <c r="T37" s="126"/>
+      <c r="U37" s="126"/>
+      <c r="V37" s="126"/>
+      <c r="W37" s="126"/>
+      <c r="X37" s="126"/>
+      <c r="Y37" s="126"/>
+      <c r="Z37" s="126"/>
+    </row>
+    <row r="38" spans="3:26" s="50" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C38" s="49"/>
+      <c r="D38" s="49"/>
+      <c r="E38" s="49"/>
+      <c r="F38" s="49"/>
+      <c r="G38" s="49"/>
+      <c r="H38" s="49"/>
+      <c r="I38" s="49"/>
+      <c r="J38" s="60"/>
+      <c r="K38" s="60"/>
+      <c r="L38" s="60"/>
+      <c r="M38" s="60"/>
+      <c r="N38" s="60"/>
+      <c r="O38" s="60"/>
+      <c r="P38" s="60"/>
+      <c r="Q38" s="60"/>
+      <c r="R38" s="60"/>
+      <c r="S38" s="60"/>
+      <c r="T38" s="60"/>
+      <c r="U38" s="60"/>
+      <c r="V38" s="60"/>
+      <c r="W38" s="60"/>
+      <c r="X38" s="60"/>
+      <c r="Y38" s="60"/>
+      <c r="Z38" s="60"/>
+    </row>
+    <row r="39" spans="3:26" s="49" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C39" s="127" t="s">
         <v>170</v>
       </c>
-      <c r="D39" s="146"/>
-[...68 lines deleted...]
-    <row r="42" spans="3:26" s="57" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15"/>
+      <c r="D39" s="127"/>
+      <c r="E39" s="127"/>
+      <c r="F39" s="127"/>
+      <c r="G39" s="127"/>
+      <c r="H39" s="127"/>
+      <c r="I39" s="127"/>
+      <c r="J39" s="127"/>
+      <c r="K39" s="127"/>
+      <c r="L39" s="127"/>
+      <c r="M39" s="127"/>
+      <c r="N39" s="127"/>
+      <c r="O39" s="127"/>
+      <c r="P39" s="127"/>
+      <c r="Q39" s="127"/>
+      <c r="R39" s="127"/>
+      <c r="S39" s="127"/>
+      <c r="T39" s="127"/>
+      <c r="U39" s="127"/>
+      <c r="V39" s="127"/>
+      <c r="W39" s="127"/>
+      <c r="X39" s="127"/>
+      <c r="Y39" s="127"/>
+      <c r="Z39" s="127"/>
+    </row>
+    <row r="40" spans="3:26" s="49" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C40" s="50"/>
+      <c r="E40" s="62"/>
+      <c r="F40" s="62"/>
+      <c r="G40" s="62"/>
+      <c r="J40" s="50"/>
+      <c r="L40" s="55"/>
+      <c r="M40" s="55"/>
+      <c r="N40" s="55"/>
+      <c r="O40" s="55"/>
+      <c r="P40" s="55"/>
+      <c r="Q40" s="50"/>
+      <c r="S40" s="50"/>
+      <c r="T40" s="50"/>
+      <c r="U40" s="50"/>
+      <c r="V40" s="50"/>
+      <c r="W40" s="50"/>
+      <c r="X40" s="50"/>
+    </row>
+    <row r="41" spans="3:26" s="49" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C41" s="50"/>
+      <c r="D41" s="50"/>
+      <c r="E41" s="57"/>
+      <c r="F41" s="57"/>
+      <c r="G41" s="57"/>
+      <c r="H41" s="57"/>
+      <c r="I41" s="63"/>
+      <c r="J41" s="58"/>
+      <c r="K41" s="57"/>
+      <c r="L41" s="57"/>
+      <c r="M41" s="57"/>
+      <c r="N41" s="57"/>
+      <c r="O41" s="57"/>
+      <c r="P41" s="57"/>
+      <c r="Q41" s="57"/>
+      <c r="R41" s="57"/>
+      <c r="S41" s="57"/>
+      <c r="T41" s="57"/>
+      <c r="U41" s="57"/>
+      <c r="V41" s="57"/>
+      <c r="W41" s="57"/>
+      <c r="X41" s="57"/>
+      <c r="Y41" s="57"/>
+      <c r="Z41" s="50"/>
+    </row>
+    <row r="42" spans="3:26" s="49" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="50">
+    <mergeCell ref="C10:I10"/>
+    <mergeCell ref="J10:Z10"/>
+    <mergeCell ref="C2:Z2"/>
+    <mergeCell ref="C3:I3"/>
+    <mergeCell ref="N3:O3"/>
+    <mergeCell ref="C5:I5"/>
+    <mergeCell ref="C6:I6"/>
+    <mergeCell ref="J6:Z6"/>
+    <mergeCell ref="C7:I7"/>
+    <mergeCell ref="J7:Z7"/>
+    <mergeCell ref="C9:I9"/>
+    <mergeCell ref="J9:K9"/>
+    <mergeCell ref="L9:T9"/>
+    <mergeCell ref="C12:I12"/>
+    <mergeCell ref="J12:Z12"/>
+    <mergeCell ref="C14:I14"/>
+    <mergeCell ref="J14:Z14"/>
+    <mergeCell ref="C15:I15"/>
+    <mergeCell ref="J15:Z15"/>
+    <mergeCell ref="C26:I26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="L26:T26"/>
+    <mergeCell ref="C17:I17"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="L17:T17"/>
+    <mergeCell ref="C18:I18"/>
+    <mergeCell ref="J18:Z18"/>
+    <mergeCell ref="C20:I20"/>
+    <mergeCell ref="J20:Z20"/>
+    <mergeCell ref="C22:I22"/>
+    <mergeCell ref="C23:I23"/>
+    <mergeCell ref="J23:Z23"/>
+    <mergeCell ref="C24:I24"/>
+    <mergeCell ref="J24:Z24"/>
+    <mergeCell ref="C27:I27"/>
+    <mergeCell ref="J27:Z27"/>
+    <mergeCell ref="C29:I29"/>
+    <mergeCell ref="J29:Z29"/>
+    <mergeCell ref="C31:I31"/>
+    <mergeCell ref="J31:Z31"/>
     <mergeCell ref="C37:I37"/>
     <mergeCell ref="J37:Z37"/>
     <mergeCell ref="C39:Z39"/>
     <mergeCell ref="C32:I32"/>
     <mergeCell ref="J32:Z32"/>
     <mergeCell ref="C34:I34"/>
     <mergeCell ref="J34:K34"/>
     <mergeCell ref="L34:T34"/>
     <mergeCell ref="C35:I35"/>
     <mergeCell ref="J35:Z35"/>
-    <mergeCell ref="C27:I27"/>
-[...38 lines deleted...]
-    <mergeCell ref="J6:Z6"/>
   </mergeCells>
   <phoneticPr fontId="37"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.23622047244094491" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"游ゴシック,標準"&amp;9 &amp;K00-0182025年6月20日版　株式会社GAI建築確認</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{594B6F46-550A-4950-A2C9-BA66588BBECC}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultRowHeight="13" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <phoneticPr fontId="35"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>